--- v0 (2026-02-03)
+++ v1 (2026-03-22)
@@ -54,2380 +54,2380 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Roque</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/993/indicacao_001-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/993/indicacao_001-2001.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de adquirir novos uniformes e equipamentos de proteção individual, tais como luvas, capacetes, botas, máscaras e outros, para os servidores operários e demais ocupantes de cargos desta Municipalidade que desempenham atividades insalubres, perigosas ou penosas, a fim de diminuir consideravelmente os eventuais riscos oferecidos por suas habituais funções.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/994/indicacao_002-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/994/indicacao_002-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de se reativar a fábrica de bloquetes, blocos e manilhas da Prefeitura, localizada no Campo Moxafongo, visando sobretudo o calçamento das vias e logradouros públicos do Município, principalmente nas localidades e ruas a saber: Vila Nova, Cocal, Funial, Caixa D'água (acesso a propriedade do Dr. Janúncio), Rua Projetada junto a quadra de esportes da Sede, Rua Cabo Milton e outras.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Clementino Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/995/indicacao_003-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/995/indicacao_003-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal, em especial o Vereador CLEMENTINO BARTH- PSDB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de adquirir uma ambulância para ceder em uso ao Hospital "Nossa Senhora da Penha" (Fundação Médico Assistencial do Trabalhador Rural de Santa Leopoldina).</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Alfredo Bankert</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/996/indicacao_004-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/996/indicacao_004-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador ALFREDO BANKERT - PFL, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de realizar a instalação de manilhas no córrego localizado em frente á Igreja Católica da Comunidade de Rio das Farinhas, neste Município, bem como providenciar o aterro daquela área, visando a construção de um estacionamento de veículos.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/997/indicacao_005-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/997/indicacao_005-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador MARCOS ADRIANO RAUTA - PPB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de aquisição de 01 (uma) máquina de lavar roupas em favor da "Creche São Francisco de Assis", localizada na sede deste Município.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/998/indicacao_006-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/998/indicacao_006-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador MARCOS ADRIANO RAUTA - PPB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de adquirir brinquedos diversos e brinquedos educacionais para as crianças da "Creche São Francisco de Assis" e do "Jardim de Infância Antonieta Portes Amarantes", ambos localizados na Sede do Município.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/999/indicacao_007-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/999/indicacao_007-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador VALDEMIRO BARTH- PDT, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade da construção de uma ponte de concreto sobre o Rio do Norte na estrada vicinal de acesso as propriedades de Floriano Bromerschenkel, Luiz Foeger, Djalma Bromerschenkel e Nilton Schaeffer na comunidade de Rio do Norte.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1000/indicacao_008-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1000/indicacao_008-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador VALDEMIRO BARTH -PDT, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construção de uma ponte de concreto na estrada vicinal que dá acesso as propriedades rurais de EVALDO BETZEL, GUNTER KRETZMAR, MARTIN BAEBLER, PAULO MORAES E OSVALDO, na comunidade de Rio do Norte.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Fernando Rocha, Roque</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1001/indicacao_009-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1001/indicacao_009-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador FERNANDO CASTRO ROCHA - PDT, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de atendimento médico e de dentista no MINI-POSTO DE SAÚDE de Mangaraí, pelo período de quinze em quinze dias.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Fernando Rocha</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1002/indicacao_010-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1002/indicacao_010-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador FERNANDO CASTRO ROCHA- PDT, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de se elaborar juntamente com os servidores, através da sua classe representativa (SIMUSAL) um Projeto de Lei dispondo sobre um novo plano de cargos, salários, carreiras e vencimentos, principalmente a revisão da tabela que fixa o nível e o padrão para o enquadramento salarial dos servidores.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Jomar Federici Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1003/indicacao_011-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1003/indicacao_011-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador JOMAR FREDERICI SOBRINHO - PSB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construir uma ponte na estrada vicinal localizada na propriedade rural do Sr. Herbet Ponat, que dá acesso á Comunidade de Alto Rio das Farinhas, neste Município.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1004/indicacao_012-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1004/indicacao_012-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador JOMAR FREDERICI SOBRINHO - PSB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construir uma nova Ponte na propriedade rural do Sr. DARLY SCHMIDT, situada na Comunidade de Pedra Preta, que dá acesso a 07(sete) propriedades na referida localidade.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1005/indicacao_013-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1005/indicacao_013-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador FERNANDO CASTRO ROCHA- PDT, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, que seja implantado no Município de Santa Leopoldina o PROGRAMA DE MODERNIZAÇÃO DA ADMINISTRAÇÃO TRIBUTÁRIA, que através do BNDES- Banco Nacional de Desenvolvimento Econômico e Social, financia a melhoria da administração tributária municipal, através da compra de computadores e demais equipamentos de informática, treinamento dos servidores que atuam na administração e fiscalização tributária, com objetivo de aumentar a receita municipal.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>ILÁRIO STEINER</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1006/indicacao_014-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1006/indicacao_014-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador ILÁRIO STEINER - PMDB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de aquisição de 03(três) ventiladores de teto para a Unidade Sanitária localizada na Sede deste Município.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1007/indicacao_015-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1007/indicacao_015-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador ILÁRIO STEINER - PMDB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade quanto ao patrolamento das estradas que ligam as seguintes localidades deste Município: Holanda á Meia Légua; Meia Légua a Rio do Meio; Rio do Meio ao Braço de Mangaraí e braço de Mangaraí á Regência.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1008/indicacao_016-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1008/indicacao_016-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador FERNANDO CASTRO ROCHA - PDT, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a mudança do DPM - Destacamento de Polícia Militar para o imóvel da Prefeitura onde funcionou a Agência do Banestes, situado á Av. Presidente Vargas no centro de Santa Leopoldina.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1009/indicacao_017-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1009/indicacao_017-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador CLEMENTINO BARTH , nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de instalação de um Mini-posto Odontológico para atendimento á localidade de Chaves neste Município, ressaltando-se que a referida Comunidade já dispõe de um compressor e um imóvel com edificação , localizado próximo ao estabelecimento comercial do Sr. Orlando Pittol.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Arnaldo Frederido Nickel</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1010/indicacao_018-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1010/indicacao_018-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador ARNALDO FREDERICO NICKEL- PFL, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de reformar uma ponte na propriedade rural do Sr. Bernado Foeger, localizada na Comunidade de Caramuru.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1011/indicacao_019-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1011/indicacao_019-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador ARNALDO FREDERICO NICKEL - PFL, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de alargamento de uma ponte na propriedade rural do Sr. Laerte, localizada na comunidade de Pedra Preta.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1012/indicacao_020-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1012/indicacao_020-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador ARNALDO FREDERICO NICKEL- PFL, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de instalação de um Mini-posto Médico e Odontológico para atendimento á localidade de Caramuru de Baixo, neste Município.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Carlos França</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1013/indicacao_021-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1013/indicacao_021-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador LUIZ CARLOS BROEDEL FRANÇA - PDT, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de detonação dos blocos de pedra existentes nas estradas que ligam as localidades de Pau Amarelo á Meia Légua e desta a Rio do Meio, bem como para efetuar melhorias nos referidos trechos.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1014/indicacao_022-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1014/indicacao_022-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador JOMAR FEDERICI SOBRINHO- PSB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de atendimento Médico e Odontológico na localidade de Tirol, neste Município.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1015/indicacao_023-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1015/indicacao_023-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador JOMAR FEDERICI SOBRINHO- PSB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de patrolamento das estradas das comunidades de Tirol e Bragança.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1016/indicacao_024-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1016/indicacao_024-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador JOMAR FEDERICI SOBRINHO - PSB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de disponibilizar o caminhão da Prefeitura, que faz transpporte até Luxemburgo, para estender seu percurso, ás sextas-feiras, de forma alternada, até as propriedades do Sr. Arleano Binow e do Sr. Alfredo Knack.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1017/indicacao_025-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1017/indicacao_025-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador JOMAR FEDERICI SOBRINHO - PSB , nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de patrolamento da estrada que dá acesso ás comunidades de Califórnia e Boqueirão, neste Município.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1018/indicacao_026-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1018/indicacao_026-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador JOMAR FEDERICI SOBRINHO- PSB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de disponibilizar o caminhão da Prefeitura, que faz transporte ate a comunidade de Tirol, para estender seu percurso, as quinstas-feiras, de forma escalonada, até as propriedades dos Senhores Oscar Gonoring Endringer, Ricardo Siller, Lourival Groner e Oscar Lichtenheld.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador JOMAR FEDERICI SOBRINHO - PSB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de reformar o bueiro existente na Propriedade do Sr. Arleano Binow.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1020/indicacao_028-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1020/indicacao_028-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador JOMAR FREDERICI SOBRINHO - PSB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construir 02 (dois) mata-burros para em substituição as (duas) "pinguelas" existentes na propriedade do Sr. Henrique Kempim, na comunidade de Califórnia neste Município.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1021/indicacao_029-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1021/indicacao_029-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador KJOMAR FEDERICI SOBRINHO - PSB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de enviar á comunidade de Tirol, neste Município, uma máquina carregadeira e uma basculante, com finalidade de efetuar reparos na estrada que dá acesso á Igreja Católica daquela localidade.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1022/indicacao_030-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1022/indicacao_030-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador ARNALDO FREDERICO NICKEL - PFL, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construir duas pontes na Comunidade de Ro das Farinhas, neste Município.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1023/indicacao_031-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1023/indicacao_031-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador ARNALDO FREDERICO NICKEL - PFL, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construir um bueiro na estrada que passa na propriedade do Sr. Reinaldo Roque, na Comunidade de Rio das Pedras, neste Município.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1024/indicacao_032-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1024/indicacao_032-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador CLEMENTINO BARTH- PSDB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de cosntruit um abrigo na entrada da Comunidade de Santo Antônio e outro na propriedade do Sr. Eugênio Carlos Pittol, na Comunidade de Chaves, neste Município.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1025/indicacao_033-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1025/indicacao_033-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador ANGELA MARIA SCHULTZ LEPPAUS- PDT, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construção de um Mini-posto Médico e Odontológico para atendimento á localidade de Caramuru, neste Município.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1026/indicacao_034-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1026/indicacao_034-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de disponibilizar 01 (um) vigilante para o Parque da Independência.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador MARCOS ADRIANO RAUTA, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de providenciar os seguintes serviços na Unidade de Saúde da sede deste Município.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1028/indicacao_037-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1028/indicacao_037-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de serviço de terraplanagem na Comunidade de Três Pontes, neste Município, neste Município.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1029/indicacao_038-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1029/indicacao_038-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador MARCOS ADRIANO RAUTA, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de reativar o Coral Municipal, vinculado á Secretaria Municipal de Cultura e Turismo.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1030/indicacao_039-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1030/indicacao_039-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador VALDEMIRO BARTH - PDT, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de atendimento com a unidade odontológica móvel - trailler - de DENTISTA , na comunidade de Rio do Norte, próximo a Escola.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1031/indicacao_040-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1031/indicacao_040-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador WALDEMIRO BARTH - PDT, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de atendimento do Médico uma vez por semana na escola da Comunidade de Rio do Norte.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1032/indicacao_041-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1032/indicacao_041-2001.pdf</t>
   </si>
   <si>
     <t>Os vereadores da Câmara Municipal de Santa Leopoldina, em especial o Vereador ANGELA MARIA SCHULTZ LEPPAUS, nos termos regimentais vigentes, indicam ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de terraplanagem, posterior aterro com areia e instalação de telas de proteção no terreno situado ao lado da Escola Djalma Gaede, na Comunidade de Caramuru, neste Município.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1033/indicacao_042-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1033/indicacao_042-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de proceder a limpeza dos rios e córregos que cortam a área urbana do Município.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1034/indicacao_043-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1034/indicacao_043-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador CLEMENTINO BARTH - PSDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de reformar a ponte de concreto existentes na propriedades do Sr. Antonio Correa, próxima ao Campo de futebol, na comunidade de Santa Lucia, consistindo tal serviço, basicamente, na instalação de uma pilastra de sustentação.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1035/indicacao_044-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1035/indicacao_044-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de reformar ou substituição das passadeiras da ponte sobre o rio Mnagaraí, que dá acesso a Comunidade de Bonito em Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Sebastião José Siller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1036/indicacao_045-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1036/indicacao_045-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador SEBASTIÃO JOSÉ SILLER, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construção de 01(um) banheiro público na Igreja Católica "Sagrada Família" , localizada na sede do Município.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1038/indicacao_046-2001_m1RIIha.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1038/indicacao_046-2001_m1RIIha.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construção de arquibancadas no espaço localizado ao lado da quadra poliesportiva, próxima ao Posto Beira Rio, na sede deste Município.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1037/indicacao_047-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1037/indicacao_047-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de disponibilizar aos membros da Comunidade de Ribeirão dos Pardos, neste Município, o fornecimento de água potável por meio de perfuração de poços artesianos, na propriedade do Sr. Eurides Pedro Silva.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1039/indicacao_048-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1039/indicacao_048-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construção de rede coletora de esgotos e águas de chuvas na comunidade de Cocal, na Sede do Município.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1040/indicacao_049-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1040/indicacao_049-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador JOMAR FEDERICI SOBRINHO - PSB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de instalação de manilhas, no diâmetro adequado, entre as propriedades dos Srs. Henrique Kempim e Getúlio Vargas Pappi, na comunidade de Califórnia, neste Município, em substituição á pinguela sobre o córrego existente no local.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1041/indicacao_050-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1041/indicacao_050-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador LUIZ CARLOS BROEDEL FRANÇA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de se realizar a construção de uma ponte de concreto na propriedade da propriedade da Sra. Maria Muller Bremenkamp, na estrada que liga a localidade de Meia Légua á Biriricas, neste Município.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1042/indicacao_051-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1042/indicacao_051-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador LUIZ CARLOS BROEDEL FRANÇA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de conclusão da obra referente a ponte localizada na propriedade da Sra. Maria Muller Bremenkamp, na estrada que liga as Comunidades de Meia Légua a Boqueirão do Thomas, neste Município.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1043/indicacao_052-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1043/indicacao_052-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador SEBASTIÃO JOSÉ SILLER, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de reforma de um bueiro na estrada que passa na propriedade do Sr. Vitorino Anhert, na Comunidade de Ribeirão dos Pardos, neste Município.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1044/indicacao_053-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1044/indicacao_053-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de patrolamento das estradas existentes na Comunidade de Una, neste Município.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1045/indicacao_054-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1045/indicacao_054-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador WALDEMIRO BARTH - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construção do Centro Comunitário e também o calçamento e drenagem do pátio da Igreja Católica da Comunidade de Rio da Prata, neste Município.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1046/indicacao_055-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1046/indicacao_055-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador VALDEMIRO BARTH - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de fazer o calçamento e drenagem do pátio da Igreja Católica da Comunidade de Santo Antonio, neste Município.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1047/indicacao_056-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1047/indicacao_056-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador VALDEMIRO BARTH - PDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de fazer o calçamento e drenagem do pátio da Igreja Católica da Comunidade de Rio do Norte, neste Município.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1048/indicacao_057-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1048/indicacao_057-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ARNALDO FREDERICO NICKEL - PFL, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de fazer o calçamento e serviço de drenagem no Pátio da Igreja Católica da Comunidade de Caramuru de Baixo, neste Município.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1049/indicacao_058-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1049/indicacao_058-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores MARCOS ADRIANO RAUTA - PMDB e JOSÉ ROBERTO DA ROCHA MONTEIRO, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de transferir o abrigo localizado no ponto de ônibus em frente ao Posto de Saúde, para o ponto de ônibus da Empresa Pretti, situado ao lado da Agência dos Correios.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1050/indicacao_059-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1050/indicacao_059-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de se fazer reparos no calçamento da Rua Reginaldo Terra, neste Município, no trecho localizado em frente á Serralheria de propriedade do Sr. Miguel Alfredo Foeger.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1051/indicacao_060-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1051/indicacao_060-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ALFREDO BANKERT - PFL, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de fazer o calçamento do pátio da Igreja Católica da Comunidade de Rio das Farinhas, neste Município.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1052/indicacao_061-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1052/indicacao_061-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ALFREDO BANKERT - PFL, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de fazer o calçamento do pátio da Igreja Luterana da Comunidade de Rio das Farinhas, neste Município.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1053/indicacao_062-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1053/indicacao_062-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ALFREDO BANKERT - PFL, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de reabertura da estrada que tem inicio nas proximidades da propriedade do Sr. Pedro Bankert até a propriedade do Sr. Almeida Foeger, a fim de ampliar a largura daquela via pública.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1054/indicacao_063-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1054/indicacao_063-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador CLEMENTINO BARTH - PSDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de ampliar a largura da ponte localizada na estrada principal da Comunidade de Rio da Prata, neste Município.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1055/indicacao_064-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1055/indicacao_064-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores MARCOS ADRIANO RAUTA - PMDB e JOSÉ ROBERTO DA ROCHA MONTEIRO, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construir, ao lado do portão principal do Ginásio de Esportes da Sede, em substituição ao estabelecimento particular que se encontra instalado no local, um espaço para ser usado como bar e lanchonete em eventos beneficentes, ressaltando-se que o acesso ao aludido ambiente deverá ser viabilizado tão somente no interior do Ginásio em referência.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1056/indicacao_065-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1056/indicacao_065-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de se implantar um calendário anual de competições e eventos esportivos no âmbito do Município.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1057/indicacao_066-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1057/indicacao_066-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador CLEMENTINO BARTH - PSDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construir uma quadra poliesportiva na Comunidade de Chaves, neste Município.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1058/indicacao_067-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1058/indicacao_067-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores MARCOS ADRIANO RAUTA - PMDB e SEBASTIÃO JOSÉ SILLER, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de se efetivar limpeza nas imediações do Campo Moxafongo, situado na Sede do Município.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1059/indicacao_068-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1059/indicacao_068-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construção de um bueiro na estrada principal da localidade de Cavú, neste Município.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1060/indicacao_069-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1060/indicacao_069-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de se estabelecer critérios racionais e democráticos quanto a utilização da quadra poliesportiva "Beira Rio" e do ginásio de esportes, situados neste Município.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1061/indicacao_070-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1061/indicacao_070-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de instalar um orelhão do tipo "vaivém" na Rua Luiz Antonio de Almeida, próximo á Borracharia do Carlinhos, na sede, em Santa Leopoldina.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1062/indicacao_071-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1062/indicacao_071-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de instalar um orelhão do tipo "vaivém" na Rua Cabo Milton, ao lado da Creche São Francisco de Assis, neste Município.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1063/indicacao_072-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1063/indicacao_072-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de determinar a limpeza do córrego da caixa D'água no trecho que passa átras da Escola Alice Holzmeister, delegacia de Polícia e residência de Dona Zelinha Aldrigues Lima, no centro de Santa Leopoldina.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1064/indicacao_073-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1064/indicacao_073-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de reformar a Escola de 1º Grau da Comunidade de Regência, neste Município.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1065/indicacao_074-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1065/indicacao_074-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de instalar um orelhão nas proximidades da Unidade Descentralizada da Escola de 1º e 2º Graus Alice Holzmeister, localizada no Parque da Independência, no centro de Santa Leopoldina-ES.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1066/indicacao_075-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1066/indicacao_075-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA- PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de instalar um orelhão nas proximidades da Ponte do Nazaré, em frente a residência do Sr. Helmut Potratz, zona urbana da Sede de Santa Leopoldina.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1067/indicacao_076-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1067/indicacao_076-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construção de um muro de arrimo na ladeira ao lado da residência da Sra. Sônia Herzog, próxima ao Ginásio de Esportes, na sede deste Município.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1068/indicacao_078-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1068/indicacao_078-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de disponibilizar um sistema de irrigação por aspersão para o campo de Futebol Moxafongo, pertencente ao Patrimônio Público Municipal.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1069/indicacao_079-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1069/indicacao_079-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador VALDEMIRO BARTH - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de reabertura de curvas da estrada de Santo Antônio até a Comunidade de cabeceira do Rio Bonito, passando por Rio do Norte e também a detonação de pedras no mesmo trecho da estrada.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1070/indicacao_080-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1070/indicacao_080-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica á Secretária Estadual de Cultura e Esportes Srª. LUZIA TOLEDO, e á coordenadora de Artes Visuais da SECES, Srª. TEREZA GILBERTO CRUZ, da necessidade de reforma do telhado com substituição das vigas de madeira e recuperação de rachaduras das paredes da parte superior do Museu do Colono em Santa Leopoldina.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1071/indicacao_081-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1071/indicacao_081-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de corrigir os vazamentos e infiltrações no teto do salão da 3ª idade, que se agravam nos dias de chuva.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1072/indicacao_082-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1072/indicacao_082-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construção de banheiros públicos masculino e feminino no "Parque da Independência", localizado na Sede do Município.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Adolfo Shrman</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1073/indicacao_083-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1073/indicacao_083-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ADOLFO GERMANO FREDERICO EDUARDO SCHRAM - PFL, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de substituir por um ônibus o caminhão que transporta pessoas carentes do interior para sede e vice-versa.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1074/indicacao_084-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1074/indicacao_084-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de atendimento com rede telefônica convencional de 20 (vinte) familías, residentes na comunidade de Ribeiro Limpo, em Santa Leopoldina, chegando até as residências dos moradores daquela localidade.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1075/indicacao_085-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1075/indicacao_085-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ANGELA MARIA SCHULTZ LEPPAUS - PMDB e FERNANDO CASTRO ROCHA - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de patrolamento e cascalhamento da estrada que liga a Rodovia Afonso Schwab até á comunidade de Caramuru e seus ramais no Município de Santa Leopoldina, indo desde a propriedade do Sr. ISAC SCHAEFLEN, passando pelas propriedades de LOURIVAL SESSEMBURG, GUILHERME GAEDE, TEODORO BULLERJAHN, DJALMA PLASTER, LOURIVAL KRAUSE e demais proprietários da comunidade de Caramuru.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1076/indicacao_086-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1076/indicacao_086-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores FERNANDO CASTRO ROCHA - PDT e VALDEMIRO BARTH- PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de patrolamento e cascalhamento da estrada de acesso as comunidades de Rio Bonito e Cabeceira de Rio Bonito, inclusive os ramais, passando oelas propriedades de Leandro e Daniel Bromerschenkel, Lovaldo Plaster, Djalma, Joaquim e Nilton Schaeffer, familía Hoffmann, Carlos Hoffmann, até a divisa com o município de Santa Teresa.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1077/indicacao_087-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1077/indicacao_087-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de providenciar a instalação de padrões próprios de energia elétrica em favor das seguintes escolas da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1078/indicacao_088-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1078/indicacao_088-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de perfuração de poços artesianos visando o abastecimento de água das seguintes Escolas Públicas Municipais.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1079/indicacao_089-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1079/indicacao_089-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de uma operação emergencial de tapa-buracos na rodovia estadual entre Cariacica e Santa Leopoldina, neste Município.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1080/indicacao_090-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1080/indicacao_090-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA- PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de o município de Santa Leopoldina se adequar á Lei 9.796, fazendo a compensação financeira ente o IPASL - Instituto de Previdência e Assistência ao Servidor de Santa Leopoldina e o INSS, para fins de capacitação de IPASL.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1081/indicacao_091-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1081/indicacao_091-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de, juntamente com a CESAN, ampliar a rede de abastecimento de água na Rua Vinte e Três de Maio, neste Município.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1082/indicacao_092-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1082/indicacao_092-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade no sentido de providenciar juntamente com a ESCELSA, a instalação permanente de um transformador com capacidade suficiente para fornecer energia elétrica durante os eventos esportivos, culturais e outros que aconteceram com frequência no Campo  de Moxafongo, neste cidade.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1088/indicacao_093-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1088/indicacao_093-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PDT, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, que através das Secretarias Municipais competentes faça o trabalho preventivo de orientação aos moradores da Sede, como também atue diretamente junto a terrenos baldios e logradouros públicos no combate a focos de mosquitos, utilizando inclusive veículos com fumacê caso seja necessário.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1089/indicacao_094-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1089/indicacao_094-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de reforma e ampliação do vestuário do Campo de futebol de Moxafongo, bem como a construção de banheiros públicos naquele local, observando-se os padrões das edificações ali existentes.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1090/indicacao_096-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1090/indicacao_096-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ADOLFO GERMANO FREDERICO EDUARDO SCHRAM - PFL, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de se realizar o calçamento fdo pátio da primeira Igreja Luterana da comunidade de Luxemburgo de Cima, neste Muncípio.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1091/indicacao_097-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1091/indicacao_097-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ADOLFO GERMANO FREDERICO EDUARDO SCHRAM-PFL, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de se realizar o calçamento do pátio da Igreja Católica de Luxemburgo de Cima, neste Município.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1092/indicacao_098-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1092/indicacao_098-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ARNALDO FREDERICO NICKEL - PFL, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de construção de um bueiro na estrada que passa na propriedade do Sr. Domingos Callot, nas proximidades da Igreja Católica da comunidade de Rio das Farinhas, neste Município.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1093/indicacao_099-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1093/indicacao_099-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade do calçamento da Rua Natalino Teixeira, situado neste Município.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1094/indicacao_100-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1094/indicacao_100-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador ADOLFO GERMANO FREDERICO EDUARDO NICKEL - PFL, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de ampliação da largura da ponte sobre o Rio Pedra Preta, situada na Comunidade de Luxemburgo "de cima", entre a Igreja Católica e o campo de futebol, neste Município.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1095/indicacao_101-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1095/indicacao_101-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador LUIZ CARLOS BROEDEL FRANÇA- PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de disponibilizar um Odontologista para prestar serviços no Posto Odontológico de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1096/indicacao_102-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1096/indicacao_102-2001.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PMDB, nos termos do artigo 164, do Regime Interno desta Casa de Leis, indica ao Exmo. Prefeito Municipal, Sr. Idemar Jair Entringer, a necessidade de efetivar o calçamento da ladeira anexa a Rua Luiz Antônio Almeida, com inicio na "Borracharia do Carlinhos", tendo como moradores o Sr. Élcio Shaefer Nunes, a Srª. Maria Nazaré Ramos e outros, situada na Sede deste município.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2192/projeto_de_resolucao_001-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2192/projeto_de_resolucao_001-2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A TRANSFERIR EQUIPAMENTOS DE INFORMÁTICA AO PATRIMÔNIO DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA - ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2193/projeto_de_resolucao_002-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2193/projeto_de_resolucao_002-2001.pdf</t>
   </si>
   <si>
     <t>REDUZ TEMPORARIAMENTE OS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA-ES.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2194/projeto_de_resolucao_003-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2194/projeto_de_resolucao_003-2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A TRANSFERIR UM APARELHO DE TELEFAX AO PATRIMÔNIO DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA - ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2195/projeto_de_resolucao_004-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2195/projeto_de_resolucao_004-2001.pdf</t>
   </si>
   <si>
     <t>FIXA AS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCICIO DO ANO 2002.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2196/projeto_de_resolucao_005-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2196/projeto_de_resolucao_005-2001.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICIPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA-ES.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2197/projeto_de_resolucao_006-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2197/projeto_de_resolucao_006-2001.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A PROPOSTA PARA ELABORAÇÃO DO PLANO PLURIANUAL DE INVESTIMENTOS REFERENTE AO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2198/projeto_de_resolucao_007-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2198/projeto_de_resolucao_007-2001.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 86, DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1887/requerimento_001-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1887/requerimento_001-2001.pdf</t>
   </si>
   <si>
     <t>SEBASTIÃO JOSÉ SILLER, na condição de Presidente desta Casa de Leis, com fulcro na norma regimental pertinente, a teor do art. 2º, inciso VII, da Lei  nº 949, de 22 de Dezembro de 2000, vem REQUERER que, após aprovação do Plenário, sejam indicados os Vereadores abaixo para representarem o Poder Legislativo Municipal junto ao Conselho Municipal de Turismo de Santa Leopoldina - COMTUR.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1888/requerimento_002-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1888/requerimento_002-2001.pdf</t>
   </si>
   <si>
     <t>JOMAR FREDERICI SOBRINHO, Vereador da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, á honrada presença de V.Exª., com base no Artigo 168 do Regimento Interno deste Legislativo Municipal, REQUERER que, após tramitação de estilo, seja encaminhado ofício a Telemar - Telecomunicações do Espírito Santo S/A, na pessoa de seu representante legal, solicitando a instalação de um telefone público "vaivem" no Destacamento de Policia Militar localizado na Comunidade de Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1889/requerimento_003-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1889/requerimento_003-2001.pdf</t>
   </si>
   <si>
     <t>ANGELA MARIA SCHULTZ LEPPAUS, Vereadora da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, á honrada presença de Vossa Excelência , com fundamento no artigo 168, inciso II, do Regimento Interno deste Legislativo Municipal, requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmº Sr. Prefeito Municipal, solicitando a disponibilização de um médico clínico-geral e um dentista para atendimento aos moradores da Comunidade de Caramuru, ao menos uma vez por semana.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1890/requerimento_004-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1890/requerimento_004-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, á honrada presença de Vossa Excelência, com base no art. 16, inciso X, da Lei Orgânica Municipal, REQUERER que, após tramitação regimental, seja convocado o ilustre Secretário Municipal de Agricultura e Meio Ambiente, o Sr. Renato Barbosa de Menezes, para prestar informações e esclarecimentos sobre a política agrícola a ser implementada no Município durante o período de 2001 a 2004.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1891/requerimento_005-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1891/requerimento_005-2001.pdf</t>
   </si>
   <si>
     <t>ARNALDO FREDERICO NICKEL, na condição de Vereador da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, á presença de Vossa Excelência, nos termos regimentais vigentes (art. 168, inciso II), REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Prefeito Municipal, solicitando providências no sentido de restabelecer os serviços de transporte de pacientes com consultas e exames marcados nas cidades da Grande Vitória (ES), disponibilizando, para tanto, o veículo VW Kombi, ou outros pertencentes á frota da Secretaria Municipal de Saúde, que foram utilizados pelas administrações passadas.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1892/requerimento_006-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1892/requerimento_006-2001.pdf</t>
   </si>
   <si>
     <t>FERNANDO CASTRO ROCHA, na condição de Vereador da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, á presença de Vossa Excelência, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, REQUERER que, após tramitação de estilo, seja encaminhado ao Exmo. Sr. Prefeito Municipal de Santa Leopoldina, pedido de informações sobre o gasto com pessoal na Prefeitura Municipal de Santa Leopoldina, considerando a receita corrente líquida dos últimos doze meses a partir de fevereiro de 2001.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1893/requerimento_007-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1893/requerimento_007-2001.pdf</t>
   </si>
   <si>
     <t>JOMAR FREDERICI SOBRINHO, na condição de Vereador da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, á honrada presença de Vossa Excelência, com base no artigo 16, inciso X, da Lei Orgânica Municipal, REQUERER que seja convocado o ilustre Secretário Municipal de Saúde, o Sr. Juarez Mendonça Júnior, para prestar informações acerca dos seguintes assuntos:_x000D_
 - Metas a serem atingidas na saúde pública municipal, no período de 2001 a 2004;_x000D_
 - Soluções em relação a deficiência no atendimento á população;_x000D_
 - Transporte de pacientes;</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1894/requerimento_008-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1894/requerimento_008-2001.pdf</t>
   </si>
   <si>
     <t>JOMAR FREDERICI SOBRINHO, na condição de Vereador da Câmara Municipal de Santa Leopoldina, com base no Art. 168, Inciso III, do Regimento Interno desta Casa de Leis, vem á presença de Vossa Excelência, REQUERER que seja encaminhado ao Excelentíssimo Senhor Prefeito Municipal, pedido de informações conforme especificações a seguir:_x000D_
 - A relação atual dos particulares beneficiados com autorizações para o exercício da atividade de taxista, contendo os números das placas dos veículos, bem como a indicação das respectivas praças de atuação no município;_x000D_
 - Cópias dos atos que autorizam tais profissionais a explorarem o serviço em referência.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1895/requerimento_009-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1895/requerimento_009-2001.pdf</t>
   </si>
   <si>
     <t>JOMAR FREDERICI SOBRINHO, na condição de Vereador da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, á honrada presença de Vossa Excelência, com base no artigo 16, inciso I e II, do Regimento Interno desta Casa de Leis, REQUERER que, após tramitação de estilo, seja solicitado ao Excelentíssimo Senhor Prefeito Municipal, cópias dos seguintes documentos:_x000D_
 - Contratos de fornecimento de combustível firmados com o Posto Beira Rio nos anos de 1999 e 2000;_x000D_
 - Faturas e notas fiscais mensais apresentadas pelo referido fornecedor no período especificado no item anterior;_x000D_
 - Faturas e notas fiscais mensais referentes ao consumo de combustível dos meses de Janeiro e Fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1896/requerimento_010-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1896/requerimento_010-2001.pdf</t>
   </si>
   <si>
     <t>SEBASTIÃO JOSÉ SILLER, na condição de Vereador desta Augusta Casa de Leis, com base no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, requerer que, após tramitação de estilo,  sejam encaminhados oficios ao Secretário de Estado da Agricultura, Dr. Marcelino Fraga e ao Presidente do Instituto de  Defesa Agropecuária e Florestal do Espírito Santo - IDAF, Sr. Francisco Forza, solicitando a permanência no Município do Técnico Agricola ROGÉRIO FARDIN, registrado no CREA/ES sob o nº 2296-TD.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso II, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem, á emérita presença de Vossa Excelência, requerer que, após tramitação de estilo, seja solicitado ao Excelentíssimo Senhor Prefeito Municipal, providência no sentido de realizar inspeções "in locum" junto aos postos de combustíveis em atividade no município, sobretudo em relação a seus lavadores, a fim de averiguar se tais estabelecimentos estão efetivamente cumprindo as normas de postura e sanitárias locais.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1898/requerimento_012-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1898/requerimento_012-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, incisos II e III, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem, á emérita presença de Vossa Excelência, requerer que, após tramitação de estilo, seja solicitado ao Excelentíssimo Senhor Prefeito Municipal, a relação dos imóveis pertencentes ao Município, contendo a exata localiuzação e dimensão das referidas propriedades.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1899/requerimento_013-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1899/requerimento_013-2001.pdf</t>
   </si>
   <si>
     <t>JOMAR FREDERICI SOBRINHO, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, incisos I e II, do Regimento Interno desta Casa de Leis, vem, á presença de Vossa Excelência, requerer que, após tramitação de estilo, seja solicitada Relação de Imóveis cadastrados no Município, sujeitos á cobrança de IPTU, bem como a informação do montante arrecadado nos exercícios de 1999 e 2000 pertinente ao referido tributo, e o valor total da dívida ativa atual, alusiva a todos os tributos.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1900/requerimento_014-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1900/requerimento_014-2001.pdf</t>
   </si>
   <si>
     <t>FERNANDO CASTRO ROCHA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, incisos II e III, do Regimento Interno desta Casa de Leis, vem, á presença de Vossa Excelência, requerer que, após tramitação de estilo, sejam solicitados ao Exmo. Sr. Prefeito Municipal as seguintes providências:_x000D_
 -RELAÇÃO NOMINAL DOS SERVIDORES PÚBLICOS EFETIVOS COM: data de admissão; data de nascimento; remuneração; cargo efetivo que ocupa; secretaria que está lotado e número de dependentes;_x000D_
 -RELAÇÃO NOMINAL DOS SERVIDORES PÚBLICOS EFETIVOS NOMEADOS PARA CARGOS COMISSIONADOS OU FUNÇÃO GRATIFICADA COM: data de nomeação para o cargo comissionado; data de nomeação no cargo efetivo; data de nascimento; remuneração; cargo efetivo; secretaria que esta lotado; numero de dependentes;_x000D_
 - RELAÇÃO NOMINAL DOS SERVIDORES CONTRATADOS TEMPORARIAMENTE COM : data de contratação; prazo de contratação; data de nascimento; cargo; remuneração; secretaria que esta lotado; número de dependente</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1913/requerimento_015-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1913/requerimento_015-2001.pdf</t>
   </si>
   <si>
     <t>FERNANDO CASTRO ROCHA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, incisos II e III, do Regimento Interno desta Casa de Leis, vem, á presença de Vossa Excelência, requerer que, após tramitação de estilo, seja solicitado ao Prefeito Municipal de Santa Leopoldina, cópia de todos Decretos por ele editados nos meses de Janeiro, Fevereiro, Março, Abril e Maio de 2001 até a data do atendimento deste requerimento.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1914/requerimento_016-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1914/requerimento_016-2001.pdf</t>
   </si>
   <si>
     <t>ALFREDO BANKERT, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem, á presença de Vossa Excelência, requerer sejam encaminhado ofício ao Diretor Geral do Departamento de Estradas e Rodagem - ES, solicitando providências a fim de se colocar placas de sinalização na Rodovia Paulo Nascimento (ES 080), advertindo acerca de curva perigosa localizada na altura do Km 9.9., sentido Santa Leopoldina e Cariacica, curva esta que atende a residência do Sr. Dídimo Barcellos, residente neste Município.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1915/requerimento_017-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1915/requerimento_017-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, á honrada presença de Vossa Excelência, com base na norma regimental desta Colenta Casa de Leis, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Excelentissimo Prefeito Municipal, Sr. Idemar Jair Entringer, a fim de reiterar o pedido constante da Indicação nº 006/2001, que trata da necessidade de aquisição de brinquedos diversos educativos para as crianças da Creche "SÃO FRANCISCO DE ASSIS"  e do jardim de infância "ANTONIETA PORTES AMARANTES".</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1916/requerimento_018-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1916/requerimento_018-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso II, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem, á emérita presença de Vossa Excelência, requerer seja encaminhado ofício ao Exmo. Prefeito Municipal, solicitando visitas e inspeções da Vigilância Sanitária Municipal aos bares, restaurantes, lanchonetes, hotéis, pousadas e estabelecimentos similares no âmbito do Município.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1917/requerimento_019-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1917/requerimento_019-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, á honrada presença de Vossa Excelência, com base na norma regimental desta Colenda Casa de Leis, em seu artigo 168, inciso II, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Excelentíssimo Prefeito Municipal, Sr. Idemar Jair Entringer, solicitando a intensificação da fiscalização acerca dos estabelecimentos comerciais do Município, quanto a autorização para funcionamento, de acordo com o Código Tributário Municipal de Santa Leopoldina e, caso se constate a exploração de determinada atividade sem a devida permissão da Administração Pública, que sejam tomada as medidas coercitivas previstas na Lei.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1918/requerimento_020-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1918/requerimento_020-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso II, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem, á emérita presença de Vossa Excelência, requerer seja encaminhado ofício ao Exmo. Prefeito Municipal, providências no sentido de determinar diligências nas comunidades rurais e Sede, a fim de reavaliar a situação dos beneficiários da cesta-básica, corrigindo eventuais equívocos quanto aos dados existentes, a fim de que os critérios fixados pelo Governo Federal sejam efetivamente cumpridos.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1919/requerimento_021-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1919/requerimento_021-2001.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem, á emérita presença de Vossa Excelência, requerer que, após tramitação de estilo, seja encaminhado ofício á Viação Pretti Ltda., por seus representantes legais, solicitando o seguinte:_x000D_
 - a fixação de horários para circulação dos ônibus da aludida empresa do Município, no que diz respeito á linha Santa Leopoldina/Vitória e vice-versa;_x000D_
 -a disponibilidade de tal serviços de transporte coletivo a partir das 06:00 horas, com retorno no mínimo até as 19:00 hrs;_x000D_
 - caso possível, a instalação no Município de uma agência de vendas de passagens, incluindo todos os horários de ônibus._x000D_
 Requer, ademais, a expedição de Cópia do presente requerimento ao Diretor Geral de Departamento de Estrada e Rodagem - DER/ES.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1920/requerimento_022-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1920/requerimento_022-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem, respeitosamente, á honrada presença de Vossa Excelência, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Prefeito Municipal, solicitando a relação dos instrumentos musicais pertencentes á Banda Musical Lyra Leopoldinense, contendo as seguintes informações: quantidade, discriminação, local onde se encontram e estado de conservação.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1921/requerimento_023-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1921/requerimento_023-2001.pdf</t>
   </si>
   <si>
     <t>JOMAR FREDERICI SOBRINHO - PSB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, incisos VI, do Regimento Interno desta Casa de Leis, vem, respeitosamente, á honrada presença de Vossa Excelência, requerer, caso possível e havendo dotação orçamentária, seja procedida a aquisição de uma placa comemorativa pelo aniversário dos 11 aos da implantação da Tribuna do Povo, que acontecerá no próximo dia 05 de junho, fazendo referência ao Sr. Paulino Marques, homenageando assim o mais assíduo frequentador desse importante instrumento de participação popular.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1922/requerimento_024-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1922/requerimento_024-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA-PMDB, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem, á emérita presença de Vossa Excelência, requerer que, após tramitação de estilo, seja realizada uma AUDIÊNCIA PÚBLICA no Plenário Rosalina Ribeiro Nunes, a ser designada para o dia 21 de junho do corrente, ás 17 horas, visando a discussão com a população local sobre o Programa Emergencial de Redução de Energia Elétrica, estabelecido pelo Governo Federal, devendo ser convidadas para o ato as autoridades e representantes a seguir elencados, que poderão promover debates e explanações sobre o tema proposto:_x000D_
 -representantes da ESCELSA S/A;_x000D_
 -representantes do Sindicato dos eletricitários do Espírito Santo;_x000D_
 -representantes do Executivo Municipal;_x000D_
 -Promotor de Justiça atuante na Comarca de Santa Leopoldina;_x000D_
 -Juíza de Direito desta Comarca;_x000D_
 -Secretário Municipal de Agricultura e Meio Ambiente;_x000D_
 ...</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1923/requerimento_026-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1923/requerimento_026-2001.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno deste Legislativo, vem, respeitosamente, requerer que, após tramitação de estilo, seja encaminhado ofício á TELEMAR- Telecomunicações do Espírito Santo S/A, na pessoa de seu Gerente Regional, Sr. Ruy Souza Dias, solicitando a instalação de um telefone público "vaivem" no ponto de taxi localizado na Rua César Muller, no centro desta Cidade.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1924/requerimento_027-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1924/requerimento_027-2001.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com fulcro no artigo 168, do Regimento Interno desta Augusta Casa de Leis, vem, á emérita presença de Vossa Excelência, requerer que, após tramitação de estilo, seja encaminhado ofício á Empresa Telemar - Telecomunicações do Espírito Santo S/A., na pessoa de seu Gerente Regional, Sr. Ruy Souza Dias, solicitando a instalação de um telefone público "vaivém" na Comunidade de Funil, neste Município.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1925/requerimento_028_b_-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1925/requerimento_028_b_-2001.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com fulcro no artigo 168, do Regimento Interno desta Augusta Casa de Leis, vem, á emérita presença de Vossa Excelência, requerer que, após tramitação de estilo, seja encaminhado ofício á Empresa Telemar - Telecomunicações do Espírito Santo S/A., na pessoa de seu Gerente Regional, Sr. Ruy Souza Dias, solicitando a instalação de um telefone público "vaivém" na Comunidade de Vila Nova, neste Município.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1926/requerimento_029-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1926/requerimento_029-2001.pdf</t>
   </si>
   <si>
     <t>SEBASTIÃO JOSÉ SILLER, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, requerer que, após tramitação de estilo, seja solicitado ao Presidente da CESAN - Companhia Espírito Santense de Saneamento, providências no sentido de se promover a imediata retirada dos tubos de propriedade daquela empresa, que se encontram depositados no pátio da Igreja Católica " Sagrada Família", na sede deste Município.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1927/requerimento_030-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1927/requerimento_030-2001.pdf</t>
   </si>
   <si>
     <t>JOMAR FREDERICI SOBRINHO - PSB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, vem, respeitosamente, á presença de Vossa Excelência, com fundamento no artigo 168, inciso III, do Regimento Interno desta Casa de Leis, requerer que, após tramitação de estilo, seja encaminhado ao Exmo. Sr. Prefeito Municipal, ofício no sentido de informar a Receita Corrente Líquida referente ao período de Janeiro a Julho do ano em curso, a ser aferida nos moldes do §3º, art. 2º, da Lei Complementar nº 101, de 04 de Maio de 2000.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1928/requerimento_031-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1928/requerimento_031-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA-PMDB, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem, á emérita presença de Vossa Excelência, requerer que, após tramitação de estilo, seja realizada uma AUDIÊNCIA PÚBLICA no Plenário Rosalina Ribeiro Nunes, no dia 27 de Setembro de 2001, ás 17:00 horas, visando a discussão das questões relativas ao trânsito na sede do Município, na busca de soluções para o problema.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1929/requerimento_032-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1929/requerimento_032-2001.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, na condição de Vereador da Câmara Municipal de Santa Leopoldina, com fulcro no artigo 168, do Regimento Interno desta Augusta Casa de Leis, vem, a presença de Vossa Excelência, requerer que, após tramitação de estilo, sejam expedidos ofícios ao Diretor do DER/ES (DEPARTAMENTO DE ESTRADAS E RODAGEM) e ao GOVERNADOR DO ESTADO DO ESPÍRITO SANTO, Dr. José Ignácio Ferreira, solicitando esforços no sentido de asfaltar a estrada de chão, com extensão de 7,5 KM, compreendida entre o trevo da Empresa Coimex (RODOVIA BR - 101) e a Rodovia Paulo Nascimento (liga Santa Leopoldina/ES a Cariacica/ES), valendo ressaltar que a referida via passa junto a linha férrea (Capitania), que atravessa os municípios de Santa Leopoldina, Serra e Cariacica.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1930/requerimento_033-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1930/requerimento_033-2001.pdf</t>
   </si>
   <si>
     <t>SEBASTIÃO JOSÉ SILLER, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com fundamento no artigo 168, do Regimento Interno desta Augusta Casa de Leis,vem, respeitosamente, requerer que, após tramitação de estilo, seja solicitado ao Diretor Geral do Departamento de Estrada e Rodagem - DER/ES, DR. JORGE HÉLIO LEAL, providências no sentido de colocar proteções nas laterais da curva da "Ponte do Funil", situada neste Município, na Rodovia AFONSO SCHWAB (liga Santa Leopoldina a Santa Maria de Jetibá)._x000D_
 Requer ademais que, conste do respectivo documento de solicitação, pedido de melhoria na sinalização do trecho ora referido.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1931/requerimento_034-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1931/requerimento_034-2001.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, Vereador da Câmara Municipal de Santa Leopoldina, vem, respeitosamente, á honrada presença de Vossa Excelência, com base na norma regimental desta Colenda Casa de Leis, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Excelentíssimo Prefeito Municipal, Sr. IDEMAR JAIR ENTRINGER, a fim de reiterar os termos da INDICAÇÃO Nº 034/2001 aprovada em data de 16 de maio de 2001, que trata da necessidade de disponibilizar 01 (um) vigilante para o Parque da Independência, tendo em vista os motivos já explicitados naquela proposição legislativa.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1932/requerimento_035-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1932/requerimento_035-2001.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB e ALFREDO BANKERT - PFL, na condição de Vereadores desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, vem, a emérita presença de Vossa Excelência, requerer que, após tramitação de estilo, seja realizada uma Audiência Pública no Plenário Rosalina Ribeiro Nunes, no dia 11 de Outubro de 2001, ás 17:00hrs, visando a discussão da possível implantação da POLÍCIA INTERATIVA no Município.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1933/requerimento_036-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1933/requerimento_036-2001.pdf</t>
   </si>
   <si>
     <t>FERNANDO CASTRO ROCHA - PDT, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, vem, a emérita presença de Vossa Excelência, requerer que, após tramitação de estilo, seja encaminhado ofício ao TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO, PARA INFORMAR QUAL O PERCENTUAL DA DESPESA COM PESSOAL DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA, nos quadrimestres JANEIRO/2001 a ABRIL/2001 e MAIO/2001 a AGOSTO/2001, bem como que encaminhe para conhecimento desta Câmara Municipal o COMUNICADO DE ALERTA, caso tenha sido feito para a Prefeitura Municipal de Santa Leopoldina.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1934/requerimento_037-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1934/requerimento_037-2001.pdf</t>
   </si>
   <si>
     <t>LUIZ CARLOS BROEDEL FRANÇA - PMDB, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, vem, á emérita presença de Vossa Excelência, requer que, após tramitação de estilo, seja encaminhado ofício ao Governador do Estado do Espírito SANTO, DR. JOSÉ IGNÁCIO FERREIRA, solicitando esforços no sentido de se efetivar o asfaltamento da estrada que liga a Rodovia 080 (Paulo Nascimento) á Comunidade de Tirol, neste Município, passando por Barra de Mangaraí, Mangaraí, Fumaça, Holanda e Holandinha, nos termos do Projeto de Implantação realizado pela Secretaria de Estado da Agricultura.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1935/requerimento_038-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1935/requerimento_038-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA - PMDB, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, vem, á emérita presença de Vossa Excelência, requer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal SR. IDEMAR JAIR ENTRINGER, a fim de reiterar a solicitação constante da INDICAÇÃO Nº 058/2001, de autoria do Vereador subscritor deste e do Exmo. Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, aprovada na Sessão Ordinária do dia 27 de junho do corrente ano, que trata da necessidade de transferir o abrigo localizado no ponto de ônibus em frente ao Posto de Saúde, para o ponto da Empresa Pretti, situado ao lado da Agência dos Correios._x000D_
 Vale registrar, por oportuno, que o ponto da referida Concessionária de Serviços Públicos, conta hoje com 20 (vinte) paradas diárias, ao passo que outro oferece apenas três aos usuários.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1936/requerimento_039-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1936/requerimento_039-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA - PMDB, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, vem, á emérita presença de Vossa Excelência, requer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal SR. IDEMAR JAIR ENTRINGER, a fim de reiterar a solicitação constante da INDICAÇÃO Nº038/2001, que trata da necessidade de reativar o Coral Municipal de Santa Leopoldina, vinculado á Secretaria Municipal de Turismo, aprovada á unanimidade na Sessão Ordinária do dia 16 de maio do ano em curso.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1937/requerimento_040-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1937/requerimento_040-2001.pdf</t>
   </si>
   <si>
     <t>FERNANDO CASTRO ROCHA - PDT, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso III, do Regimento Interno desta Casa de Leis, vem, á presença de Vossa Excelência, REQUERER seja encaminhado ofício ao Exmo. Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, solicitando as seguintes informações:_x000D_
 -relação nominal com o cadastro atual incluindo endereço das famílias beneficiárias do Programa Nacional de Renda Mínima vinculada á Educação - Bolsa Escola no Município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1938/requerimento_041-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1938/requerimento_041-2001.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA - PMDB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem, respeitosamente, REQUERER seja encaminhado ofício á ESCELSA, solicitando providências no sentido de reativar a lâmpada sobre o ponto de ônibus da Empresa Pretti, próximo á propriedade da Família CANDEIA e a lâmpada instalada em frente a residência do Sr. MATIAS VALKER, locais estes situados na Rodovia Afonso Schwab, neste Município.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1939/requerimento_042-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1939/requerimento_042-2001.pdf</t>
   </si>
   <si>
     <t>FERNANDO CASTRO ROCHA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso VI, do Regimento Interno desta Casa de Leis, REQUER a Vossa Excelência que seja designado para o dia 20/11/2001 ás 18:00hrs, uma AUDIÊNCIA PÚBLICA, para discussão com a Comunidade em geral, do Projeto de Lei Orçamentária Anual (Projeto de Lei nº 032/2001), bem como do Projeto de Lei de Diretrizes Orçamentárias (Projeto de Lei nº 030/2001).</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1940/requerimento_043-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1940/requerimento_043-2001.pdf</t>
   </si>
   <si>
     <t>FERNANDO CASTRO ROCHA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, REQUER, a Vossa Excelência que formalize ao Tribunal de Contas do Estado do Espírito Santo, consulta nos termos do Regimento Interno do citado Tribunal, para dirimir dúvidas quanto ao Requerimento Administrativo apresentado pelo ex-vereador JOSÉ VERONESI, em 30/08/2001.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1941/requerimento_044-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1941/requerimento_044-2001.pdf</t>
   </si>
   <si>
     <t>CLEMENTINO BARTH - PSDB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem, respeitosamente, á emérita presença de Vossa Excelência, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal, a fim de reiterar os termos da INDICAÇÃO Nº 055/2001, de autoria do Vereador VALDEMIRO BARTH - PDT, que trata da necessidade de fazer o calçamento e drenagem do pátio da Igreja Católica da Comunidade de Santo Antônio, neste Município, aprovada á unanimidade na Sessão Ordinária do dia 20 de junho do ano em curso, devendo ser observados os requisitos legais para tanto.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1942/requerimento_045-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1942/requerimento_045-2001.pdf</t>
   </si>
   <si>
     <t>FERNANDO CASTRO ROCHA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem, respeitosamente, REQUERER seja encaminhado ofício ao Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, solicitando QUE PROVIDENCIE JUNTO A ESCELSA A RELIGAÇÃO DA LÂMPADA DO POSTE DE ILUMINAÇÃO PÚBLICA, situado na Rua Bernardino Monteiro, em frente as residências da Srª. LURDINHA e VILSON BERNARDINO, Srª. FRIDA BERENDONK e Srª. JULIETA HERZOG, na sede do Município.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1943/requerimento_046-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1943/requerimento_046-2001.pdf</t>
   </si>
   <si>
     <t>ADOLFO FERMANO FREDERICO EDUARDO SCHRAM - PFL, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem á emérita presença de Vossa Excelência, REQUERER que, após tramitação de estilo, seja encaminhado ofício á Empresa Telemar - Telecomunicações do Espírito Santo S/A., na pessoa de seu Diretor Geral, SR. RUY DIAS DE SOUZA, solicitando a instalação de um telefone público "vaivém" na comunidade de Suiça, a ser instalado próximo ao comércio da Srª. Vera Vervloet, neste Município.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1690/mocao_de_pesar_no_001-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1690/mocao_de_pesar_no_001-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MARIA DIVA RAUTA, ocorrido no dia 01 de janeiro de 2001 .</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1691/mocao_de_pesar_no_002-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1691/mocao_de_pesar_no_002-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. EDITH NASCIMENTO FERREIRA, ocorrido no dia 03 de fevereiro de 2001 .</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1692/mocao_de_pesar_no_003-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1692/mocao_de_pesar_no_003-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FRANCISCO BERNARDINO, ocorrido no dia 01 de fevereiro de 2001 .</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1693/mocao_de_pesar_no_004-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1693/mocao_de_pesar_no_004-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. CONCEIÇÃO FORNAZELLI, ocorrido no dia 04 de fevereiro de 2001 .</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1694/mocao_de_pesar_no_005-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1694/mocao_de_pesar_no_005-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FRANCISCO CALOT, ocorrido no dia 25 de fevereiro de 2001 .</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1695/mocao_de_pesar_no_006-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1695/mocao_de_pesar_no_006-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. MÁRIO COVAS, ocorrido no dia 06 de março de 2001 .</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1696/mocao_de_pesar_no_007-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1696/mocao_de_pesar_no_007-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOAQUIM KEFFER, ocorrido no dia 07 de fevereiro de 2001 .</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1697/mocao_de_pesar_no_008-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1697/mocao_de_pesar_no_008-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. OSWALDO ALFREDO SCHULTAIS, ocorrido no dia 10 de fevereiro de 2001 .</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1700/mocao_de_pesar_no_011-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1700/mocao_de_pesar_no_011-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ILÁRIO STEINER, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. VIVALDO GONÇALVES GOMES, ocorrido no dia 10 de março de 2001 .</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1701/mocao_de_pesar_no_012-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1701/mocao_de_pesar_no_012-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador SEBASTIÃO JOSÉ SILLER, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. DOMINGOS BANDEIRA, ocorrido no dia 10 de março de 2001 .</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1702/mocao_de_pesar_no_013-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1702/mocao_de_pesar_no_013-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ADELIA BARTH NICKEL, ocorrido no dia 12 de abril de 2001 .</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1703/mocao_de_pesar_no_014-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1703/mocao_de_pesar_no_014-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador SEBASTIÃO JOSÉ SILLER, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ANTENOR SIMMER, ocorrido no dia 20 de abril de 2001 .</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1704/mocao_de_pesar_no_015-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1704/mocao_de_pesar_no_015-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador LUIZ CARLOS BROEDEL FRANÇA- PDT, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. LEONTINA HELMER, ocorrido no dia 19 de abril de 2001 .</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1705/mocao_de_pesar_no_016-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1705/mocao_de_pesar_no_016-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador SEBASTIÃO JOSÉ SILLER, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MARIA CHRISTO SILVA, ocorrido no dia 29 de abril de 2001 .</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1706/mocao_de_pesar_no_017-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1706/mocao_de_pesar_no_017-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. HELMANN ALBERTO SCHUMACHER, ocorrido no dia 08 de maio de 2001 .</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1707/mocao_de_pesar_no_018-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1707/mocao_de_pesar_no_018-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. SEBASTIÃO RODRIGUES DA COSTA, ocorrido no dia 17 de maio de 2001 .</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1708/mocao_de_pesar_no_019-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1708/mocao_de_pesar_no_019-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ALFREDO BANKERT- PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MATHILDE EMILIA KEMPIN KRAUSE, ocorrido no dia 19 de maio de 2001 .</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>Fernando Rocha, Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1709/mocao_de_pesar_no_020-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1709/mocao_de_pesar_no_020-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores MARCOS ADRIANO RAUTA - PMDB e FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. TEREZINHA RODRIGUES FÓSS, ocorrido no dia 25 de maio de 2001 .</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1710/mocao_de_pesar_no_021-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1710/mocao_de_pesar_no_021-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. WALTRAUDE ANNA HOFFMANN, ocorrido no dia 27 de maio de 2001 .</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1711/mocao_de_pesar_no_022-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1711/mocao_de_pesar_no_022-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. HERONDINO ARMELÁO, ocorrido no dia 01 de junho de 2001 .</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1712/mocao_de_pesar_no_023-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1712/mocao_de_pesar_no_023-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ILÁRIO STEINER-PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MARIA DAS GRAÇAS DEGASPERI POSSATTI, ocorrido no dia 04 de junho de 2001 .</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1713/mocao_de_pesar_no_024-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1713/mocao_de_pesar_no_024-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. CARLOS GRONER FILHO, ocorrido no dia 05 de junho de 2001 .</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1714/mocao_de_pesar_no_025-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1714/mocao_de_pesar_no_025-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores JOSÉ ROBERTO DA ROCHA MONTEIRO-PMDB e FERNANDO CASTRO ROCHA - PDT, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ADOLFO HIFNER, ocorrido no dia 21 de junho de 2001 .</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1715/mocao_de_pesar_no_026-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1715/mocao_de_pesar_no_026-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB e FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. OLYMPIO NUNES DE FREITAS, ocorrido no dia 25 de junho de 2001 .</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1716/mocao_de_pesar_no_027-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1716/mocao_de_pesar_no_027-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador MARCOS ADRIANO RAUTA- PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MADALENA LAHAS SCHAEFFER, ocorrido no dia 05 de julho de 2001 .</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1717/mocao_de_pesar_no_028-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1717/mocao_de_pesar_no_028-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ELENA FOEGER SCHAEFFER, ocorrido no dia 24 de julho de 2001 .</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1718/mocao_de_pesar_no_029-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1718/mocao_de_pesar_no_029-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ISVALDIR DA CONCEIÇÃO, ocorrido no dia 08 de agosto de 2001 .</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1719/mocao_de_pesar_no_030-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1719/mocao_de_pesar_no_030-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. GUILHERME BURNIER PACHECO, ocorrido no dia 18 de agosto de 2001 .</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1721/mocao_de_pesar_no_032-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1721/mocao_de_pesar_no_032-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ITAMAR D'ANNUZIO FIGUEIREDO, ocorrido no dia 16. de agosto de 2001 .</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1722/mocao_de_pesar_no_033-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1722/mocao_de_pesar_no_033-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ERNESTO LEINAUS, ocorrido no dia 18 de agosto de 2001 .</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1723/mocao_de_pesar_no_034-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1723/mocao_de_pesar_no_034-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. INÁCIO VIEIRA, ocorrido no dia 21 de agosto de 2001 .</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1725/mocao_de_pesar_no_036-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1725/mocao_de_pesar_no_036-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. SEDRONILIA ALVES DIAS PEREIRA, ocorrido no dia 23 de agosto de 2001 .</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1726/mocao_de_pesar_no_037-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1726/mocao_de_pesar_no_037-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. CATHARINA HOLANDA ZANONI, ocorrido no dia 27 de agosto de 2001 .</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1728/mocao_de_pesar_no_039-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1728/mocao_de_pesar_no_039-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ARTHUR DIAS MARTINS, ocorrido no dia 12 de setembro de 2001 .</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1729/mocao_de_pesar_no_040-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1729/mocao_de_pesar_no_040-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SCHULTZ LEPPAUS - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. LAURA SCHMIDT NASS, ocorrido no dia 13 de setembro de 2001 .</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1731/mocao_de_pesar_no_042-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1731/mocao_de_pesar_no_042-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ADOLFO GERMANO FREDERICO EDUARDO ACHRAM - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ANNA MARGARIDA BROMERSCHENKEL, ocorrido no dia 21 de setembro de 2001 .</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1732/mocao_de_pesar_no_043-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1732/mocao_de_pesar_no_043-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MARIA DA PENHA DA VITÓRIA CALOT, ocorrido no dia 29 de setembro de 2001 .</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1733/mocao_de_pesar_no_044-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1733/mocao_de_pesar_no_044-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. GUILHERME MAYER, ocorrido no dia 29 de setembro de 2001 .</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1735/mocao_de_pesar_no_046-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1735/mocao_de_pesar_no_046-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. EMILIO HOLZ, ocorrido no dia 28 de setembro de 2001 .</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1736/mocao_de_pesar_no_047-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1736/mocao_de_pesar_no_047-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ALFREDO BANKERT - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. GUILHERME FLEGLER ROGGE, ocorrido no dia 21 de outubro de 2001 .</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>Alfredo Bankert, Sebastião José Siller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1737/mocao_de_pesar_no_048-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1737/mocao_de_pesar_no_048-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores SEBASTIÃO JOSÉ SILLER e ALFREDO BANKERT - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. BERTOLDO KRAUSE, ocorrido no dia 21 de outubro de 2001 .</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1739/mocao_de_pesar_no_050-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1739/mocao_de_pesar_no_050-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SCHULTZ LEPPAUS - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. PEDRO SILVA, ocorrido no dia 24 de outubro de 2001 .</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1740/mocao_de_pesar_no_051-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1740/mocao_de_pesar_no_051-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ADOLFO GERMANO FREDERICO EDUARDO ACHRAN - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FREDERICO HENRIQUE OTTO GUILHERME EMILIO SCHRAN, ocorrido no dia 30 de outubro de 2001 .</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1741/mocao_de_pesar_no_052-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1741/mocao_de_pesar_no_052-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. LUCIA BARCELLOS DAS NEVES, ocorrido no dia 03 de novembro de 2001 .</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1742/mocao_de_pesar_no_053-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1742/mocao_de_pesar_no_053-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ADOLFO GERMANO FREDERICO EDUARDO ACHRAN - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. EDUARDO GONORING, ocorrido no dia 04 de novembro de 2001 .</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1745/mocao_de_pesar_no_056-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1745/mocao_de_pesar_no_056-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores SEBASTIÃO JOSÉ SILLER e ALFREDO BANKERT - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. JOANA MARQUES POLI, ocorrido no dia 01 de novembro de 2001 .</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1749/mocao_de_pesar_no_060-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1749/mocao_de_pesar_no_060-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. LAURA KRUGER REINHOLZ, ocorrido no dia 23 de novembro de 2001 .</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1750/mocao_de_pesar_no_061-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1750/mocao_de_pesar_no_061-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ANNA FOEGER SCHROEFFER, ocorrido no dia 24 de novembro de 2001 .</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1751/mocao_de_pesar_no_062-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1751/mocao_de_pesar_no_062-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. HELENA AMARANTE BRAGA, ocorrido no dia 24 de novembro de 2001 .</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1752/mocao_de_pesar_no_063-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1752/mocao_de_pesar_no_063-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ADOLFO GERMANO FREDERICO EDUARDO ACHRAM - PFL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. AUGUSTO DA CONCEIÇÃO DUARTE, ocorrido no dia 22 de novembro de 2001 .</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1753/mocao_de_pesar_no_064-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1753/mocao_de_pesar_no_064-2001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOMAR FREDERICI SOBRINHO - PSB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ZILCA ALVARENGA SOUZA, ocorrido no dia 03 de dezembro de 2001 .</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>MoC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1698/mocao_de_pesar_no_009-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1698/mocao_de_pesar_no_009-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por intermédio de seus Vereadores, em especial o Vereador FERNANDO CASTRO ROCHA- PPS, manifesta suas congratulações ao Excelentíssimo Governador, Sr. José Inácio Ferreira, pela nomeação do Deputado Federal, Dr. Nilton Baiano, para ocupar a Secretaria Estadual de Saúde.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1720/mocao_de_congratulacao_no_031-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1720/mocao_de_congratulacao_no_031-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por meio de seus Vereadores, em especial o Vereador FERNANDO CASTRO ROCHA - PDT, manifesta suas congratulações á EXCELENTÍSSIMA JUIZA DE DIREITO DRA. ELZA MARIA DE OLIVEIRA XIMENES, pelos relevantes serviços prestados no período que atuou na Comarca de Santa Leopoldina-ES, especialmente, destacando a sua atuação com sensibilidade social.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1724/mocao_de_congratulacao_no_035-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1724/mocao_de_congratulacao_no_035-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por intermédio de seus Vereadores, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- PMDB, com fundamento no artigo 170, do Regimento Interno deste Parlamento Municipal, manifesta suas congratulações ao DR. RUY DIAS DE SOUZA e ao DR. SILVIO MAURO DE CASTRO, que exercem respectivamente junto a TELEMAR, os cargos de Gerente de Filial e Amarista de Informações e Regulamentação, tendo em conta os esforços empregados á concretização do Plano de Expansão e mudanças na rede de telefonia fixa no âmbito do Município.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1727/mocao_de_congratulacao_no_038-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1727/mocao_de_congratulacao_no_038-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por intermédio de seus Vereadores, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- PMDB, com fundamento no artigo 170, do Regimento Interno deste Parlamento Municipal, manifesta suas congratulações á pessoa da repórter ROSE DUARTE, da Rede Gazeta de Televisão, que em data de 24 de Agosto do ano em curso, no programa ESTV- daquela emissora- apresentou reportagem sobre a Comunidade de Holanda, neste Município, onde abordou as belezas naturais, os costumes e tradições do referido lugar. E, inclusive, sugeriu aos capixabas que visitassem Santa Leopoldina.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1730/mocao_de_congratulacao_no_041-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1730/mocao_de_congratulacao_no_041-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por meio de seus Vereadores, em especial o Vereador FERNANDO CASTRO ROCHA - PDT, manifesta suas congratulações aos organizadores e participantes do MOVIMENTO FAMILIAR CRISTÃO - MFC, "GRUPO REVIVER", pelo trabalho que vem desenvolvendo junto as 14 famílias cristãs, compostas por 54 pessoas que participaram das atividades de valorização da família leopoldinense.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1734/mocao_de_congratulacao_no_045-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1734/mocao_de_congratulacao_no_045-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por meio de seus Vereadores, em especial o Vereador FERNANDO CASTRO ROCHA - PDT, manifesta suas congratulações á Rádio CBN- Central Brasileira de Notícias, pela comemoração dos dez anos de seu funcionamento, neste mês de outubro de 2001.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1738/mocao_de_congratulacao_no_049-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1738/mocao_de_congratulacao_no_049-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por meio de seus Vereadores, em especial o Vereador FERNANDO CASTRO ROCHA - PDT, manifesta suas congratulações ao GRUPO DA 3ª IDADE "SONHAR É PRECISO" PELA REALIZAÇÃO DO EVENTO ELEIÇÃO DA RAINHA DA 3ª IDADE, OCORRIDO NO ÚLTIMO DIA 20 DE OUTUBRO DE 2001.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1743/mocao_de_congratulacao_no_054-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1743/mocao_de_congratulacao_no_054-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por meio de seus Vereadores, em especial o Vereador MARCOS ADRIANO RAUTA - PMDB, manifesta suas congratulações ao jornal "A NOTÍCIA", tendo em vista os relevantes serviços que vem prestando junto aos Municípios de Santa Leopoldina, Santa Maria de Jetibá, Santa Teresa, Domingos Martins, Marechal Floriano e Itarana.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1744/mocao_de_congratulacao_no_055-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1744/mocao_de_congratulacao_no_055-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por meio de seus Vereadores, em especial o Vereador MARCOS ADRIANO RAUTA - PMDB, manifesta suas congratulações á Faculdade da Região Serrana - FARESE, mantido pelo instituto de Ensino Superior da Região Serrana, haja vista o reconhecimento oficial pelo Ministério de Educação e Cultura - MEC, dos cursos de matemática, pedagogia e turismo, tendo também recebido o conceito "B" daquele Órgão Federal, conforme publicação no Diário Oficial da União do dia 07 de novembro do corrente.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1746/mocao_de_congratulacao_no_057-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1746/mocao_de_congratulacao_no_057-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por meio de seus Vereadores, em especial o Vereador FERNANDO CASTRO ROCHA - PDT, manifesta suas congratulações pela criação da organização não governamental TRANSPARÊNCIA CAPIXABA, , entidade que visa denunciar e combater a corrupção sob todas as formas. Que o DR. LEONARDO DA COSTA BARRETO, presidente, e aos demais membros desta entidade tenham sucesso no novo desafio.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1747/mocao_de_congratulacao_no_058-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1747/mocao_de_congratulacao_no_058-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por meio de seus Vereadores, em especial o Vereador FERNANDO CASTRO ROCHA - PDT, manifesta suas congratulações aos Bispos da Igreja Católica DOM SILVESTRE, DOM HÉLIO e DOM ODILON, pela visita pastoral na Paróquia do Divino Espírito em Santa Leopoldina e Santa Maria de Jetibá.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1748/mocao_de_congratulacao_no_059-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1748/mocao_de_congratulacao_no_059-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por intermédio de seus Vereadores, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- PMDB, com fundamento no artigo 170, do Regimento Interno deste Parlamento Municipal, manifesta suas congratulações ao Delegado Federal da Agricultura no Espírito Santo, DR. WALASE PINTO SANT'ANA, tendo em vista a doação promovida pela Delegacia Federal da Agricultura, de 3.000 (três mil quilos) de milho híbrido em favor do Município, ocorrida no corrente mês.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1754/mocao_de_congratulacao_no_065-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1754/mocao_de_congratulacao_no_065-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por intermédio de seus Vereadores, em especial o Vereador JOMAR FEDERICI SOBRINHO - PSB, manifesta suas congratulações ao SR. JOHANNES RIGOBERT DIEM, pelo excelente trabalho que vem realizando junto a Comunidade de Tirol, neste Município.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>MoR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1699/mocao_de_repudio_no_010-2001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1699/mocao_de_repudio_no_010-2001.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina/ES, por intermédio dos Vereadores abaixo assinados, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMDB, com base no artigo 170 do Regimento Interno Desta Casa de Leis, manifesta seu REPÚDIO á prestação de serviços de telefonia celular no âmbito do Município de Santa Leopoldina-ES, executados pela empresa TELEFÔNICA CELULAR.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2734,67 +2734,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/993/indicacao_001-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/994/indicacao_002-2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/995/indicacao_003-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/996/indicacao_004-2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/997/indicacao_005-2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/998/indicacao_006-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/999/indicacao_007-2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1000/indicacao_008-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1001/indicacao_009-2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1002/indicacao_010-2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1003/indicacao_011-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1004/indicacao_012-2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1005/indicacao_013-2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1006/indicacao_014-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1007/indicacao_015-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1008/indicacao_016-2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1009/indicacao_017-2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1010/indicacao_018-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1011/indicacao_019-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1012/indicacao_020-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1013/indicacao_021-2001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1014/indicacao_022-2001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1015/indicacao_023-2001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1016/indicacao_024-2001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1017/indicacao_025-2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1018/indicacao_026-2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1020/indicacao_028-2001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1021/indicacao_029-2001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1022/indicacao_030-2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1023/indicacao_031-2001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1024/indicacao_032-2001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1025/indicacao_033-2001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1026/indicacao_034-2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1028/indicacao_037-2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1029/indicacao_038-2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1030/indicacao_039-2001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1031/indicacao_040-2001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1032/indicacao_041-2001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1033/indicacao_042-2001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1034/indicacao_043-2001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1035/indicacao_044-2001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1036/indicacao_045-2001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1038/indicacao_046-2001_m1RIIha.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1037/indicacao_047-2001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1039/indicacao_048-2001.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1040/indicacao_049-2001.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1041/indicacao_050-2001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1042/indicacao_051-2001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1043/indicacao_052-2001.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1044/indicacao_053-2001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1045/indicacao_054-2001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1046/indicacao_055-2001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1047/indicacao_056-2001.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1048/indicacao_057-2001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1049/indicacao_058-2001.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1050/indicacao_059-2001.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1051/indicacao_060-2001.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1052/indicacao_061-2001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1053/indicacao_062-2001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1054/indicacao_063-2001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1055/indicacao_064-2001.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1056/indicacao_065-2001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1057/indicacao_066-2001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1058/indicacao_067-2001.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1059/indicacao_068-2001.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1060/indicacao_069-2001.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1061/indicacao_070-2001.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1062/indicacao_071-2001.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1063/indicacao_072-2001.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1064/indicacao_073-2001.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1065/indicacao_074-2001.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1066/indicacao_075-2001.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1067/indicacao_076-2001.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1068/indicacao_078-2001.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1069/indicacao_079-2001.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1070/indicacao_080-2001.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1071/indicacao_081-2001.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1072/indicacao_082-2001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1073/indicacao_083-2001.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1074/indicacao_084-2001.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1075/indicacao_085-2001.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1076/indicacao_086-2001.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1077/indicacao_087-2001.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1078/indicacao_088-2001.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1079/indicacao_089-2001.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1080/indicacao_090-2001.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1081/indicacao_091-2001.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1082/indicacao_092-2001.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1088/indicacao_093-2001.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1089/indicacao_094-2001.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1090/indicacao_096-2001.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1091/indicacao_097-2001.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1092/indicacao_098-2001.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1093/indicacao_099-2001.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1094/indicacao_100-2001.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1095/indicacao_101-2001.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1096/indicacao_102-2001.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2192/projeto_de_resolucao_001-2001.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2193/projeto_de_resolucao_002-2001.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2194/projeto_de_resolucao_003-2001.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2195/projeto_de_resolucao_004-2001.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2196/projeto_de_resolucao_005-2001.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2197/projeto_de_resolucao_006-2001.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2198/projeto_de_resolucao_007-2001.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1887/requerimento_001-2001.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1888/requerimento_002-2001.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1889/requerimento_003-2001.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1890/requerimento_004-2001.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1891/requerimento_005-2001.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1892/requerimento_006-2001.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1893/requerimento_007-2001.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1894/requerimento_008-2001.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1895/requerimento_009-2001.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1896/requerimento_010-2001.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1898/requerimento_012-2001.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1899/requerimento_013-2001.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1900/requerimento_014-2001.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1913/requerimento_015-2001.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1914/requerimento_016-2001.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1915/requerimento_017-2001.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1916/requerimento_018-2001.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1917/requerimento_019-2001.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1918/requerimento_020-2001.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1919/requerimento_021-2001.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1920/requerimento_022-2001.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1921/requerimento_023-2001.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1922/requerimento_024-2001.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1923/requerimento_026-2001.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1924/requerimento_027-2001.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1925/requerimento_028_b_-2001.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1926/requerimento_029-2001.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1927/requerimento_030-2001.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1928/requerimento_031-2001.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1929/requerimento_032-2001.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1930/requerimento_033-2001.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1931/requerimento_034-2001.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1932/requerimento_035-2001.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1933/requerimento_036-2001.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1934/requerimento_037-2001.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1935/requerimento_038-2001.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1936/requerimento_039-2001.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1937/requerimento_040-2001.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1938/requerimento_041-2001.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1939/requerimento_042-2001.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1940/requerimento_043-2001.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1941/requerimento_044-2001.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1942/requerimento_045-2001.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1943/requerimento_046-2001.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1690/mocao_de_pesar_no_001-2001.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1691/mocao_de_pesar_no_002-2001.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1692/mocao_de_pesar_no_003-2001.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1693/mocao_de_pesar_no_004-2001.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1694/mocao_de_pesar_no_005-2001.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1695/mocao_de_pesar_no_006-2001.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1696/mocao_de_pesar_no_007-2001.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1697/mocao_de_pesar_no_008-2001.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1700/mocao_de_pesar_no_011-2001.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1701/mocao_de_pesar_no_012-2001.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1702/mocao_de_pesar_no_013-2001.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1703/mocao_de_pesar_no_014-2001.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1704/mocao_de_pesar_no_015-2001.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1705/mocao_de_pesar_no_016-2001.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1706/mocao_de_pesar_no_017-2001.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1707/mocao_de_pesar_no_018-2001.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1708/mocao_de_pesar_no_019-2001.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1709/mocao_de_pesar_no_020-2001.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1710/mocao_de_pesar_no_021-2001.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1711/mocao_de_pesar_no_022-2001.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1712/mocao_de_pesar_no_023-2001.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1713/mocao_de_pesar_no_024-2001.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1714/mocao_de_pesar_no_025-2001.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1715/mocao_de_pesar_no_026-2001.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1716/mocao_de_pesar_no_027-2001.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1717/mocao_de_pesar_no_028-2001.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1718/mocao_de_pesar_no_029-2001.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1719/mocao_de_pesar_no_030-2001.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1721/mocao_de_pesar_no_032-2001.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1722/mocao_de_pesar_no_033-2001.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1723/mocao_de_pesar_no_034-2001.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1725/mocao_de_pesar_no_036-2001.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1726/mocao_de_pesar_no_037-2001.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1728/mocao_de_pesar_no_039-2001.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1729/mocao_de_pesar_no_040-2001.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1731/mocao_de_pesar_no_042-2001.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1732/mocao_de_pesar_no_043-2001.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1733/mocao_de_pesar_no_044-2001.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1735/mocao_de_pesar_no_046-2001.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1736/mocao_de_pesar_no_047-2001.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1737/mocao_de_pesar_no_048-2001.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1739/mocao_de_pesar_no_050-2001.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1740/mocao_de_pesar_no_051-2001.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1741/mocao_de_pesar_no_052-2001.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1742/mocao_de_pesar_no_053-2001.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1745/mocao_de_pesar_no_056-2001.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1749/mocao_de_pesar_no_060-2001.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1750/mocao_de_pesar_no_061-2001.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1751/mocao_de_pesar_no_062-2001.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1752/mocao_de_pesar_no_063-2001.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1753/mocao_de_pesar_no_064-2001.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1698/mocao_de_pesar_no_009-2001.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1720/mocao_de_congratulacao_no_031-2001.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1724/mocao_de_congratulacao_no_035-2001.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1727/mocao_de_congratulacao_no_038-2001.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1730/mocao_de_congratulacao_no_041-2001.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1734/mocao_de_congratulacao_no_045-2001.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1738/mocao_de_congratulacao_no_049-2001.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1743/mocao_de_congratulacao_no_054-2001.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1744/mocao_de_congratulacao_no_055-2001.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1746/mocao_de_congratulacao_no_057-2001.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1747/mocao_de_congratulacao_no_058-2001.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1748/mocao_de_congratulacao_no_059-2001.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1754/mocao_de_congratulacao_no_065-2001.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1699/mocao_de_repudio_no_010-2001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/993/indicacao_001-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/994/indicacao_002-2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/995/indicacao_003-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/996/indicacao_004-2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/997/indicacao_005-2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/998/indicacao_006-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/999/indicacao_007-2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1000/indicacao_008-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1001/indicacao_009-2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1002/indicacao_010-2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1003/indicacao_011-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1004/indicacao_012-2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1005/indicacao_013-2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1006/indicacao_014-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1007/indicacao_015-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1008/indicacao_016-2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1009/indicacao_017-2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1010/indicacao_018-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1011/indicacao_019-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1012/indicacao_020-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1013/indicacao_021-2001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1014/indicacao_022-2001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1015/indicacao_023-2001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1016/indicacao_024-2001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1017/indicacao_025-2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1018/indicacao_026-2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1020/indicacao_028-2001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1021/indicacao_029-2001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1022/indicacao_030-2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1023/indicacao_031-2001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1024/indicacao_032-2001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1025/indicacao_033-2001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1026/indicacao_034-2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1028/indicacao_037-2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1029/indicacao_038-2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1030/indicacao_039-2001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1031/indicacao_040-2001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1032/indicacao_041-2001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1033/indicacao_042-2001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1034/indicacao_043-2001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1035/indicacao_044-2001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1036/indicacao_045-2001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1038/indicacao_046-2001_m1RIIha.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1037/indicacao_047-2001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1039/indicacao_048-2001.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1040/indicacao_049-2001.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1041/indicacao_050-2001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1042/indicacao_051-2001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1043/indicacao_052-2001.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1044/indicacao_053-2001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1045/indicacao_054-2001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1046/indicacao_055-2001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1047/indicacao_056-2001.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1048/indicacao_057-2001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1049/indicacao_058-2001.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1050/indicacao_059-2001.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1051/indicacao_060-2001.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1052/indicacao_061-2001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1053/indicacao_062-2001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1054/indicacao_063-2001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1055/indicacao_064-2001.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1056/indicacao_065-2001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1057/indicacao_066-2001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1058/indicacao_067-2001.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1059/indicacao_068-2001.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1060/indicacao_069-2001.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1061/indicacao_070-2001.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1062/indicacao_071-2001.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1063/indicacao_072-2001.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1064/indicacao_073-2001.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1065/indicacao_074-2001.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1066/indicacao_075-2001.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1067/indicacao_076-2001.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1068/indicacao_078-2001.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1069/indicacao_079-2001.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1070/indicacao_080-2001.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1071/indicacao_081-2001.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1072/indicacao_082-2001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1073/indicacao_083-2001.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1074/indicacao_084-2001.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1075/indicacao_085-2001.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1076/indicacao_086-2001.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1077/indicacao_087-2001.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1078/indicacao_088-2001.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1079/indicacao_089-2001.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1080/indicacao_090-2001.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1081/indicacao_091-2001.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1082/indicacao_092-2001.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1088/indicacao_093-2001.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1089/indicacao_094-2001.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1090/indicacao_096-2001.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1091/indicacao_097-2001.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1092/indicacao_098-2001.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1093/indicacao_099-2001.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1094/indicacao_100-2001.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1095/indicacao_101-2001.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1096/indicacao_102-2001.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2192/projeto_de_resolucao_001-2001.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2193/projeto_de_resolucao_002-2001.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2194/projeto_de_resolucao_003-2001.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2195/projeto_de_resolucao_004-2001.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2196/projeto_de_resolucao_005-2001.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2197/projeto_de_resolucao_006-2001.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/2198/projeto_de_resolucao_007-2001.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1887/requerimento_001-2001.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1888/requerimento_002-2001.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1889/requerimento_003-2001.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1890/requerimento_004-2001.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1891/requerimento_005-2001.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1892/requerimento_006-2001.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1893/requerimento_007-2001.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1894/requerimento_008-2001.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1895/requerimento_009-2001.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1896/requerimento_010-2001.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1898/requerimento_012-2001.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1899/requerimento_013-2001.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1900/requerimento_014-2001.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1913/requerimento_015-2001.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1914/requerimento_016-2001.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1915/requerimento_017-2001.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1916/requerimento_018-2001.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1917/requerimento_019-2001.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1918/requerimento_020-2001.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1919/requerimento_021-2001.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1920/requerimento_022-2001.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1921/requerimento_023-2001.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1922/requerimento_024-2001.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1923/requerimento_026-2001.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1924/requerimento_027-2001.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1925/requerimento_028_b_-2001.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1926/requerimento_029-2001.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1927/requerimento_030-2001.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1928/requerimento_031-2001.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1929/requerimento_032-2001.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1930/requerimento_033-2001.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1931/requerimento_034-2001.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1932/requerimento_035-2001.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1933/requerimento_036-2001.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1934/requerimento_037-2001.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1935/requerimento_038-2001.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1936/requerimento_039-2001.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1937/requerimento_040-2001.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1938/requerimento_041-2001.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1939/requerimento_042-2001.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1940/requerimento_043-2001.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1941/requerimento_044-2001.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1942/requerimento_045-2001.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1943/requerimento_046-2001.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1690/mocao_de_pesar_no_001-2001.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1691/mocao_de_pesar_no_002-2001.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1692/mocao_de_pesar_no_003-2001.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1693/mocao_de_pesar_no_004-2001.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1694/mocao_de_pesar_no_005-2001.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1695/mocao_de_pesar_no_006-2001.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1696/mocao_de_pesar_no_007-2001.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1697/mocao_de_pesar_no_008-2001.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1700/mocao_de_pesar_no_011-2001.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1701/mocao_de_pesar_no_012-2001.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1702/mocao_de_pesar_no_013-2001.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1703/mocao_de_pesar_no_014-2001.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1704/mocao_de_pesar_no_015-2001.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1705/mocao_de_pesar_no_016-2001.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1706/mocao_de_pesar_no_017-2001.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1707/mocao_de_pesar_no_018-2001.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1708/mocao_de_pesar_no_019-2001.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1709/mocao_de_pesar_no_020-2001.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1710/mocao_de_pesar_no_021-2001.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1711/mocao_de_pesar_no_022-2001.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1712/mocao_de_pesar_no_023-2001.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1713/mocao_de_pesar_no_024-2001.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1714/mocao_de_pesar_no_025-2001.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1715/mocao_de_pesar_no_026-2001.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1716/mocao_de_pesar_no_027-2001.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1717/mocao_de_pesar_no_028-2001.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1718/mocao_de_pesar_no_029-2001.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1719/mocao_de_pesar_no_030-2001.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1721/mocao_de_pesar_no_032-2001.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1722/mocao_de_pesar_no_033-2001.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1723/mocao_de_pesar_no_034-2001.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1725/mocao_de_pesar_no_036-2001.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1726/mocao_de_pesar_no_037-2001.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1728/mocao_de_pesar_no_039-2001.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1729/mocao_de_pesar_no_040-2001.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1731/mocao_de_pesar_no_042-2001.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1732/mocao_de_pesar_no_043-2001.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1733/mocao_de_pesar_no_044-2001.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1735/mocao_de_pesar_no_046-2001.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1736/mocao_de_pesar_no_047-2001.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1737/mocao_de_pesar_no_048-2001.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1739/mocao_de_pesar_no_050-2001.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1740/mocao_de_pesar_no_051-2001.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1741/mocao_de_pesar_no_052-2001.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1742/mocao_de_pesar_no_053-2001.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1745/mocao_de_pesar_no_056-2001.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1749/mocao_de_pesar_no_060-2001.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1750/mocao_de_pesar_no_061-2001.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1751/mocao_de_pesar_no_062-2001.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1752/mocao_de_pesar_no_063-2001.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1753/mocao_de_pesar_no_064-2001.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1698/mocao_de_pesar_no_009-2001.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1720/mocao_de_congratulacao_no_031-2001.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1724/mocao_de_congratulacao_no_035-2001.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1727/mocao_de_congratulacao_no_038-2001.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1730/mocao_de_congratulacao_no_041-2001.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1734/mocao_de_congratulacao_no_045-2001.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1738/mocao_de_congratulacao_no_049-2001.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1743/mocao_de_congratulacao_no_054-2001.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1744/mocao_de_congratulacao_no_055-2001.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1746/mocao_de_congratulacao_no_057-2001.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1747/mocao_de_congratulacao_no_058-2001.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1748/mocao_de_congratulacao_no_059-2001.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1754/mocao_de_congratulacao_no_065-2001.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2001/1699/mocao_de_repudio_no_010-2001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H217"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>