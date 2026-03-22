--- v0 (2026-01-31)
+++ v1 (2026-03-22)
@@ -54,1219 +54,1219 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Arnaldo Frederido Nickel</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/966/indicacao_001-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/966/indicacao_001-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador ARNALDOFREDERICO NICKEL - PSDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de se construir um adesivo na estrada de Caramuru de "Baixo", no trecho próximo á propriedade do Sr. Alberto Plaster, neste Município.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ILÁRIO STEINER</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/967/indicacao_002-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/967/indicacao_002-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER - PMDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de providenciar o nivelamento da entrada da estrada que liga a Rodovia 080 (Paulo Nascimento) á localidade de Vargem Grande, em Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Roque</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/968/indicacao_003-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/968/indicacao_003-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de calçamento das vias públicas da "Vila Barra de Mangaraí", neste Município.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/969/indicacao_004-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/969/indicacao_004-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, em CARÁTER DE URGÊNCIA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de estabelecer entendimentos junto a Empresa Gaia Importação e Exportação Ltda., a fim de que esta, via acordo a ser entabulado, restitua ao uso público, uma área de 2.156 m² aproximadamente, situado ao lado do campo Moxafongo, perto do Córrego de mesmo nome, conforme se verifica da planta de localização anexa. Ademais, caso seja necessário, tendo em vista que a referida área fora cedida por meio da Lei Municipal nº 981/2001, desde já solicita-se a remessa de Projeto de Lei a esta Casa de Leis para a devida alteração.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Fernando Rocha</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/970/indicacao_005-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/970/indicacao_005-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de realizar melhoramentos na iluminação pública existente, e onde não existe instalação a iluminação nas vias de acesso á localidade de Cocal na Sede deste Município.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/971/indicacao_006-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/971/indicacao_006-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA - PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de priorizar as obras de esgotamento sanitário na comunidade denominada d Cocal, na sede do Município.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/972/indicacao_007-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/972/indicacao_007-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador FERNANDO CASTRO ROCHA-PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de apresentar á Câmara Municipal Projeto de Lei de iniciativa privativa do prefeito, concedendo reposição das perdas salariais dos servidores públicos Municipais no índice de 12%, com base no que dispõe os artigos 37, inciso X, artigo 7º, inciso IV e artigo 39, 3º da constituição da república de 1988, bem como o previsto no artigo 100 da Lei Orgânica Municipal de Santa Leopoldina.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/973/indicacao_008-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/973/indicacao_008-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, EM CARÁTER DE URGÊNCIA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de realizar serviços de patrolagem, cascalhamento e rampagem nas estradas das Comunidades de Caioaba e Pedra Branca, situadas neste Município.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/974/indicacao_009-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/974/indicacao_009-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador ARNALDO FREDERICO NICKEL- PSDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, EM CARÁTER DE URGÊNCIA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de reforma do bueiro localizado na estrada principal que passa na propriedade do Sr. Marciano Dumer, situado na Comunidade de Rio das Farinhas, neste Município.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/975/indicacao_010-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/975/indicacao_010-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de disponibilizar um médico oftalmologista, com vistas ao atendimento periódico aos alunos de todos os estabelecimentos da Rede Pública de Ensino.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Fernando Rocha, Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/976/indicacao_012-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/976/indicacao_012-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores MARCOS ADRIANO RAUTA e FERNANDO CASTRO ROCHA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de providenciar um "CARRO PIPA" a fim de efetuar a limpeza das ruas onde já foram concluídas as obras da rede de esgoto, que estão sendo realizadas na Sede do Município.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/977/indicacao_013-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/977/indicacao_013-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador ANGELA MARIA SCHULTZ LEPPAUS- PMDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de desobstruir o bueiro localizado na ladeira que se inicia na Rua Vinte e Três de Maio e que dá acesso á Cachoeira do Moxafongo, neste Município.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/978/indicacao_014-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/978/indicacao_014-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de manter em estado de uso a pista de bicicross, localizada no Campo de Moxafongo, na sede deste Município, não obstante os melhoramentos que estão sendo efetivados naquela área pública.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Carlos Roberto Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/979/indicacao_015-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/979/indicacao_015-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador CARLOS ROBERTO LEPPAUS -PSB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de ampliar e reformar os abrigos existentes nos dois pontos de ônibus situados á Rua Prefeito Hélio Rocha, no Centro desta Cidade.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Adolfo Shrman</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/980/indicacao_016-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/980/indicacao_016-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador ADOLFO GERMANO FREDERICO EDUARDO SCHRAM - PSDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de construção de uma escola de primeiro grau na comunidade de alto Rio das Farinhas, Município de Santa Leopoldina/ES, visando seu funcionamento para o próximo ano letivo, caso possível e , desde ja, solicita a inclusão de tal meta nos projetos das leis orçamentárias a serem encaminhados a este Legislativo Municipal.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Jomar Federici Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/981/indicacao_017-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/981/indicacao_017-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador JOMAR FREDERICI SOBRINHO - PSB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de recuperação da estrada da Pedra Preta, que liga a Igreja Luterana de Luxemburgo até a propriedade do Sr. Alvino Burschner, passando pelo sitio do Sr. Lourival Groner, localizada neste Município.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/990/indicacao_018-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/990/indicacao_018-2002.pdf</t>
   </si>
   <si>
     <t>O Vereador JOMAR FEDERICI SOBRINHO -PSB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade de construção de uma fossa séptica na Escola de Primeiro Grau de Tirol, neste Município.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador JOMAR FEEDRICI SOBRINHO -PSB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade  de substituição da lona do caminhão Chevrolet/D-40, de propriedade da Prefeitura, que transporta pessoas carentes do interior do Município.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. IDEMAR JAIR ENTRINGER, a necessidade  de se instalar placas de advertência, nos dois sentidos da Rua Marechal Floriano Peixoto, nas proximidades do Centro Municipal de Educação Especial "Raios de Sol", indicando a localização daquele estabelecimento e que se trata de local de travessia de alunos excepcionais.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Adolfo Shrman, Alfredo Bankert, Ângela Maria Schultz Leppaus, Arnaldo Frederido Nickel, Carlos França, ILÁRIO STEINER, Roque, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/421/pem_01-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/421/pem_01-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 30 DA LEI ORHANICA DO MUNICIPIO</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/420/pem_02-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/420/pem_02-2002.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O S 5° AO ART. 124 DA LEI ORGANICA DO MUNICIPIO DE SANTA LEOPOLDINA</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>Adolfo Shrman, Alfredo Bankert, Ângela Maria Schultz Leppaus, Arnaldo Frederido Nickel, Carlos França, Clementino Barth, ILÁRIO STEINER, José Ferro, Marcos Adriano Rauta, Roque</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/419/pem_03-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/419/pem_03-2002.pdf</t>
   </si>
   <si>
     <t>REVOGA O INCISO V DO ARTIGO 31 DA LEI ORGANICA DO MUNICIPIO DE SANTA LEOPOLDINA</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2188/projeto_de_resolucao_001-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2188/projeto_de_resolucao_001-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A TRANSFERIR UMA GELADEIRA AO PATRIMÔNIO DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA - ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2189/projeto_de_resolucao_002-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2189/projeto_de_resolucao_002-2002.pdf</t>
   </si>
   <si>
     <t>FIXA AS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCICIO DO ANO 2003.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2190/projeto_de_resolucao_003-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2190/projeto_de_resolucao_003-2002.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICIPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA-ES.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2191/projeto_de_resolucao_004-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2191/projeto_de_resolucao_004-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 9º E 13º DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA-ES.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>CLEMENTINO BARTH - PSDB, na condição de vereador da Câmara Municipal de Santa Leopoldina, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem respeitosamente, á emérita presença de Vossa Excelência, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, a fim de reiterar os termos da Indicação nº 063/2001, que trata da necessidade da ampliação da largura da ponte localizada na estrada principal da Comunidade de Rio da Prata, neste Município, devendo ser colocada mais uma viga de sustentação na mesma.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1856/requerimento_003-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1856/requerimento_003-2002.pdf</t>
   </si>
   <si>
     <t>JOMAR FREDERICI SOBRINHO - PSB, na condição de vereador da Câmara Municipal de Santa Leopoldina, com fundamento no artigo 71, do Regimento Interno desta Casa de Leis, vem, respeitosamente, á emérita presença de Vossa Excelência, REQUERER licença do exercício de seu mandato, pelo prazo de 180 dias, a partir de 1º de abril do corrente ano, para tratar de interesses particulares, conforme lhe faculta o artigo 21, inciso IV, da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>Sebastião José Siller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1857/requerimento_004-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1857/requerimento_004-2002.pdf</t>
   </si>
   <si>
     <t>SEBASTIÃO JOSÉ SILLER- PMDB, na condição de vereador desta Augusta Casa de Leis, com base no artigo 168, inciso V, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem respeitosamente, REQUERER seja realizada uma AUDIÊNCIA PÚBLICA, visando a discussão com a população, do PNMT - Programa Nacional de Municipalização do Turismo, a ser realizada no dia 10/04/2002, as 16:00hrs, no Plenário Rosalina Ribeiro Nunes.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1858/requerimento_005-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1858/requerimento_005-2002.pdf</t>
   </si>
   <si>
     <t>SEBASTIÃO JOSÉ SILLER - PMDB, na condição de vereador da Câmara Municipal de Santa Leopoldina, com fundamento no artigo 168, incisos II e III, do Regimento Interno desta Casa de Leis, vem, respeitosamente, REQUERER, seja solicitado ao Exmo. Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, A RELAÇÃO NOMINAL ATUALIZADA DE TODOS OS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL, CONSTANDO OS RESPECTIVOS CARGOS E VENCIMENTOS.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1859/requerimento_006-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1859/requerimento_006-2002.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de vereador da Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 168, do Regimento Interno desta Casa de Leis, vem, á prestimosa presença do V. Exª., REQUERER seja enviado ofício á ESCELSA - ESPÍRITO SANTO CENTRAIS ELÉTRICAS, solicitando a religação das lâmpadas da rede de iluminação pública localizadas na Rua do Funil, na sede do Município.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1860/requerimento_007-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1860/requerimento_007-2002.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, na condição de vereador da Câmara Municipal de Santa Leopoldina, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem, respeitosamente, á emérita presença de Vossa Excelência, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Diretor Geral do Departamento de Estrada e Rodagem do Estado do Espírito Santo - DER/ES, Dr. JORGE HÉLIO LEAL, solicitando a instalação de um redutor de velocidade eletrônica na localidade de Barra de Mangaraí, nesta cidade, na Rodovia que liga o Município de Cariacica a Santa Leopoldina (Rodovia Paulo Nascimento), no trecho compreendido entre os estabelecimentos comerciais do Sr. Abraão Manoel Araujo e o dos Srs. Luiz Piveta e Sival Ferro.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1861/requerimento_008-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1861/requerimento_008-2002.pdf</t>
   </si>
   <si>
     <t>SEBASTIÃO JOSÉ SILLER - PMDB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem, respeitosamente, á emérita presença de Vossa Excelência, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, a fim de reiterar os termos da Indicação nº 003/2001, de autoria do Vereador CLEMENTINO BARTH - PSDB, aprovado na Sessão Ordinária do dia 21 de março de 2001, que trata da necessidade de adquirir uma ambulância para ceder em uso ao Hospital "Nossa Senhora da Penha" (Fundação Médico Assistencial do Trabalhador Rural de Santa Leopoldina).</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1862/requerimento_009-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1862/requerimento_009-2002.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de vereador da Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 168, do Regimento Interno desta Casa de Leis, vem respeitosamente, á emérita presença de Vossa Excelência, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, a fim de reiterar os termos da Indicação nº 067/2001, de sua autoria e do Vereador SEBASTIÃO JOSÉ SILLER (cópia anexa), aprovada na Sessão Ordinária do dia 08 de agosto de 2001, que trata da necessidade de se efetivar limpeza nas imediações do Campo do Moxafongo, situado na Sede do Município e, desde já, solicita a instalação de placas advertindo aos cidadãos quanto a proibição de se jogar lixo e entulho naquele local.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1863/requerimento_010-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1863/requerimento_010-2002.pdf</t>
   </si>
   <si>
     <t>ALFREDO BANKERT - PSDB e SEBASTIÃO JOSÉ SILLER - PMDB, com base no artigo 168, VI, do Regimento Interno desta Augusta Casa de Leis, vem REQUERER seja expedido ofício ao Exmo. Secretário de Estado e Agricultura, DR. FRANCISCO DIOMAR FORZA, a fim de que seja disponibilizado um veículo automotor ao Escritório do IDAF - Instituto de Defesa Agropecuário e Florestal em Santa Leopoldina/ES.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1864/requerimento_011-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1864/requerimento_011-2002.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, na condição de vereador da Câmara Municipal de Santa Leopoldina, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem, respeitosamente, á emérita presença de Vossa Excelência, REQUERER que, após tramitação de estilo, seja encaminhado ofício á Secretária de Estado de Cultura e Esportes, DRª. CHISUE KAWASHIMA DE SOUZA, reiterando os termos da Indicação nº 080/2001, de autoria do Exmo. Vereador Fernando Castro Rocha, bem como solicitando maior celebridade na viabilização da reforma do Museu do Colono, neste Município.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1865/requerimento_012-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1865/requerimento_012-2002.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, na condição de vereador da Câmara Municipal de Santa Leopoldina, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem, respeitosamente, á prestimosa presença de Vossa Excelência, REQUERER seja encaminhado ofício ao Exmo. Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, solicitando o retorno, na medida das possibilidades da Administração Pública Municipal, do transporte de alunos universitários matriculados em instituições de ensino superior das cidades de Vitória/ES, Santa Maris/ES e Santa Teresa/ES.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1866/requerimento_013-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1866/requerimento_013-2002.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de vereador da Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 168, do Regimento Interno desta Casa de Leis, vem respeitosamente, á emérita presença de Vossa Excelência, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, reiterando os termos da Indicação nº 004/2002, aprovada por unanimidade na Sessão Ordinária do dia 26 de março do corrente ano (cópia anexa), que trata da necessidade de estabelecer entendimento junto a Empresa Gaia Importação e Exportação Ltda., a fim de que seja restituída ao uso público, uma área de 2.156 m2 (dois mil, cento e cinquenta e seis metros quadrados ) aproximadamente, situada no Campo Moxafongo, encaminhando-se, se preciso for, Projeto de Lei a este Parlamento Municipal.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1867/requerimento_014-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1867/requerimento_014-2002.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com fundamento no artigo 168, III , do Regimento Interno desta Augusta Casa de Leis, vem, respeitosamente, á emérita presença de Vossa Excelência, REQUERER seja encaminhado ofício ao Exmo. Prefeito Municipal, a fim de informar o total da dívida pendente do Município, empenhadas ou não, com fornecedores e prestadores de serviços até a data de atendimento deste pedido, constando a relação nominal dos credores, com a discriminação dos respectivos valores.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1868/requerimento_016-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1868/requerimento_016-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo subscritos, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMDB, com fundamento no artigo 168, do regimento Interno da Câmara Municipal de Santa Leopoldina/ES, vem, respeitosamente, requerer sejam encaminhados ofício ao Governador do Estado do Espírito Santo, DR. PAULO HARTUNG , e ao Diretor Geral do DERTES - Departamento de Edificações, Rodovias e Transporte do Estado do Espírito Santo, DR. JORGE HÉLIO LEAL, solicitando em caráter de urgência, providência no sentido de realizar reparos na Rodovia 080 (Paulo Nascimento) - liga Santa Leopoldina ao Município de Cariacica-, com vistas a eliminar os inúmeros buracos existentes ao longo de todo o seu percurso.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1869/requerimento_017-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1869/requerimento_017-2002.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA (Sem Partido), na condição de Vereador desta Augusta Casa de Leis, com fundamento no artigo 168, inciso II, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, vem, respeitosamente, requerer seja solicitado ao Exmº. Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, providências no sentido de exigir das Farmácias e Drogarias localizadas na Sede do Município, a realização de plantão, em sistema de rodízio para atendimento ininterrupto aos cidadãos, nos termos do Decreto Municipal nº 073, de 11 de abril de 2002.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1870/requerimento_018-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1870/requerimento_018-2002.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de vereador da Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 168, do Regimento Interno desta Casa de Leis, vem respeitosamente, á emérita presença de Vossa Excelência, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, reiterando os termos da Indicação nº 064/2001, aprovado á unanimidade na Sessão Ordinária do dia 01 de agosto de 2001 (cópia anexa), que trata da necessidade de construir ao lado do portão principal do Ginásio de Esportes da Sede, um espaço para ser usado como bar e lanchonete em eventos beneficentes, ressaltando-se que o acesso ao aludido ambiente deverá ser viabilizado tão somente no interior do ginásio em referência.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1871/requerimento_019-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1871/requerimento_019-2002.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de vereador da Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 168, do Regimento Interno desta Casa de Leis, vem respeitosamente, á emérita presença de Vossa Excelência, REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, reiterando os termos da Indicação nº 094/2001, aprovado á unanimidade na Sessão Ordinária do dia 07 de novembro de 2001 (cópia anexa), que trata da necessidade de reforma e ampliação do vestuário do Campo de Futebol de Moxafongo, bem como a construção de banheiros públicos naquele local, observando-se os padrões das edificações ali existentes.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1872/requerimento_020-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1872/requerimento_020-2002.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de vereador da Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem respeitosamente, requerer seja solicitado ao Exmº. Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, a regulamentação da Lei nº 1016, de 07 de junho de 2002, que dispõe sobre o cadastro de animais domésticos, sua identificação , trânsito pelos logradouros públicos e proteção contra danos á pessoa humana e seu patrimônio e dá outras providências.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1873/requerimento_021-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1873/requerimento_021-2002.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA (Sem Partido), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com fundamento no artigo 168, incisos II e III, do Regimento Interno desta Casa de Legislativa c/c o § 1º do artigo 115 da Lei Orgânica do Município, vem respeitosamente, á presença de V. Exª., requerer seja encaminhado ofício ao Exmo. Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, solicitando cópias de todos os Decretos e Portarias baixados pelo Poder Executivo local a partir de 1º de junho do corrente ano.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1874/requerimento_022-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1874/requerimento_022-2002.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA (Sem Partido), na condição de Vereador desta Augusta Casa de Leis, com base no artigo 168, inciso II, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, vem, respeitosamente requerer seja solicitado ao Exmº. Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, providências no sentido de publicar no órgão competente e enviar á Câmara Municipal, os relatórios dos três últimos semestres, constando os gastos com publicidade da administração direta e indireta, para fins de averiguação do §1º do artigo 37 da Constituição Federal.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1875/requerimento_024-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1875/requerimento_024-2002.pdf</t>
   </si>
   <si>
     <t>FERNANDO CASTRO ROCHA - PPS, na condição de Vereador desta Augusta Casa de Leis, vem respeitosamente á presença de V. Exª., REQUERER com fundamento no artigo 168, incisos III, do Regimento Interno da Câmara Municipal e artigo 16, incisos IX da Lei Orgânica Municipal, que encaminhe ofício ao Exmº. Prefeito Municipal, solicitando cópia de todos Contratos Administrativos firmados pelo Município de abril a novembro de 2002.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1876/requerimento_025-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1876/requerimento_025-2002.pdf</t>
   </si>
   <si>
     <t>FERNANDO CASTRO ROCHA - PPS, na condição de Vereador desta Casa de Leis, vem respeitosamente, á presença de V. Exª., REQUERER com fundamento no artigo 168, inciso III, do Regimento Interno da Câmara Municipal e artigo 16, inciso IX da Lei Orgânica do Município, que encaminhe ofício ao Exmº. Prefeito Municipal, solicitando cópia dos Relatórios de Gestão Fiscal previstos pela Lei de Responsabilidade Fiscal do ano de 2002, onde constam informações sobre despesas de pessoal do Município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1877/requerimento_026-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1877/requerimento_026-2002.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA (S/Partido), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com fundamento no artigo 168, inciso III, do Regimento Interno c/c o §1º do artigo 115 da Lei Orgânica do Município, vem, respeitosamente, á presença de V. Exª., REQUERER seja encaminhado ao Exmº Prefeito Municipal, SR. IDEMAR JAIR ENTRINGER, solicitando cópia de todas as peças do Processo Administrativo relativo ao loteamento "Parque Leopoldina".</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1634/mocao_de_pesar_no_001-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1634/mocao_de_pesar_no_001-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ALFREDO LEPPAUS, VICE-PREFEITO, ocorrido no dia 04 de janeiro de 2002_x000D_
 .</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1640/mocao_de_pesar_no_002-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1640/mocao_de_pesar_no_002-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ADOLFO GERMANO FREDERICO EDUARDO ACHRAN- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. PAULA EMILIA H. B. SCHRAM, ocorrido no dia 04 de janeiro de 2002 .</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1641/mocao_de_pesar_no_003-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1641/mocao_de_pesar_no_003-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ILMA DIAS DE MELO, ocorrido no dia 09 de fevereiro de 2002 .</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1642/mocao_de_pesar_no_004-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1642/mocao_de_pesar_no_004-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ILÁRIO STEINER- OMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSÉ JUSTINO TAVARES, ocorrido no dia 14 de fevereiro de 2002 .</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>Carlos França</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1643/mocao_de_pesar_no_005-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1643/mocao_de_pesar_no_005-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador LUIZ CARLOS FRANÇA- PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. HILÁRIO THOMAS MULLER, ocorrido no dia 03 de janeiro de 2002 .</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1644/mocao_de_pesar_no_006-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1644/mocao_de_pesar_no_006-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SCHULTZ LEPPAUS- PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. CECÍLIA BLANK JEAKEL, ocorrido no dia 01 de março de 2002 .</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1645/mocao_de_pesar_no_007-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1645/mocao_de_pesar_no_007-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOMAR FEDERECI SOBRINHO - PSB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ALVINA VORPAGEL LICHTENHELD, ocorrido no dia 04 de março de 2002 .</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1646/mocao_de_pesar_no_008-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1646/mocao_de_pesar_no_008-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador SEBASTIÃO JOSÉ SILLER- PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. DARLI SANTOS SIMON, ocorrido no dia 08 de março de 2002 .</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1647/mocao_de_pesar_no_009-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1647/mocao_de_pesar_no_009-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador SEBASTIÃO JOSÉ SILLER - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. EMILIO EDUARDO FREDERICO SYRING, ocorrido no dia 11 de março de 2002 .</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1648/mocao_de_pesar_no_010-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1648/mocao_de_pesar_no_010-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LEANDRO DA PENHA BOGUSKI, ocorrido no dia 16 de março de 2002 .</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1649/mocao_de_pesar_no_011-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1649/mocao_de_pesar_no_011-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores SEBASTIÃO JOSÉ SILLER e JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ARISTEU OCTÁVIO ENTRINGER, ocorrido no dia 03 de abril de 2002 .</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1650/mocao_de_pesar_no_012-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1650/mocao_de_pesar_no_012-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. VALTER NUNES JÚNIOR, ocorrido no dia 07 de abril de 2002 .</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1651/mocao_de_pesar_no_013-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1651/mocao_de_pesar_no_013-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SCHULTZ LEPPAUS- PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. SANDRA DAS GRAÇAS VICTOR, ocorrido no dia 12 de abril de 2002 .</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1652/mocao_de_pesar_no_014-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1652/mocao_de_pesar_no_014-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA- PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. IRACY THEBALDI SOARES, ocorrido no dia 27 de abril de 2002 .</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1653/mocao_de_pesar_no_015-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1653/mocao_de_pesar_no_015-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores SEBASTIÃO JOSÉ SILLER- PMDB e ANGELA MARIA SCHULTZ LEPPAUS - PMDB , vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. CHRISTIANO GONORING, ocorrido no dia 04 de maio de 2002 .</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1654/mocao_de_pesar_no_016-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1654/mocao_de_pesar_no_016-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL - PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ELIAS GENTIL SCHAEFFER, ocorrido no dia 10 de maio de 2002 .</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1655/mocao_de_pesar_no_017-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1655/mocao_de_pesar_no_017-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ARMINDA BALBINA MIRANDA SOARES, ocorrido no dia 12 de maio de 2002 .</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1656/mocao_de_pesar_no_018-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1656/mocao_de_pesar_no_018-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JÚLIO CÉZAR PEREIRA, ocorrido no dia 21 de maio de 2002 .</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1657/mocao_de_pesar_no_019-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1657/mocao_de_pesar_no_019-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. BERTHA BRAUN LAURETT, ocorrido no dia 17 de maio de 2002 .</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1658/mocao_de_pesar_no_020-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1658/mocao_de_pesar_no_020-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA , vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. HULDA JONAS MAYER, ocorrido no dia 24 de maio de 2002 .</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1659/mocao_de_pesar_no_021-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1659/mocao_de_pesar_no_021-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. CAIO VENTURINI SIMONASSI, ocorrido no dia 01 de junho de 2002 .</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1660/mocao_de_pesar_no_022-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1660/mocao_de_pesar_no_022-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN e CLEMENTINO BARTH - PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. MARIO PINTO NASCIMENTO, ocorrido no dia 02 de junho de 2002 .</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1661/mocao_de_pesar_no_023-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1661/mocao_de_pesar_no_023-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ALEXANDRA ENDRINGER, ocorrido no dia 02 de junho de 2002 .</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1662/mocao_de_pesar_no_024-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1662/mocao_de_pesar_no_024-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. GERALDO PEREIRA, ocorrido no dia 15 de junho de 2002 .</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1663/mocao_de_pesar_no_025-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1663/mocao_de_pesar_no_025-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ADOLFO GERMANO FREDERICO EDUARDO ACHRAM - PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. FREDOLINA GRONER SCHNEIDER, ocorrido no dia 17 de junho de 2002 .</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1665/mocao_de_pesar_no_026-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1665/mocao_de_pesar_no_026-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador LUIZ CARLOS BROEDEL FRANÇA - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. DOLORES REINHOLZ PORTO, ocorrido no dia 21 de julho de 2002 .</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1666/mocao_de_pesar_no_027-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1666/mocao_de_pesar_no_027-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador LUIZ CARLOS BROEDEL FRANÇA - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ZINALDO FACCO, ocorrido no dia 07 de agosto de 2002 .</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1667/mocao_de_pesar_no_028-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1667/mocao_de_pesar_no_028-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador SEBASTIÃO JOSÉ SILLER - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. GERTRUDES MARQUES, ocorrido no dia 12 de agosto de 2002 .</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1668/mocao_de_pesar_no_029-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1668/mocao_de_pesar_no_029-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. SEBASTIÃO JOSÉ SILLER, ocorrido no dia 21 de agosto de 2002 .</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1669/mocao_de_pesar_no_030-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1669/mocao_de_pesar_no_030-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH - PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. IDA WALGNER BATZEL, ocorrido no dia 22 de agosto de 2002 .</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1670/mocao_de_pesar_no_031-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1670/mocao_de_pesar_no_031-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL- PSDB vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ALBERTO KRAUSE, ocorrido no dia 25 de agosto de 2002 .</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1671/mocao_de_pesar_no_032-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1671/mocao_de_pesar_no_032-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento de ORLANDO CRUZ MENDONÇA, LAURA SOUZA CALLOT, NICOLAU PAGUNG, MARIA DE LOURDES CRUZ PAGUNG, LUCIANA PAGUNG e FABIANA PAGUNG, ocorrido no dia 08 de agosto de 2002 .</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1672/mocao_de_pesar_no_033-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1672/mocao_de_pesar_no_033-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MARIA ELISA STANGE HERBST, ocorrido no dia 27 de agosto de 2002 .</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1673/mocao_de_pesar_no_034-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1673/mocao_de_pesar_no_034-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador LUIZ CARLOS BROEDEL FRANÇA- PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ANTONIO MULLER, ocorrido no dia 22 de setembro de 2002 .</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1674/mocao_de_pesar_no_035-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1674/mocao_de_pesar_no_035-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. MARTINO ALBERTO BRUM, ocorrido no dia 27 de setembro de 2002 .</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1675/mocao_de_pesar_no_036-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1675/mocao_de_pesar_no_036-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ALFREDO CAMPOS, ocorrido no dia 30 de setembro de 2002 .</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1676/mocao_de_pesar_no_037-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1676/mocao_de_pesar_no_037-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. HENRIQUE CALLOT, ocorrido no dia 30 de setembro de 2002 .</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1677/mocao_de_pesar_no_038-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1677/mocao_de_pesar_no_038-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. CLEMENTINO TRANCOSO PASSOS, ocorrido no dia 01 de outubro de 2002 .</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1678/mocao_de_pesar_no_039-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1678/mocao_de_pesar_no_039-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LUIZ JOÃO MANHERT, ocorrido no dia 01 de outubro de 2002 .</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1679/mocao_de_pesar_no_040-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1679/mocao_de_pesar_no_040-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. CANDIDO ALVES AGUIAR, ocorrido no dia 13 de outubro de 2002 .</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1680/mocao_de_pesar_no_041-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1680/mocao_de_pesar_no_041-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. LÚCIA SUNDERHUSS SILLER, ocorrido no dia 17 de outubro de 2002 .</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1681/mocao_de_pesar_no_042-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1681/mocao_de_pesar_no_042-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH - PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MATHILDE SAAGER, ocorrido no dia 17 de outubro de 2002 .</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1682/mocao_de_pesar_no_043-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1682/mocao_de_pesar_no_043-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SCHULTZ LEPPAUS - PMDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ASCENDIDO CALLOT, ocorrido no dia 25 de outubro de 2002 .</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1683/mocao_de_pesar_no_044-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1683/mocao_de_pesar_no_044-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. VITÁLIA COZER, ocorrido no dia 05 de novembro de 2002 .</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1685/mocao_de_pesar_no_046-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1685/mocao_de_pesar_no_046-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSÉ HELENA DE PAULA, ocorrido no dia 13 de novembro de 2002 .</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1686/mocao_de_pesar_no_047-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1686/mocao_de_pesar_no_047-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSÉ BENEDITO FELISBERTO, ocorrido no dia 18 de novembro de 2002 .</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Alfredo Bankert</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1687/mocao_de_pesar_no_048-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1687/mocao_de_pesar_no_048-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ALFREDO BANKERT - PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. IDA OTT VORPAGEL, ocorrido no dia 04 de novembro de 2002 .</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1688/mocao_de_pesar_no_049-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1688/mocao_de_pesar_no_049-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador FERNANDO CASTRO ROCHA - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FRANCISCO JOSÉ MAYER, ocorrido no dia 26 de novembro de 2002 .</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1689/mocao_de_pesar_no_050-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1689/mocao_de_pesar_no_050-2002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH - PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LUCIANO LEPPAUS, ocorrido no dia 03 de dezembro de 2002 .</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>MoC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1633/mocao_de_congratulacao_no_001-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1633/mocao_de_congratulacao_no_001-2002.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por intermédio de seus Vereadores, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE- PMDB, manifesta suas congratulações ao representante do Ministério Público Estadual atuante nesta Comarca, DR. ROBERTO SILVEIRA SILVA, e ao Sargento JOSÉ ÁLVARO CORRÊA, do 7º BPM/Santa Leopoldina, tendo em vista a bem sucedida operação ocorrida na localidade de Califórnia, no mês de Dezembro de 2001, neste Município, que resultou na apreensão de 300 (trezentos) pés de maconha, 18 quilos de maconha prensada e na prisão dos envolvidos.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1635/mocao_de_congratulacao_no_002-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1635/mocao_de_congratulacao_no_002-2002.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por intermédio de seus Vereadores, em especial o Vereador MARCOS ADRIANO RAUTA, manifesta suas congratulações a pessoa do repórter FEDERICO NICOLAI, da Rede Gazeta de Televisão, pela brilhante cobertura do II Radical Fest, nos programas Globo Esporte e Em Movimento (Edição Estadual), que foram ao ar, respectivamente, nas datas de 15 de julho e 20 de julho do ano em curso.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1636/mocao_de_congratulacao_no_003-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1636/mocao_de_congratulacao_no_003-2002.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por intermédio de seus Vereadores, em especial o Vereador MARCOS ADRIANO RAUTA, manifesta suas congratulações as educadoras ROSALI RAUTA SILLER e ELIETE FACCO KRAUSE, pela participação no V ENCONTRO INTERNACIONAL DA EDUCAÇÃO INICIAL E PRÉ-ESCOLAR, realizado na cidade de Havana, em Cuba, no período de 08 a 12 de julho do corrente, que propiciou o intercâmbio e a discussão de experiências latino-americanas na Educação Infantil.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1637/mocao_de_congratulacao_no_004-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1637/mocao_de_congratulacao_no_004-2002.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por intermédio de seus Vereadores, em especial o Vereador FERNANDO CASTRO ROCHA- PPS, manifesta suas congratulações em favor do MOVIMENTO FAMILIAR CRISTÃO -MFC e IGREJA CATÓLICA DE SANTA LEOPOLDINA, através de seus coordenadores e membros pela realização do 1º Casamento COMUNITÁRIO COLETIVO DE SANTA LEOPOLDINA com 25 casais do Município.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1638/mocao_de_congratulacao_no_005-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1638/mocao_de_congratulacao_no_005-2002.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por intermédio de seus Vereadores, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE- PMDB, manifesta suas congratulações e agradecimentos ao SR. HELMUT MEYERFREUND, Cônsul Honorário da República Federal da Alemanha, pela doação de uma ambulância ao Hospital Nossa Senhora da Penha(Fundação Médico Assistencial dos Trabalhadores Rurais de Santa Leopoldina), localizado neste Município.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1639/mocao_de_congratulacao_no_006-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1639/mocao_de_congratulacao_no_006-2002.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina, por intermédio de seus Vereadores, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE- PMDB, manifesta suas congratulações em favor do aluno JEFFERSON RODRIGUES, da 2ª série "A"do Ensino Médio da Escola de 1º e 2º Graus Alice Holzmeister, do Diretor daquele Estabelecimento Educacional, Sr. EVALDO LEPPAUS e das Professoras ANA MARIA ROPKE DA SILVA, CLAUDETE GAIBA e demais educadores, pelo êxito obtido junto ao projeto "OLHAR DIGITAL": REDESCOBRINDO O ESPÍRITO SANTO" - da inciativa da SEDU, PROINFO/ES, JVC e APLLE informática - com a premiação de primeiro lugar da categoria 3, tendo em vista o vídeo produzido sobre o Município, destacando aspectos históricos, culturais e turísticos.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>MoR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1664/mocao_de_repudio_no_001-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1664/mocao_de_repudio_no_001-2002.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina/ES, por intermédio dos Vereadores abaixo assinados, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMDB, com base no artigo 170 do Regimento Interno Desta Casa de Leis, manifesta seu REPÚDIO especificamente em relação á ação da Polícia Civil no caso do assalto ao empresário leopoldinense, SR. EUGÊNIO CARLOS PITTOL, ocorrido no dia 15 de junho do corrente, que resultou na liberação de dois integrantes da quadrilha responsável pelo fato criminoso em referência, em virtude da greve articulada pelo Sindicato dos Policiais Civis do Espírito Santo.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1684/mocao_de_repudio_no_045-2002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1684/mocao_de_repudio_no_045-2002.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina/ES, por intermédio de seus Vereadores, em especial o Vereador JOMAR FEDERICI SOBRINHO - PSB, manifesta REPÚDIO ao processo de Privatização do Banco do Estado do Espírito Santo - BANESTES, promovido pela Administração do Governo JOSÉ IGNÁCIO FERREIRA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1573,67 +1573,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/966/indicacao_001-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/967/indicacao_002-2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/968/indicacao_003-2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/969/indicacao_004-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/970/indicacao_005-2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/971/indicacao_006-2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/972/indicacao_007-2002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/973/indicacao_008-2002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/974/indicacao_009-2002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/975/indicacao_010-2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/976/indicacao_012-2002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/977/indicacao_013-2002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/978/indicacao_014-2002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/979/indicacao_015-2002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/980/indicacao_016-2002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/981/indicacao_017-2002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/990/indicacao_018-2002.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/421/pem_01-2002.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/420/pem_02-2002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/419/pem_03-2002.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2188/projeto_de_resolucao_001-2002.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2189/projeto_de_resolucao_002-2002.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2190/projeto_de_resolucao_003-2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2191/projeto_de_resolucao_004-2002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1856/requerimento_003-2002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1857/requerimento_004-2002.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1858/requerimento_005-2002.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1859/requerimento_006-2002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1860/requerimento_007-2002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1861/requerimento_008-2002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1862/requerimento_009-2002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1863/requerimento_010-2002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1864/requerimento_011-2002.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1865/requerimento_012-2002.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1866/requerimento_013-2002.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1867/requerimento_014-2002.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1868/requerimento_016-2002.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1869/requerimento_017-2002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1870/requerimento_018-2002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1871/requerimento_019-2002.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1872/requerimento_020-2002.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1873/requerimento_021-2002.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1874/requerimento_022-2002.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1875/requerimento_024-2002.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1876/requerimento_025-2002.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1877/requerimento_026-2002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1634/mocao_de_pesar_no_001-2002.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1640/mocao_de_pesar_no_002-2002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1641/mocao_de_pesar_no_003-2002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1642/mocao_de_pesar_no_004-2002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1643/mocao_de_pesar_no_005-2002.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1644/mocao_de_pesar_no_006-2002.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1645/mocao_de_pesar_no_007-2002.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1646/mocao_de_pesar_no_008-2002.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1647/mocao_de_pesar_no_009-2002.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1648/mocao_de_pesar_no_010-2002.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1649/mocao_de_pesar_no_011-2002.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1650/mocao_de_pesar_no_012-2002.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1651/mocao_de_pesar_no_013-2002.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1652/mocao_de_pesar_no_014-2002.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1653/mocao_de_pesar_no_015-2002.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1654/mocao_de_pesar_no_016-2002.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1655/mocao_de_pesar_no_017-2002.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1656/mocao_de_pesar_no_018-2002.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1657/mocao_de_pesar_no_019-2002.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1658/mocao_de_pesar_no_020-2002.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1659/mocao_de_pesar_no_021-2002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1660/mocao_de_pesar_no_022-2002.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1661/mocao_de_pesar_no_023-2002.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1662/mocao_de_pesar_no_024-2002.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1663/mocao_de_pesar_no_025-2002.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1665/mocao_de_pesar_no_026-2002.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1666/mocao_de_pesar_no_027-2002.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1667/mocao_de_pesar_no_028-2002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1668/mocao_de_pesar_no_029-2002.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1669/mocao_de_pesar_no_030-2002.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1670/mocao_de_pesar_no_031-2002.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1671/mocao_de_pesar_no_032-2002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1672/mocao_de_pesar_no_033-2002.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1673/mocao_de_pesar_no_034-2002.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1674/mocao_de_pesar_no_035-2002.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1675/mocao_de_pesar_no_036-2002.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1676/mocao_de_pesar_no_037-2002.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1677/mocao_de_pesar_no_038-2002.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1678/mocao_de_pesar_no_039-2002.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1679/mocao_de_pesar_no_040-2002.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1680/mocao_de_pesar_no_041-2002.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1681/mocao_de_pesar_no_042-2002.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1682/mocao_de_pesar_no_043-2002.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1683/mocao_de_pesar_no_044-2002.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1685/mocao_de_pesar_no_046-2002.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1686/mocao_de_pesar_no_047-2002.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1687/mocao_de_pesar_no_048-2002.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1688/mocao_de_pesar_no_049-2002.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1689/mocao_de_pesar_no_050-2002.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1633/mocao_de_congratulacao_no_001-2002.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1635/mocao_de_congratulacao_no_002-2002.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1636/mocao_de_congratulacao_no_003-2002.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1637/mocao_de_congratulacao_no_004-2002.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1638/mocao_de_congratulacao_no_005-2002.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1639/mocao_de_congratulacao_no_006-2002.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1664/mocao_de_repudio_no_001-2002.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1684/mocao_de_repudio_no_045-2002.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/966/indicacao_001-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/967/indicacao_002-2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/968/indicacao_003-2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/969/indicacao_004-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/970/indicacao_005-2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/971/indicacao_006-2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/972/indicacao_007-2002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/973/indicacao_008-2002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/974/indicacao_009-2002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/975/indicacao_010-2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/976/indicacao_012-2002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/977/indicacao_013-2002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/978/indicacao_014-2002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/979/indicacao_015-2002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/980/indicacao_016-2002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/981/indicacao_017-2002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/990/indicacao_018-2002.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/421/pem_01-2002.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/420/pem_02-2002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/419/pem_03-2002.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2188/projeto_de_resolucao_001-2002.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2189/projeto_de_resolucao_002-2002.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2190/projeto_de_resolucao_003-2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/2191/projeto_de_resolucao_004-2002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1856/requerimento_003-2002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1857/requerimento_004-2002.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1858/requerimento_005-2002.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1859/requerimento_006-2002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1860/requerimento_007-2002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1861/requerimento_008-2002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1862/requerimento_009-2002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1863/requerimento_010-2002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1864/requerimento_011-2002.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1865/requerimento_012-2002.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1866/requerimento_013-2002.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1867/requerimento_014-2002.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1868/requerimento_016-2002.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1869/requerimento_017-2002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1870/requerimento_018-2002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1871/requerimento_019-2002.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1872/requerimento_020-2002.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1873/requerimento_021-2002.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1874/requerimento_022-2002.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1875/requerimento_024-2002.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1876/requerimento_025-2002.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1877/requerimento_026-2002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1634/mocao_de_pesar_no_001-2002.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1640/mocao_de_pesar_no_002-2002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1641/mocao_de_pesar_no_003-2002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1642/mocao_de_pesar_no_004-2002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1643/mocao_de_pesar_no_005-2002.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1644/mocao_de_pesar_no_006-2002.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1645/mocao_de_pesar_no_007-2002.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1646/mocao_de_pesar_no_008-2002.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1647/mocao_de_pesar_no_009-2002.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1648/mocao_de_pesar_no_010-2002.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1649/mocao_de_pesar_no_011-2002.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1650/mocao_de_pesar_no_012-2002.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1651/mocao_de_pesar_no_013-2002.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1652/mocao_de_pesar_no_014-2002.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1653/mocao_de_pesar_no_015-2002.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1654/mocao_de_pesar_no_016-2002.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1655/mocao_de_pesar_no_017-2002.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1656/mocao_de_pesar_no_018-2002.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1657/mocao_de_pesar_no_019-2002.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1658/mocao_de_pesar_no_020-2002.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1659/mocao_de_pesar_no_021-2002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1660/mocao_de_pesar_no_022-2002.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1661/mocao_de_pesar_no_023-2002.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1662/mocao_de_pesar_no_024-2002.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1663/mocao_de_pesar_no_025-2002.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1665/mocao_de_pesar_no_026-2002.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1666/mocao_de_pesar_no_027-2002.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1667/mocao_de_pesar_no_028-2002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1668/mocao_de_pesar_no_029-2002.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1669/mocao_de_pesar_no_030-2002.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1670/mocao_de_pesar_no_031-2002.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1671/mocao_de_pesar_no_032-2002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1672/mocao_de_pesar_no_033-2002.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1673/mocao_de_pesar_no_034-2002.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1674/mocao_de_pesar_no_035-2002.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1675/mocao_de_pesar_no_036-2002.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1676/mocao_de_pesar_no_037-2002.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1677/mocao_de_pesar_no_038-2002.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1678/mocao_de_pesar_no_039-2002.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1679/mocao_de_pesar_no_040-2002.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1680/mocao_de_pesar_no_041-2002.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1681/mocao_de_pesar_no_042-2002.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1682/mocao_de_pesar_no_043-2002.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1683/mocao_de_pesar_no_044-2002.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1685/mocao_de_pesar_no_046-2002.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1686/mocao_de_pesar_no_047-2002.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1687/mocao_de_pesar_no_048-2002.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1688/mocao_de_pesar_no_049-2002.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1689/mocao_de_pesar_no_050-2002.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1633/mocao_de_congratulacao_no_001-2002.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1635/mocao_de_congratulacao_no_002-2002.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1636/mocao_de_congratulacao_no_003-2002.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1637/mocao_de_congratulacao_no_004-2002.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1638/mocao_de_congratulacao_no_005-2002.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1639/mocao_de_congratulacao_no_006-2002.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1664/mocao_de_repudio_no_001-2002.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2002/1684/mocao_de_repudio_no_045-2002.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="159.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>