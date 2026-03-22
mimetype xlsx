--- v0 (2026-02-01)
+++ v1 (2026-03-22)
@@ -54,848 +54,848 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ILÁRIO STEINER</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/920/indicacao_001-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/920/indicacao_001-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER - PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construir um muro nos fundos da área adquirida para a construção de uma Mini-Rodoviária, localizada na Av. Prefeito Hélio Rocha, centro, ao lado do Posto Beira Rio, neste Município.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/921/indicacao_002-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/921/indicacao_002-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER - PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, em caráter de URGÊNCIA,  a necessidade de realização dos seguintes serviços:_x000D_
 - Patrolamento nas estradas das Comunidades Três Pontes e Regência, em especial nos trechos que passam pela localidade de "Escutador" e por "Pedrinhas", que vai até o Município de Cariacica/ ES._x000D_
 - A construção de "cabeças" de bueiro nas estradas da Comunidade de Regência.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Waldemar Robers Lass</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador WALDEMAR ROBERS LAAS- PMDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de cascalhamento na estrada Franz Bawer, que liga as Comunidades de Holandinha, Tirol, Califórnia e Boqueirão do Thomas - com início no final do calçamento da Comunidade de Bragança até o fim do percurso da via pública ora referida - principalmente no trecho em frente a Pousada Pau a Pique.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Arnaldo Frederido Nickel</t>
   </si>
   <si>
     <t>O Vereador ARNALDO FREDERICO NICKEL - PSDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de providenciar a iluminação pública do trecho que liga a Rua Bernadino Monteiro até  a Comunidade de Cocal, neste Município.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/924/indicacao_005-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/924/indicacao_005-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador WALDEMAR ROBERS LAAS - PMDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de disponibilizar um Odontologista para atender as Comunidades de Tirol, Califórnia, Boqueirão de Thomas e Holandinha, neste Município.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/925/indicacao_006-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/925/indicacao_006-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador WALDEMAR ROBERS LAAS- PMDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de realizar o cascalhamento da estrada que passa pela Comunidade de Pedra Branca, neste Município.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/926/indicacao_007-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/926/indicacao_007-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construção de um muro de aproximadamente 24 M de extensão e 1,80 M de altura, nos fundos da Escola de Primeiro Grau de Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Roque</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/927/indicacao_008-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/927/indicacao_008-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE - PMN, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de viabilizar, serviços de reparos a fim de normalizar a Rede de Iluminação pública em toda extensão no Bairro Vila Nova, neste Município.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/928/indicacao_009-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/928/indicacao_009-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador WALDEMAR ROBERS LAASS - PMDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de realizar o aterramento em volta do muro existente em torno da Escola e da Igreja Católica de Tirol, neste Município.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/929/indicacao_010-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/929/indicacao_010-2004.pdf</t>
   </si>
   <si>
     <t>A Vereadora ANGELA MARIA SCHULTZ LEPPAUS - PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de reforma da Praça "Dalmácio Nascimento", próximo á Rua Sebastião José Siller, em frente á residência do Sr. Wilson Miranda, na sede deste Município.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Adolfo Shrman</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/930/indicacao_011-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/930/indicacao_011-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador ADOLFO GERMANO FREDERICO EDUARDO SCHRAM - PMN, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de realizar o patrolamento e o cascalhamento nas estradas que atravessam as Comunidades de Suiça, Luxemburgo, Cabeceira de Rio das Farinhas, Pedra Preta, Cabeceira de Luxemburgo, Luxemburgo de Baixo e Ribeirão dos Pardos, na sede deste Município.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/931/indicacao_012-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/931/indicacao_012-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER- PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de providenciar a iluminação do Campo de Futebol de Moxafongo, situado na Sede deste Município.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/932/indicacao_013-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/932/indicacao_013-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER-PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de aquisição de uma perfuratriz, a fim de eliminar as pedras existentes ao longo de algumas estradas do interior do Município.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/933/indicacao_014-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/933/indicacao_014-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA -PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de providenciar a mudança da entrada principal do Ginásio de Esportes para o acesso á Rua Bernardino Monteiro e os Parque da Independência.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/934/indicacao_015-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/934/indicacao_015-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador ARNALDO NICKEL, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de substituição de 02(dois) "mata-burros" na estrada que atravessa a propriedade do Sr. Izidoro Ponath, em Caramuru, neste Município.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Carlos França</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/935/indicacao_016-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/935/indicacao_016-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador LUIZ CARLOS BROEDEL FRANÇA- PDT, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de pavimentar com "solo-brita" toda a área da vila de Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/936/indicacao_017-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/936/indicacao_017-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador VALDEMAR ROBERS LAHAS- PMDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de cascalhamento do trecho da estrada que se estende desde a propriedade do Sr. Augusto Heinoz até a propriedade do Sr. Paulo Endringer, na Comunidade do Tirol, neste Município.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/937/indicacao_018-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/937/indicacao_018-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER-PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de conclusão da construção do Posto de Saúde da Comunidade de Regência, neste Município.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/938/indicacao_019-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/938/indicacao_019-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador LUIZ CARLOS BROEDEL FRANÇA- PDT, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de reabertura da estrada que liga a Comunidade de Mangaraí a Regência , incluindo a construção de uma ponte sobre o Rio Boa Esperança.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/939/indicacao_020-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/939/indicacao_020-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE- PMN , com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de incluir no programa do transporte escolar, para o ano letivo de 20056, junto a Secretaria Municipal de Educação e Esportes, o percurso de 4 km, compreendido entre o asfalto da Rodovia Paulo Nascimento e a propriedade do Sr. Valmir Schimith, na Comunidade de Vargem Grande, neste Município.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/940/indicacao_021-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/940/indicacao_021-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador ADOLFO GERMANO FREDERICO EDUARDO ACHRAN- PMN, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de eliminar os blocos de pedra existentes ás margens da estrada que liga a localidade de Luxemburgo a Tirol e da estrada que passa pelas comunidades de Pedra Preta e Rio das Farinhas, neste Município.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/941/indicacao_022-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/941/indicacao_022-2004.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER-PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade  de construção de um banheiro anexo ao Centro de Educação Especial Raio de Sol, devidamente equipado de acordo com as necessidades dos alunos daquela Instituição.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Alfredo Bankert, Arnaldo Frederido Nickel, José Ferro, Marcos Adriano Rauta, Roque</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/201/pem_05-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/201/pem_05-2004.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 14 DA LEI ORGÂNICA DO MUNICÍPIO DE SANTA LEOPOLDINA/ES.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2182/projeto_de_resolucao_001-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2182/projeto_de_resolucao_001-2004.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 81 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA/ES.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2183/projeto_de_resolucao_002-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2183/projeto_de_resolucao_002-2004.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICIPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA-ES.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2184/projeto_de_resolucao_003-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2184/projeto_de_resolucao_003-2004.pdf</t>
   </si>
   <si>
     <t>FIXA AS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCICIO DO ANO 2005.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1824/requerimento_001-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1824/requerimento_001-2004.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA - PPS, com fundamento no artigo 168, inciso II do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, vem, respeitosamente, á presença de Vossa Excelência, reiterar os termos do Requerimento nº 020/2002, que pede providência visando a regulamentação da Lei 1016/2002, que dispõe sobre o cadastro e trânsito de animais domésticos nos logradouros públicos, tendo em vista que inúmeras pessoas não vêm respeitando a Lei em referência.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1825/requerimento_002-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1825/requerimento_002-2004.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA - PPS, com fundamento no art. 168, incisos II, do Regimento Interno desta Casa de Leis, vem á presença de Vossa Excelência, REQUERER que, após a tramitação regimental, seja encaminhado ofício ao Exmº. Prefeito Municipal, Sr. Fernando Castro Rocha, reiterando os termos do Requerimento nº. 007/2003, aprovado na sessão ordinária de 04.06.2003, que solicita a regularização da situação dos bens públicos municipais, sobretudo imóveis ocupados indevidamente por particulares, tendo em vista que a Administração Pública á época não tomou providências para atender tal pedido.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1826/requerimento_003-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1826/requerimento_003-2004.pdf</t>
   </si>
   <si>
     <t>ILÁRIO STEINER - PP, com fundamento no art. 168, incisos II, do Regimento Interno desta Casa de Leis, vem á presença de Vossa Excelência, REQUERER que, após a tramitação regimental, seja encaminhado ofício ao Exmº. Prefeito Municipal, Sr. Fernando Castro Rocha, reiterando os termos da Indicação nº. 008/2003, aprovado na sessão ordinária de 06.05.2003, que solicita a aquisição de duas estruturas removíveis contendo tabela oficiais de basquete, para serem instaladas no Ginásio de Esportes da Sede do Município, tendo em vista que a Administração Pública á época não tomou providências para atender tal pedido.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1827/requerimento_004-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1827/requerimento_004-2004.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO -PMN, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso II e III, do Regimento Interno do Legislativo Municipal, vem, respeitosamente, requerer que seja solicitado ao Exmo. Prefeito Municipal, DR. FERNANDO CASTRO ROCHA, a relação nominal atualizada, de todos os Servidores Públicos do Poder Executivo Municipal, dividida por secretarias, contendo os respectivos vencimentos, cargos, data de nomeação e , no caso de servidores contratados, especificar os valores e o período de vigência dos contratos.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1828/requerimento_005-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1828/requerimento_005-2004.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE-PMN, na condição de Vereador desta Augusta Casa de Leis, com fundamento no artigo 168, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, vem, respeitosamente, requerer sejam encaminhados ofícios ao Governador do Estado do Espírito Santo, DR. PAULO HARTUNG, ao Diretor Geral do DERTES - Departamento de Edificações, Rodovias e Transportes do Estado do Espírito Santo, DR. EDUARDO ANTONIO MANNATO GIMENES e á Secretária de Estado de Desenvolvimento de Infra Estrutura e dos Transportes, DRª RITA DE CÁSSIA PASTE CAMATA, solicitando em caráter de urgência, providências no sentido de realizar reparos na Rodovia 080 - liga Santa Leopoldina ao Município de Cariacica, com vistas a eliminar os inúmeros buracos existentes ao longo de todo o seu percurso.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1829/requerimento_006-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1829/requerimento_006-2004.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA - PPS, na condição de Vereador da Câmara Municipal de Santa Leopoldina-ES, com fulcro no artigo 168, do Regimento Interno, vem, á presença de V.Exª., Requerer a realização de AUDIÊNCIA PÚBLICA, a fim de discutir com a população a possível instituição da "SEMANA DA ARTE LEOPOLDINENSE", bem como a criação de um espaço cultural para atender músicos, artesãos, artistas plásticos e outros, também para incentivar eventos diversos.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1830/requerimento_007-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1830/requerimento_007-2004.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA -PPS, na condição de Vereador  da Câmara Municipal de Santa Leopoldina/ES, com fundamento no artigo 168 de Regimento Interno, vem, á presença de Vossa Excelência, Requerer seja encaminhado ofício ao Prefeito Municipal, DR. FERNANDO CASTRO ROCHA, solicitando providências no sentido de viabilizar medidas, se necessário encaminhamento de projeto de Lei a esta casa, a fim de proibir o estacionamento de veículos nas Avenidas Prefeito Hélio Rocha e Presidente Vargas, ressalvadas as situações de necessidade para carga e descarga, ambulâncias, corpo de bombeiros, viaturas policiais, órgãos oficiais e outras exceções cabíveis.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1831/requerimento_008-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1831/requerimento_008-2004.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA - PPS, na condição de Vereador da Câmara Municipal de Santa Leopoldina, com fundamento no artigo 168, inciso II, do Regimento Interno, vem á presença de Vossa Excelência, requerer seja encaminhado ofício á SECRETÁRIA MUNICIPAL DE AÇÃO SOCIAL, Sra. MIRIAN MARIA SOUZA PEREIRA, no sentido de solicitar imediatas providências a fim de retirar as pessoas que vêm utilizando como residência o Galpão de propriedade do Município, localizado nas proximidades do Ginásio de Esportes, bem como para abrigá-las em locais com condições de moradias.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>Jomar Federici Sobrinho, Roque</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1832/requerimento_010-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1832/requerimento_010-2004.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONETRIO- ROQUE -PMN e JOMAR FREDERICI SOBRINHO - PDT, Vereadores da Câmara Municipal de Santa Leopoldina, com fulcro no artigo 168, incisos II, do Regimento Interno desta Casa de Legislativa vêm Requerer sejam  solicitadas imediatas providências ao Excelentíssimo Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a fim de realizar um criterioso levantamento acerca do cadastramento das famílias beneficiadas com o programa "Bolsa Família", implementando pelo Governo Federal. E, caso detectadas irregularidades e distorções quanto aos registros daqueles que percebem os valores pertinentes a tal programação social, que sejam levadas a efeito todas as ações necessárias para corrigi-las.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1540/mocao_de_pesar_001-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1540/mocao_de_pesar_001-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ALVINA LAHAS NICKEL, ocorrido no dia 16 de dezembro de 2004.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1541/mocao_de_pesar_002-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1541/mocao_de_pesar_002-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FLORÊNCIO AUGUSTO PONATH, ocorrido no dia 23 de fevereiro de 2004.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1542/mocao_de_pesar_003-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1542/mocao_de_pesar_003-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FREDERICO AUGUSTO RETZ, ocorrido no dia 18 de fevereiro de 2004.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1543/mocao_de_pesar_004-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1543/mocao_de_pesar_004-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ETELVINA PEREIRA FARIAS, ocorrido no dia 29 de fevereiro de 2004.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1545/mocao_de_pesar_006-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1545/mocao_de_pesar_006-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. SOFIA WALKER, ocorrido no dia 16 de março de 2004.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Arnaldo Frederido Nickel</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1546/mocao_de_pesar_007-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1546/mocao_de_pesar_007-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores ARNALDO FREDERICO NICKEL e ANGELA MARIA SCHULTZ LEPPAUS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. MARCELINO SCHAEFFER, ocorrido no dia 23 de dezembro de 2003.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1547/mocao_de_pesar_008-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1547/mocao_de_pesar_008-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. DALILA PONADT CALOT, ocorrido no dia 16 de março de 2004.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1548/mocao_de_pesar_009-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1548/mocao_de_pesar_009-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ADOLFO GERMANO FREDERICO EDUARDO SCHRAN - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JONES JOSÉ ZANETTI, ocorrido no dia 12 de março de 2004.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1549/mocao_de_pesar_010-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1549/mocao_de_pesar_010-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. HELENA KALLOTT MARINS, ocorrido no dia 21 de março de 2004.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>Carlos França, José Ferro</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1550/mocao_de_pesar_011-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1550/mocao_de_pesar_011-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores JOSÉ FERRO - PP e LUIZ CARLOS BROEDEL FRANÇA - PDT  vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. CHRISTIANO MULLER SOBRINHO, ocorrido no dia 31 de março de 2004.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1551/mocao_de_pesar_012-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1551/mocao_de_pesar_012-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LUIZ RECHINELLI, ocorrido no dia 12 de abril de 2004.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1552/mocao_de_pesar_013-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1552/mocao_de_pesar_013-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FRANÇA BETZEL, ocorrido no dia 16 de abril de 2004.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1553/mocao_de_pesar_014-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1553/mocao_de_pesar_014-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. CLARA CORREIA BOGUSKI, ocorrido no dia 06 de maio de 2004.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1554/mocao_de_pesar_015-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1554/mocao_de_pesar_015-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FREDERICO BETZEL, ocorrido no dia 06 de maio de 2004.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1555/mocao_de_pesar_016-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1555/mocao_de_pesar_016-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. PRISCILA PEREIRA ARISTEU, ocorrido no dia 17 de maio de 2004.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1557/mocao_de_pesar_018-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1557/mocao_de_pesar_018-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. WELLINGTON CARVALHO BRAZ, ocorrido no dia 26 de maio de 2004.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1558/mocao_de_pesar_019-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1558/mocao_de_pesar_019-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ALVINA POTRATZ, ocorrido no dia 03 de junho de 2004.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1559/mocao_de_pesar_020-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1559/mocao_de_pesar_020-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MARIA PALSE, ocorrido no dia 13 de junho de 2004.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1560/mocao_de_pesar_021-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1560/mocao_de_pesar_021-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. NELSON PALSE, ocorrido no dia 27 de junho de 2004.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1561/mocao_de_pesar_022-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1561/mocao_de_pesar_022-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. WALDEMAR NICKEL, ocorrido no dia 03 de julho de 2004.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1562/mocao_de_pesar_023-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1562/mocao_de_pesar_023-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSÉ JOBS LAURETH FRANÇA, ocorrido no dia 09 de julho de 2004.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1563/mocao_de_pesar_024-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1563/mocao_de_pesar_024-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ALBERTO GAIBA, ocorrido no dia 14 de julho de 2004.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1564/mocao_de_pesar_025-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1564/mocao_de_pesar_025-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SCHULTZ LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LINUS KUSTER, ocorrido no dia 26 de julho de 2004.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1566/mocao_de_pesar_027-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1566/mocao_de_pesar_027-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ILÁRIO STEINER - PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSÉ BENEDITO FIRME, ocorrido no dia 07 de agosto de 2004.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1567/mocao_de_pesar_028-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1567/mocao_de_pesar_028-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SCHULTZ LEPPAUS-PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. BERTOLDO BERGER, ocorrido no dia 15 de agosto de 2004.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Carlos França, Jomar Federici Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1568/mocao_de_pesar_029-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1568/mocao_de_pesar_029-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores LUIZ CARLOS BROEDEL FRANÇA - PDT e JOMAR FREDERICI SOBRINHO - PDT, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. REINALDO THOMAS, ocorrido no dia 17 de agosto de 2004.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1569/mocao_de_pesar_030-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1569/mocao_de_pesar_030-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOÃO CARLOS KOF, ocorrido no dia 01 de setembro de 2004.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1571/mocao_de_pesar_032-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1571/mocao_de_pesar_032-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. VALDEMAR BARTH, ocorrido no dia 03 de novembro de 2004.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1572/mocao_de_pesar_033-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1572/mocao_de_pesar_033-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. FRANCISCA RANGEL, ocorrido no dia 28 de novembro de 2004.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1573/mocao_de_pesar_034-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1573/mocao_de_pesar_034-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL - PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. BELMIRO STEIN, ocorrido no dia 21 de novembro de 2004.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1574/mocao_de_pesar_035-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1574/mocao_de_pesar_035-2004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- PMN, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. CENILDA QUEIROZ BARBOSA RORIZ, ocorrido no dia 10 de dezembro de 2004.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>MoC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 170 do Regimento Interno desta Casa de Leis, por intermédio de seus Vereadores, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, manifesta suas CONGRATULAÇÕES ao COMANDO DO 7º BATALHÃO DA POLÍCIA MILITAR, ao COMANDO DO BATALHÃO DE TRÂNSITO, em especial ao CABO PM SODRÉ (RG 9666-4) e ao Soldado PM Quintiliano (RG 15147-9), lotados no destacamento de Polícia Militar de Santa Leopoldina (Sede); aos Soldados PM ADMILSON e SILVA, inscritos sob o registros números 13376-4 e 18825-9 respectivamente, lotados no D.P.M. de Barra de Mangaraí, neste Município; ao Cabo EDUARDO (RG 7881-5), ao Soldado DUARTE(RG14441-3) e ao Soldado TRINDADE (RG 16997-1), estes últimos lotados no BPRV - POSTO DE TRÂNSITO DE TRÊS PONTES, pela bem sucedida operação que resultou na captura e prisão dos autores do assalto ocorrido em 02 de janeiro de 2004, no estabelecimento comercial do Srº. ANDERSON RODRIGUES MULLER, locallizado na Av....</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1556/mocao_de_congratulacoes_017-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1556/mocao_de_congratulacoes_017-2004.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 170 do Regimento Interno desta Casa de Leis, por intermédio de seus Vereadores, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, manifesta suas CONGRATULAÇÕES ao GRUPO TEATRAL "ARTE LEOPOLDINENSE", pela brilhante exibição do espetáculo "MUITO MAIS QUE SOL E ÁGUA - UMA SANTA LEOPOLDINA", que teve sua estréia no dia 15 de maio de 2004.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1565/mocao_de_congratulacoes_026-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1565/mocao_de_congratulacoes_026-2004.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 170 do Regimento Interno desta Casa de Leis, por intermédio de seus Vereadores, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, manifesta suas CONGRATULAÇÕES ao SARGENTO DA RESERVA DA POLÍCIA MILITAR JOSÉ ALVARO CORRÊA,  pela atuação marcante e pelos serviços prestados durante o período em que esteve á frente do Comando do Destacamento de Polícia Militar de Santa Leopoldina/ES.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>MoR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1570/mocao_de_pesar_031-2004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1570/mocao_de_pesar_031-2004.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina/ES, por intermédio de seus Vereadores, em especial o Vereador MARCOS ADRIANO RAUTA - PPS, manifesta REPÚDIO em relação á decisão da Empresa ESPÍRITO SANTO CENTRAIS ELÉTRICAS S/A - ESCELSA, que culminou na demissão de dois de seus funcionários, sendo estes os únicos responsáveis pela manutenção da rede de energia elétrica do Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1202,67 +1202,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/920/indicacao_001-2004.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/921/indicacao_002-2004.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/924/indicacao_005-2004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/925/indicacao_006-2004.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/926/indicacao_007-2004.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/927/indicacao_008-2004.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/928/indicacao_009-2004.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/929/indicacao_010-2004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/930/indicacao_011-2004.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/931/indicacao_012-2004.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/932/indicacao_013-2004.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/933/indicacao_014-2004.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/934/indicacao_015-2004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/935/indicacao_016-2004.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/936/indicacao_017-2004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/937/indicacao_018-2004.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/938/indicacao_019-2004.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/939/indicacao_020-2004.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/940/indicacao_021-2004.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/941/indicacao_022-2004.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/201/pem_05-2004.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2182/projeto_de_resolucao_001-2004.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2183/projeto_de_resolucao_002-2004.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2184/projeto_de_resolucao_003-2004.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1824/requerimento_001-2004.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1825/requerimento_002-2004.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1826/requerimento_003-2004.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1827/requerimento_004-2004.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1828/requerimento_005-2004.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1829/requerimento_006-2004.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1830/requerimento_007-2004.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1831/requerimento_008-2004.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1832/requerimento_010-2004.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1540/mocao_de_pesar_001-2004.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1541/mocao_de_pesar_002-2004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1542/mocao_de_pesar_003-2004.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1543/mocao_de_pesar_004-2004.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1545/mocao_de_pesar_006-2004.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1546/mocao_de_pesar_007-2004.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1547/mocao_de_pesar_008-2004.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1548/mocao_de_pesar_009-2004.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1549/mocao_de_pesar_010-2004.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1550/mocao_de_pesar_011-2004.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1551/mocao_de_pesar_012-2004.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1552/mocao_de_pesar_013-2004.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1553/mocao_de_pesar_014-2004.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1554/mocao_de_pesar_015-2004.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1555/mocao_de_pesar_016-2004.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1557/mocao_de_pesar_018-2004.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1558/mocao_de_pesar_019-2004.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1559/mocao_de_pesar_020-2004.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1560/mocao_de_pesar_021-2004.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1561/mocao_de_pesar_022-2004.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1562/mocao_de_pesar_023-2004.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1563/mocao_de_pesar_024-2004.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1564/mocao_de_pesar_025-2004.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1566/mocao_de_pesar_027-2004.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1567/mocao_de_pesar_028-2004.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1568/mocao_de_pesar_029-2004.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1569/mocao_de_pesar_030-2004.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1571/mocao_de_pesar_032-2004.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1572/mocao_de_pesar_033-2004.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1573/mocao_de_pesar_034-2004.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1574/mocao_de_pesar_035-2004.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1556/mocao_de_congratulacoes_017-2004.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1565/mocao_de_congratulacoes_026-2004.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1570/mocao_de_pesar_031-2004.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/920/indicacao_001-2004.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/921/indicacao_002-2004.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/924/indicacao_005-2004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/925/indicacao_006-2004.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/926/indicacao_007-2004.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/927/indicacao_008-2004.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/928/indicacao_009-2004.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/929/indicacao_010-2004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/930/indicacao_011-2004.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/931/indicacao_012-2004.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/932/indicacao_013-2004.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/933/indicacao_014-2004.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/934/indicacao_015-2004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/935/indicacao_016-2004.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/936/indicacao_017-2004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/937/indicacao_018-2004.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/938/indicacao_019-2004.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/939/indicacao_020-2004.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/940/indicacao_021-2004.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/941/indicacao_022-2004.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/201/pem_05-2004.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2182/projeto_de_resolucao_001-2004.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2183/projeto_de_resolucao_002-2004.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/2184/projeto_de_resolucao_003-2004.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1824/requerimento_001-2004.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1825/requerimento_002-2004.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1826/requerimento_003-2004.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1827/requerimento_004-2004.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1828/requerimento_005-2004.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1829/requerimento_006-2004.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1830/requerimento_007-2004.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1831/requerimento_008-2004.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1832/requerimento_010-2004.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1540/mocao_de_pesar_001-2004.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1541/mocao_de_pesar_002-2004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1542/mocao_de_pesar_003-2004.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1543/mocao_de_pesar_004-2004.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1545/mocao_de_pesar_006-2004.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1546/mocao_de_pesar_007-2004.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1547/mocao_de_pesar_008-2004.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1548/mocao_de_pesar_009-2004.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1549/mocao_de_pesar_010-2004.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1550/mocao_de_pesar_011-2004.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1551/mocao_de_pesar_012-2004.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1552/mocao_de_pesar_013-2004.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1553/mocao_de_pesar_014-2004.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1554/mocao_de_pesar_015-2004.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1555/mocao_de_pesar_016-2004.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1557/mocao_de_pesar_018-2004.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1558/mocao_de_pesar_019-2004.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1559/mocao_de_pesar_020-2004.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1560/mocao_de_pesar_021-2004.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1561/mocao_de_pesar_022-2004.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1562/mocao_de_pesar_023-2004.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1563/mocao_de_pesar_024-2004.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1564/mocao_de_pesar_025-2004.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1566/mocao_de_pesar_027-2004.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1567/mocao_de_pesar_028-2004.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1568/mocao_de_pesar_029-2004.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1569/mocao_de_pesar_030-2004.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1571/mocao_de_pesar_032-2004.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1572/mocao_de_pesar_033-2004.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1573/mocao_de_pesar_034-2004.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1574/mocao_de_pesar_035-2004.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1556/mocao_de_congratulacoes_017-2004.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1565/mocao_de_congratulacoes_026-2004.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2004/1570/mocao_de_pesar_031-2004.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="75" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>