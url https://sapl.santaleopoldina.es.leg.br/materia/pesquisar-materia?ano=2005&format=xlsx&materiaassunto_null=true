--- v0 (2026-02-05)
+++ v1 (2026-03-24)
@@ -54,1613 +54,1613 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/866/indicacao_001-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/866/indicacao_001-2005.pdf</t>
   </si>
   <si>
     <t>A Vereadora ANGELA MARIA SCHULTZ LEPPAUS- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade da pavimentação da ladeira na Rua Ricardo Pagung, que dá acesso á comunidade de Bragança, neste Município.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/867/indicacao_002-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/867/indicacao_002-2005.pdf</t>
   </si>
   <si>
     <t>A Vereadora ANGELA MARIA SCHULTZ LEPPAUS- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade da iluminação, reforma e implementação de projeto paisagístico da praça "Dalmacio Nascimento", localizada na Sede do Município.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/868/indicacao_003-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/868/indicacao_003-2005.pdf</t>
   </si>
   <si>
     <t>A Vereadora ANGELA MARIA SCHULTZ LEPPAUS- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de realizar pavimentação do trecho compreendido entre a Rua Vereador Sebastião José Siller e o Campo de Futebol de Moxafongo, neste Município.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/869/indicacao_004-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/869/indicacao_004-2005.pdf</t>
   </si>
   <si>
     <t>A Vereadora ANGELA MARIA SCHULTZ LEPPAUS- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de roçagem nas margens da Rodovia que liga Santa Leopoldina a Santa Maria de Jetibá, até o trecho localizado em frente a propriedade da Srª. Vera Vervloet.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>RUBENS LEPPAUS</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/870/indicacao_005-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/870/indicacao_005-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador RUBENS LEPPAUS- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de ampliação da rede de energia elétrica nas proximidades do viveiro municipal, incluindo a participação da Escelsa, a fim de atender a "Associação Recreativa Cantagalo" e vizinhança.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Arnaldo Frederido Nickel</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/871/indicacao_006-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/871/indicacao_006-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ANGELA MARIA SCHULTZ LEPPAUS- PPS e ARNALDO FREDERICO NICKEL- PSDB com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construção de uma ponte na Comunidade de Caramuru, localizada no trecho da estrada compreendido entre a Propriedade do Sr. Luiz Schaeffer e o Sr. Arnaldo Doring, neste Município.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>JOSÉ RONILDO SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/872/indicacao_007-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/872/indicacao_007-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ RONILDO SILVEIRA-PL, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade da construção de uma quadra de areia, junto ao campo do moxafongo.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Darley Jansen Espíndula, Roque</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/873/indicacao_008-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/873/indicacao_008-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores DARLEY JANSEN ESPÍNDULA- PP e JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE- PMN , com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de retirada dos dejetos depositados no reservatório da Mini- Estação de Esgoto localizada em Vila Nova, neste Município.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Darley Jansen Espíndula</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/874/indicacao_009-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/874/indicacao_009-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA-PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de se realizar reparos na rede de iluminação pública no percurso da Ladeira Rosalina Ribeiro Nunes, que dá acesso ao Hospital Nossa Senhora da Penha, neste Município.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/875/indicacao_010-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/875/indicacao_010-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a possibilidade da liberação de um veículo todas as terças-feiras para ficar á disposição exclusiva dos professores das oficinas de música atuantes no Município.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/876/indicacao_011-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/876/indicacao_011-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, providências, caso possível, para transferir a loja de artesanato e produtos caseiros, que funciona ao lado da Secretaria Municipal de Cultura e Turismo, para o espaço do Museu do Colono, que já possui um trabalho paralelo ao da SECTUR.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/877/indicacao_012-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/877/indicacao_012-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a possibilidade de leiloar os bens inservíveis ou danificados da Administração ( máquinas usadas, caçambas e outros), com vistas a angariar recursos para adquirir equipamentos novos (tipo carregadeira ou patrol).</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Arnaldo Frederido Nickel</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/879/indicacao_013-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/879/indicacao_013-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador ARNALDO FREDERICO NICKEL, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construção de 02(dois) mata-burros na Comunidade de Rio das Pedras, na estrada que atravessa a propriedade do Sr. Walter Langer, neste Município.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/880/indicacao_014-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/880/indicacao_014-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de recuperação do imóvel situado ao lado da Creche São Francisco de Assis, a fim de instalar alguns órgãos do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/881/indicacao_015-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/881/indicacao_015-2005.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de aquisição de um Gabinete Odontológico devidamente equipado para ser instalado na Comunidade de Caramuru, neste Município.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/882/indicacao_016-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/882/indicacao_016-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, propondo o tombamento e manutenção, pela Municipalidade ou Estado, de dois pequenos trechos da antiga estrada que ligava o Município de Santa Teresa( um que compreende o caminho de Pedra que liga a rua Bernadino Monteiro á Comunidade de Cocal e outro que compreende a propriedade do Sr. José Humberto da Conceição, passando pela propriedade da Srª.Carlota Siqueira Souto á propriedade do Sr. Darcísio Ângelo Baratela na localidade conhecida por Nove Horas). Após tal providência, espera-se torná-la disponível á visitação de turistas, coordenada pela SECTUR.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/883/indicacao_017-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/883/indicacao_017-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ RONILDO SILVEIRA-PL, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de providenciar a iluminação no percurso na Rodovia 080( Paulo Nascimento), que atravessa a localidade de Barra de Mangaraí.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/884/indicacao_018-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/884/indicacao_018-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ RONILDO SILVEIRA-PL, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de pavimentação nas duas ruas da Comunidade de Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/885/indicacao_019-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/885/indicacao_019-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ RONILDO SILVEIRA-PL, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construção de uma praça em frente a Igreja Católica e o Posto do DPM da Comunidade de Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/886/indicacao_020-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/886/indicacao_020-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ RONILDO SILVEIRA-PL, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construção de uma Unidade de Saúde na Comunidade de Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/887/indicacao_021-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/887/indicacao_021-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ RONILDO SILVEIRA-PL, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construção de vestiário e banheiros na quadra de esportes da Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/888/indicacao_022-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/888/indicacao_022-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA , com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de criação da casa da cultura de Santa Leopoldina com espaço para oficinas de artes plásticas, pintura, artesanato, sala com isolamento acústico para aulas de música e outros.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/889/indicacao_023-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/889/indicacao_023-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador ARNALDO FREDERICO NICKEL - PSDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de aquisição de um Gabinete Odontológico devidamente equipado para ser instalado na Comunidade de Rio das Farinhas, neste Município.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/890/indicacao_024-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/890/indicacao_024-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, providenciar a mudança da entrada do Ginásio de Esportes para o acesso á rua Bernardino Monteiro e ao Parque da Independência, bem como a construção de um espaço para ser usado como  bar e lanchonete em eventos beneficentes, a ser estabelecido ao lado da atual entrada do imóvel público referido.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/891/indicacao_025-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/891/indicacao_025-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, providenciar junto ao DERTES (Departamento de Edificações, Rodovias e Transportes do Espírito Santo), a retirada do semáforo do centro da cidade.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/892/indicacao_026-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/892/indicacao_026-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador RUBENS LEPPAUS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de se efetivar reparos no calçamento da Serra de Bragança neste Município.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Roque</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/893/indicacao_027-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/893/indicacao_027-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de reabertura da rua localizada na Comunidade do Funil, com eliminação dos blocos de pedras existentes no local.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/894/indicacao_028-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/894/indicacao_028-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de asfaltamento da rua Reginaldo Terra do trecho da oficina de propriedade do Sr. Ivan Geraldo Berth até a residência do Sr. Jesuel (inicio do asfalto).</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/895/indicacao_029-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/895/indicacao_029-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a possibilidade de transformação da antiga usina de produção de energia elétrica, localizada ás margens do rio Santa Maria da Vitória, na Rua Marechal Floriano Peixoto, em Patrimônio Histórico, mediante tombamento ou outras formas de preservação, a fim de destina-la á visitação pública e exploração turística.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Carlos França, JOSÉ RONILDO SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/896/indicacao_030-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/896/indicacao_030-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores LUÍZ CARLOS BROEDEL FRANÇA - PDT e JOSÉ RONILDO SILVEIRA-PL, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de depositar material conhecido como escória na extensão  das vias não pavimentadas da localidade de Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/897/indicacao_031-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/897/indicacao_031-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA-PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de remoção do aparelho de ar condicionado instalado no escritório do Detran de Santa Leopoldina e sua reinstalação em local apropriado.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/898/indicacao_032-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/898/indicacao_032-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador RUBENS LEPPAUS- PPS,com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construção de um muro de arrimo na rua Porfírio Furtado ( em frente a residência do Senhor Valério Gaiba), para dar sustentação á rua Diretor Rúdio (ladeira que dá acesso á Escola Alice Holzmeister), neste Município.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/899/indicacao_033-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/899/indicacao_033-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador RUBENS LEPPAUS- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construção de um bueiro e cascalhamento da Rua Amaro da Penha Soave (parte da rua sem calçamento), neste Município.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Darley Jansen Espíndula, Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/900/indicacao_034-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/900/indicacao_034-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores DARLEY JANSEN ESPÍNDULA PP e MARCOS ADRIANO RAUTA- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de providenciar iluminação pública do trecho que liga a Rua Bernadino Monteiro até a Comunidade do Cocal, neste Município.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/901/indicacao_035-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/901/indicacao_035-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores DARLEY JANSEN ESPÍNDULA - PP e MARCOS ADRIANO RAUTA - PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de calçamento da Rua Nicolau Pagung até a Vila do Cocal, localizada na sede do Município.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/902/indicacao_036-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/902/indicacao_036-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA- PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de realizar o calçamento do final da Rua José Machado Alvarenga até Vila Nova, passando pela residência do Sr. Adelmo Gonçalves Ferro até a residência do Sr. Aloísio Santana, (onde já tem um calçamento).</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/903/indicacao_037-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/903/indicacao_037-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA- PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de realizar reparos na rede de iluminação, na Rua Reginaldo Terra, em frente a oficina União, na sede do Município.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/904/indicacao_038-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/904/indicacao_038-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA-PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de realizar reparos na rede de iluminação, na Av. Presidente Vargas, em frente a Terceira Idade, na sede deste Município.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/905/indicacao_039-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/905/indicacao_039-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de conceder aos servidores públicos municipais, o pagamento de auxilio alimentação ou vale refeição.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/906/indicacao_040-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/906/indicacao_040-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA- PP, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de realizar reparos nos pontos de iluminação, localizada na ponte Paulo Antonio Médice e na ponte Clarindo Lima, na sede do Município.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/907/indicacao_041-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/907/indicacao_041-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador ARNALDO FREDERICO NICKEL - PSDB, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construção de um Gabinete Odontológico devidamente equipado na Comunidade de Rio das Farinhas, na propriedade do Sr. Pedro Bankert, neste Município.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Roque</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/908/indicacao_042-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/908/indicacao_042-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ANGELA MARIA SCHULTZ LEPPAUS- PPS e JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a limpeza do Córrego Moxafongo e o corte de um pé de fruta-pão, localizado em frente a residência do senhor Silvio Neves.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/909/indicacao_043-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/909/indicacao_043-2005.pdf</t>
   </si>
   <si>
     <t>A Vereadora ANGELA MARIA SCHULTZ LEPPAUS- PPS, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construir um corrimão na ponte que dá acesso á Comunidade de Colina Verde, neste Município.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/910/indicacao_044-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/910/indicacao_044-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ RONILDO SILVEIRA-PL, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de aquisição de uma Unidade Móvel de Saúde para atender a Comunidade de Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/911/indicacao_045-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/911/indicacao_045-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ RONILDO SILVEIRA-PL, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de aquisição de equipamentos para a instalação de uma Escola de Informática na Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/912/indicacao_046-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/912/indicacao_046-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de aquisição de uma pá-carregadeira.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/913/indicacao_047-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/913/indicacao_047-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de realizar drenagem pluvial e a pavimentação da Rua Natalino Teixeira, localizada na sede do Município.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/915/indicacao_048-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/915/indicacao_048-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de realizar o calçamento da Rua José Machado Alvarenga no trecho que tem início na Ponte Farinha até a Igreja Deus e Amor.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/916/indicacao_049-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/916/indicacao_049-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construção de 10 (dez) casas populares no imóvel que esta sendo doado ao Município pelo Sr. Estephanio Schumacher, situado na localidade de Ribeiro Limpo, neste Município.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/917/indicacao_050-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/917/indicacao_050-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de se criar um mini pólo industrial de confecções no Município.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/918/indicacao_052-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/918/indicacao_052-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador VALDEMIRO BARTH, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de construção de banheiros públicos na sede do Município, observadas as normas sanitárias.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/919/indicacao_053-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/919/indicacao_053-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de providencia um "CARRO PIPA" a fim de efetuar a limpeza das ruas na sede do Município.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/914/indicacao_054-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/914/indicacao_054-2005.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA, com fundamento no art. 164, do Regime Interno da Câmara de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, a necessidade de realizar uma obra de concentração na barreira da Rua José Machado Alvarenga, próximo a casa do Sr. Jerônimo Callot, na sede do Município.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2173/projeto_de_resolucao_001-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2173/projeto_de_resolucao_001-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 33 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA/ES.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2174/projeto_de_resolucao_002-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2174/projeto_de_resolucao_002-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A TRANSFERIR EQUIPAMENTOS AO PATRIMÔNIO DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA/ ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2175/projeto_de_resolucao_003-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2175/projeto_de_resolucao_003-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 14, DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE  SANTA LEOPOLDINA/ES.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2176/projeto_de_resolucao_004-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2176/projeto_de_resolucao_004-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA RESOLUÇÃO Nº003/1991.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2177/projeto_de_resolucao_005-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2177/projeto_de_resolucao_005-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DOS PARÁGRAFOS 1º E 3º DO ARTIGO 11 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2178/projeto_de_resolucao_006-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2178/projeto_de_resolucao_006-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO  DO ORÇAMENTO DO MUNICIPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA/ES.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2179/projeto_de_resolucao_007-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2179/projeto_de_resolucao_007-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA PARA ELABORAÇÃO DO PLANO PLURIANUAL DE INVESTIMENTOS REFERENTE AO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2180/projeto_de_resolucao_008-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2180/projeto_de_resolucao_008-2005.pdf</t>
   </si>
   <si>
     <t>FIXA AS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCICIO DO ANO 2006.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2181/projeto_de_resolucao_009-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2181/projeto_de_resolucao_009-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A TRANSFERIR VEÍCULO AO PATRIMÔNIO DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA/ES.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1790/001-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1790/001-2005.pdf</t>
   </si>
   <si>
     <t>ANGELA MARIA SCHULTZ LEPPAUS - PPS e JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, com fundamento no artigo 168, do Regimento Interno deste Legislativo Municipal, vêm REQUERER seja encaminhado ofícios ao Superintendente Regional do IBAMA e ao Diretor Presidente do IDAF, solicitando autorização aos produtores rurais das localidades de Tirol e Califórnia, para a utilização da madeira proveniente da derrubada das árvores ocasionada pela forte temporal ocorrido no Município no dia 13 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Arnaldo Frederido Nickel, Carlos França, Darley Jansen Espíndula, JOSÉ RONILDO SILVEIRA, Marcos Adriano Rauta, Roque, RUBENS LEPPAUS, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1791/002-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1791/002-2005.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO, ANGELA MARIA SCHULTZ LEPPAUS, DARLEY JANSEN ESPÍNDULA, MARCOS ADRIANO RAUTA, ARNALDO FREDERICO NICKEL, JOSÉ RONILDO SILVEIRA, LUIZ CARLOS BROEDEL FRANÇA, RUBENS LEPPAUS e VALDEMIRO BARTH, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vêm, respeitosamente, requerer que, após tramitação de estilo, seja encaminhado ofício ao Diretor Geral do Departamento de Edificações, Rodovias e Transportes do Estado do Espírito Santo - DERTES, a fim de que aquele órgão solicite da Viação Pretti Ltda., as seguintes providências:_x000D_
 - a fixação de horários próprios para circulação  dos ônibus da aludida empresa no Município, no que diz respeito á linha Santa Leopoldina/Vitória e vice-versa;_x000D_
 -a disponibilidade de tal serviço de transporte coletivo a partir das 06:00 horas, com retorno no mínimo até ás 19:00 horas;_x000D_
 ENTRE OUTROS.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1792/003-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1792/003-2005.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN e DARLEY JANSEN ESPÍNDULA - PP, na condição de Vereadores desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vêm, respeitosamente, requerer que, após tramitação de estilo, seja encaminhado ofício ao Excelentíssimo Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, solicitando providências no sentido de firmar convênio de cooperação financeira com o Estado do Espírito Santo, visando á aquisição conjunta dos equipamentos necessários ao restabelecimento da comunicação via rádio entre o Posto da Polícia Rodoviária Estadual de Três Pontes ( 4ª Cia do BPRV), neste Município, e o CIODS - Centro Integrado de Operação da Defesa Social - antigo COPOM.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1793/004-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1793/004-2005.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vêm, respeitosamente, requerer que, após tramitação de estilo, seja encaminhado ofício ao Superintendente de Gestão Comercial da Escelsa, solicitando atendimento, ao menos três vezes na semana, no escritório da escelsa em Santa Leopoldina, neste Município.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1794/005-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1794/005-2005.pdf</t>
   </si>
   <si>
     <t>JOSÉ RONILDO SILVEIRA, JOSÉ ROBERTO DA ROCHA MONTEIRO, DARLEY JANSEN ESPÍNDULA, MARCOS ADRIANO RAUTA e ARNALDO FREDERICO NICKEL, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vêm, respeitosamente, requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal de Santa Leopoldina/ES, Dr. FERNANDO CASTRO ROCHA, solicitando a relação nominal das pessoas beneficiadas com o Programa do Governo Federal "Bolsa Escola", no ano de 2004.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1795/006-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1795/006-2005.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA - PPS, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vêm, respeitosamente, requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal de Santa Leopoldina/ES, Dr. FERNANDO CASTRO ROCHA, solicitando que as aulas de percussão, realizadas aos domingos pela PMSL, na escola de 1º e 2º Graus Alice Holzmeister, sejam executadas na sede da Associação Leopoldinense de Cultura, situada á Av. Prefeito Hélio Rocha, nº1.188, 2º andar, Santa Leopoldina/ES.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1796/007-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1796/007-2005.pdf</t>
   </si>
   <si>
     <t>JOSÉ RONILDO SILVEIRA - PL, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vêm, respeitosamente, requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Deputado Estadual Gilson Gomes solicitando um caminhão-basculante pela Prefeitura Municipal de Santa Leopoldina/ES.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1797/008-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1797/008-2005.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE- PMN, MARCOS ADRIANO RAUTA-PPS, DARLEY JANSEN ESPÍNDULA-PP, JOSÉ RONILDO SILVEIRA-PL, ARNALDO FREDERICO NICKEL-PSDB, ANGELA MARIA SCHULTZ LEPPAUS- PPS, LUIZ CARLOS BROEDEL FRANÇA-PDT, RUBENS LEPPAUS-PPS e VALDEMIRO BARTH-PMN, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso I e II, do Regimento Interno desta Casa de Leis, vêm a presença de Vossa Excelência requerer que, após tramitação de estilo, sejam solicitadas ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, os seguintes documentos:_x000D_
 RELAÇÃO NOMINAL DOS SERVIDORES PÚBLICOS EFETIVOS;_x000D_
 RELAÇÃO NOMINAL DOS SERVIDORES PÚBLICOS EFETIVOS NOMEADOS PARA CARGOS COMISSIONADOS OU FUNÇÃO GRATIFICADA;_x000D_
 RELAÇÃO NOMINAL DOS SERVIDORES CONTRATADOS TEMPORARIAMENTE;_x000D_
 RELAÇÃO NOMINAL DAS PESSOAS NOMEADOS EXCLUSIVAMENTE PARA CARGOS COMISSIONADOS;</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1798/009-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1798/009-2005.pdf</t>
   </si>
   <si>
     <t>RUBENS LEPPAUS - PPS, na condição de Vereador da Câmara Municipal de Santa Leopoldina, com fulcro no artigo 168, de Regimento Interno, vem, respeitosamente, á presença de Vossa Excelência, requerer que, após tramitação de estilo, seja encaminhado ofício á Empresa Telemar- Telecomunicação do Espírito Santo S/A., na pessoa de seu Gerente Regional, Sr. Ruy Souza Dias, solicitando a instalação de um telefone público "vaivém" na Comunidade de Funil, neste Município.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1799/012-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1799/012-2005.pdf</t>
   </si>
   <si>
     <t>JOSÉ RONILDO SILVEIRA, na condição de Vereador da Câmara Municipal de Santa Leopoldina, com fulcro no artigo 168, de Regimento Interno, vem, respeitosamente, á presença de Vossa Excelência, requerer que, após tramitação de estilo, seja encaminhado ofício á Empresa Telemar- Telecomunicação do Espírito Santo S/A., na pessoa de seu Gerente Regional, Sr. Ruy Souza Dias, solicitando a instalação de um telefone público "vaivém" na Comunidade de Barra de Mangaraí, neste Município, um próximo ao DPM e outro no centro da Vila.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE- PMN, MARCOS ADRIANO RAUTA-PPS, DARLEY JANSEN ESPÍNDULA-PP, JOSÉ RONILDO SILVEIRA-PL, ARNALDO FREDERICO NICKEL-PSDB, ANGELA MARIA SCHULTZ LEPPAUS- PPS, LUIZ CARLOS BROEDEL FRANÇA-PDT, RUBENS LEPPAUS-PPS e VALDEMIRO BARTH-PMN, na condição de Vereadores Desta Casa de Leis, vêm, respeitosamente, com base no artigo 16, inciso X, da Lei Orgânica do Município c/c artigo 168, inciso V, do Regimento Interno, requerer que, após tramitação de estilo, seja convocado o Excelentíssimo Secretário Municipal de Saúde, Sr. ROGÉRIO DA SILVA RESENDE, para comparecer na próxima Sessão Ordinária, a realizar-se na data de 18/05/2005, a partir das dezesseis horas, a fim de prestar informações acerca da situação atual da Saúde do Município.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1801/014-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1801/014-2005.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO - PMN, tendo em vista os termos do artigo 2º, inciso VII da Lei nº 949, de 22 de dezembro de 1999, vem requerer que sejam indicados para compor o Conselho Municipal de Turismo, representando o Poder Legislativo Municipal os seguintes Vereadores:_x000D_
 -MARCOS ADRIANO RAUTA- PPS (Membros Efetivos)_x000D_
 -DARLEY JANSEN ESPÍNDULA - PP (Suplente)</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1802/015-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1802/015-2005.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, incisos I e II, do Regimento Interno desta Casa de Leis, vêm a presença de Vossa Excelência requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal, Sr. FERNANDO CASTRO ROCHA, a necessidade de instalar um redutor de velocidade e placas de advertência nos dois sentidos da Rua Marechal Floriano Peixoto, nas proximidades da residência da Srª Assunta Salvador, neste Município.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1803/016-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1803/016-2005.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA,  na condição de Vereador da Câmara Municipal de Santa Leopoldina, com fulcro no artigo 168, de Regimento Interno, vem, respeitosamente, á presença de Vossa Excelência, requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal, DR. FERNANDO CASTRO ROCHA, solicitando de providências no sentido de determinar escalas de plantão dos servidores municipais aos finais de semana e feriados, para atender situações de emergência.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1804/017-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1804/017-2005.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador da Câmara Municipal de Santa Leopoldina, com fulcro no artigo 168, de Regimento Interno, vem, respeitosamente, á presença de Vossa Excelência, requerer que, após tramitação de estilo, seja encaminhado ofício á CESAN (Companhia Espíritosantense de Saneamento), a fim de que sejam tomadas providências no sentido de se evitar transtornos decorrentes dos buracos causados pela execução de reparos e da manutenção no sistema de água e esgoto da Sede do Município.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1805/018-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1805/018-2005.pdf</t>
   </si>
   <si>
     <t>RUBENS LEPPAUS, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, incisos I e II, do Regimento Interno desta Casa de Leis, vem á presença de Vossa Excelência requerer que, após tramitação de estilo, seja encaminhado ofício á Escelsa, a fim de que sejam tomadas providências no sentido de retirar o poste padrão da Escelsa, que atende a Escola de Três Pontes, situado na propriedade do Senhor Elias Pani, neste Município.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1806/019-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1806/019-2005.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE- PMN,  na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, incisos I e II, do Regimento Interno desta Casa de Leis, vêm a presença de Vossa Excelência requerer que, após tramitação de estilo, seja encaminhado ofício a Telemar Norte Leste S/A, direcionado ao seu Diretor Presidente, Sr. Ruy Souza Dias, solicitando a modernização do Sistema de Telefonia Fixa do Município de Santa Leopoldina, a fim de disponibilizar aos usuários locais, serviços para utilização de banda larga em relação á Rede Mundial de Computadores - internet.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1807/020-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1807/020-2005.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA-PPS,  na condição de Vereador da Câmara Municipal de Santa Leopoldina, com fulcro no artigo 168, de Regimento Interno, vem, respeitosamente, á presença de Vossa Excelência, requerer que, após tramitação de estilo, seja encaminhado ofício á Secretária Municipal de Educação, Srª. ANA MARIA ROPKE DA SILVA, solicitando a relação nominal dos alunos aprovados no curso de Agronegócio beneficiários da bolsa de estudos, com a respectiva documentação comprobatória da condição de agricultor familiar.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1808/021-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1808/021-2005.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA-PPS,na condição de Vereador da Câmara Municipal de Santa Leopoldina, com fulcro no artigo 168, de Regimento Interno, vem, respeitosamente, á presença de Vossa Excelência, requerer que, após tramitação de estilo, seja solicitado ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, providencias no sentido de determinar á Defesa Civil do Município, para que esta faça um levantamento com a emissão de laudo técnico sobre asa condições estruturais dos imóveis da municipalidade que hoje se encontram ocupados por terceiros.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>Carlos França</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1809/022-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1809/022-2005.pdf</t>
   </si>
   <si>
     <t>LUIZ CARLOS BROEDEL FRANÇA-PDT, na condição de Vereador da Câmara Municipal de Santa Leopoldina, com fulcro no artigo 168, de Regimento Interno, vem, respeitosamente, á presença de Vossa Excelência, requerer que, após tramitação de estilo, seja encaminhado ofício á Empresa Telemar- Telecomunicação do Espírito Santo S/A., na pessoa de seu Gerente Regional, Sr. Ruy Souza Dias, solicitando a instalação de um telefone público "vaivém" na Comunidade de Meia Légua (Próximo a Igreja Católica), neste Município.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1810/023-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1810/023-2005.pdf</t>
   </si>
   <si>
     <t>JOSÉ ROBERTO DA ROCHA MONTEIRO- ROQUE- PMN, na condição de Vereador desta Augusta Casa de Leis, com fulcro no artigo 168, inciso VI, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vêm, respeitosamente, requerer que, após tramitação de estilo, seja encaminhado ofício ao Presidente da Assembléia Legislativa Exmo. Deputado Estadual César Colgano, a fim de que seja apresentado Projeto de Lei junto á Assembléia Legislativa incluindo o Município de Santa Leopoldina na Região Metropolitana.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1811/024-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1811/024-2005.pdf</t>
   </si>
   <si>
     <t>RUBENS LEPPAUS, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem á presença de Vossa Excelência requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal, SR. FERNANDO CASTRO ROCHA, solicitando relação nominal dos proprietários dos veículos alugados ou contratados pela administração Municipal, constando o modelo e número da placa, com a indicação dos respectivos valores, em vigor no período de 1º de janeiro de 2005 até a data de efetivo atendimento da presente solicitação.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1812/025-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1812/025-2005.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem á presença de Vossa Excelência requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal, SR. FERNANDO CASTRO ROCHA, retirando os termos da Indicação nº 035/2005, aprovada na Sessão Ordinária de 29.06.2005, que solicita o calçamento da Rua Nicolau Pagung até a Vila do Cocal, localizada na sede do Município.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1813/026-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1813/026-2005.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem á presença de Vossa Excelência requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal, SR. FERNANDO CASTRO ROCHA, retirando os termos da Indicação nº 036/2005, que indica a necessidade de realizar o calçamento do final da Rua José Machado Alvarenga até a Vila Nova.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1814/027-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1814/027-2005.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem á presença de Vossa Excelência requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal, SR. FERNANDO CASTRO ROCHA, solicitando providências, conforme dispõe a Lei nº 667/90, a fim de que sejam realizados reparos nas calçadas localizadas no centro da cidade.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1815/028-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1815/028-2005.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem á presença de Vossa Excelência requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal, SR. FERNANDO CASTRO ROCHA, a fim de notificar a Escelsa quanto a necessidade de realização de estudo técnico acerca de segurança da estrutura física das barragens de Rio Bonito e Suíça.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1816/029-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1816/029-2005.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA- PMDB, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, incisos I e II, do Regimento Interno desta Casa de Leis, vêm a presença de Vossa Excelência requerer que, após tramitação de estilo, sejam solicitados ao Exmo. Prefeito Municipal, Dr. FERNANDO CASTRO ROCHA, os seguintes documentos:_x000D_
 -Relação nominal dos servidores colocados á disposição de outros órgãos ou poderes, constando os respectivos vencimentos;_x000D_
 -relação nominal dos servidores cedidos por outros entes com ônus para o Município com respectivo salário.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1817/030-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1817/030-2005.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA- PMDB, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vêm a presença de Vossa Excelência requerer que, após tramitação de estilo, seja á Diretoria Executiva do Conselho Municipal de Desenvolvimento Rural, solicitando a designação de uma reunião, até 30 dias após o recebimento da correspondência visando a discussão sobre os critérios acerca do beneficio da bolsa de estudo relativa ao Curso de Agronegócio.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1818/031-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1818/031-2005.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA- PMDB, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, incisos I e II, do Regimento Interno desta Casa de Leis, vêm a presença de Vossa Excelência requerer que, após tramitação de estilo, seja encaminhado ofício ao Exmo. Prefeito Municipal, DR. FERNANDO CASTRO ROCHA, solicitando que seja realizado um minucioso levantamento nos arquivos da Prefeitura Municipal, no sentido de saber se há documentos que possam comprovar se a área da Antiga Usina de energia elétrica situada ás margens do Rio Santa Maria da Vitória, na Rua Marechal Floriano Peixoto, é ou não de propriedade do Município.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1819/032-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1819/032-2005.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA- PMDB, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, incisos I e II, do Regimento Interno desta Casa de Leis, vêm a presença de Vossa Excelência requerer que, após tramitação de estilo, seja encaminhado ofício á Secretária de Estado do Meio Ambiente e Recursos Hídricos - Srª. Maria da Glória Brito Abaurre - para que juntamente com a Engenheira Ambiental da CESAN - Srª. Maria Helena Alves, realizem uma reunião a fim de que sejam discutidos assuntos relacionados ao programa "floresta para a vida" e ao tratamento do Esgoto Sanitário Municipal.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1820/033-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1820/033-2005.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA- PMDB, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, incisos II e III, do Regimento Interno desta Casa de Leis, vêm a presença de Vossa Excelência requerer que, após tramitação de estilo, sejam solicitados ao Exmo. Prefeito Municipal, DR. FERNANDO CASTRO ROCHA, relatório sobre a utilização da unidade de beneficiamento de mel e cera, contendo o quantitativo de apicultores associados e beneficiados, quantidade de mel beneficiado e envasado mensalmente, quantidade de cera e subprodutos produzidos, informando o nome e endereço dos associados e a produção individual de mel.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Carlos França</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1821/035-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1821/035-2005.pdf</t>
   </si>
   <si>
     <t>ANGELA MARIA SCHULTZ LEPPAUS - PPS e LUIZ CARLOS BROEDEL FRANÇA - PDT, na condição de Vereadores desta Augusta Casa de Leis, com fundamento no artigo 168, inciso II e III do Regimento Interno desta Casa de Leis, vêm a presença de Vossa Excelência REQUERER que, após tramitação de estilo, seja encaminhado ofício ao Conselho Tutelar solicitando o encaminhamento a esta Casa de Leis de um relatório de suas atividades, no período 1º/01/2004 a 31/11/2005, constando o número de ocorrências e medidas aplicadas, conforme Lei Municipal nº 936/98 e Lei Federal 8.069/90.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1822/036-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1822/036-2005.pdf</t>
   </si>
   <si>
     <t>RUBENS LEPPAUS -PPS, na condição de Vereador da Câmara Municipal de Santa Leopoldina, com fulcro no artigo 168 de Regimento Interno desta Augusta Casa de Leis, vem, á emérita presença de Vossa Excelência, requerer que, após tramitação de estilo, seja encaminhado ofício á empresa Telemar - Telecomunicações do Espírito Santo S/A., na pessoa de seu Gerente Regional, SR. RUY SOUZA DIAS, solicitando a instalação de um telefone público "vaivém" na Rua Amaro da Penha Soave, neste Município.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1484/mocao_de_pesar_no_01-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1484/mocao_de_pesar_no_01-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ONADYR ITAMAR DE FREITAS, ocorrido no dia 22 de dezembro de 2004.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1485/mocao_de_pesar_no_02-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1485/mocao_de_pesar_no_02-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. LUCIA GAIBA WOLKART, ocorrido no dia 24 de janeiro de 2005.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1486/mocao_de_pesar_no_03-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1486/mocao_de_pesar_no_03-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. MOACIR BERNARDINO, ocorrido no dia 28 de janeiro de 2005.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1487/mocao_de_pesar_no_04-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1487/mocao_de_pesar_no_04-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família pelo falecimento do Srª. ELIZABETH LAURET MANSK, ocorrido no dia 03 de fevereiro de 2005.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1488/mocao_de_pesar_no_05-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1488/mocao_de_pesar_no_05-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ARMINDA ROFNER PEREIRA, ocorrido no dia 25 de fevereiro de 2005.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1489/mocao_de_pesar_no_06-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1489/mocao_de_pesar_no_06-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB e DARLEY JANSEN ESPÍNDULA - PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª.DELÚCIA ALVARENGA , ocorrido no dia 10 de março de 2005.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1490/mocao_de_pesar_no_07-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1490/mocao_de_pesar_no_07-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. GARCIAS FELISBERTO DE CASTRO, ocorrido no dia 17 de março de 2005.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1491/mocao_de_pesar_no_08-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1491/mocao_de_pesar_no_08-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ALVINA SCHAFFER LAMPIER, ocorrido no dia 19 de março de 2005.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1492/mocao_de_pesar_no_09-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1492/mocao_de_pesar_no_09-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB e ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ELIZABETE RATUND GAEDE, ocorrido no dia 21 de março de 2005.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1493/mocao_de_pesar_no_10-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1493/mocao_de_pesar_no_10-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador RUBENS LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOÃO PAULO II, LIDER DA IGREJA CATÓLICA DESDE 1978, ocorrido no dia 02 de abril de 2005.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1494/mocao_de_pesar_no_11-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1494/mocao_de_pesar_no_11-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. CLEILTON GOMES, ocorrido no dia 10 de abril de 2005.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1495/mocao_de_pesar_no_12-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1495/mocao_de_pesar_no_12-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador RUBENS LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. BENEDITO DE SOUZA, ocorrido no dia 16 de abril de 2005.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1496/mocao_de_pesar_no_13-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1496/mocao_de_pesar_no_13-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. PEDRO SANTANA, ocorrido no dia 20 de abril de 2005.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1497/mocao_de_pesar_no_14-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1497/mocao_de_pesar_no_14-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MARIA CIRILO NASCIMENTO, ocorrido no dia 25 de abril de 2005.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1499/mocao_de_pesar_no_16-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1499/mocao_de_pesar_no_16-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador LUIZ CARLOS BROEDEL FRANÇA - PDT, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LUCIANO THOMAS, ocorrido no dia 28 de abril de 2005.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1501/mocao_de_pesar_no_18-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1501/mocao_de_pesar_no_18-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. MARCOS ANTONIO SOARES RODRIGUES, ocorrido no dia 08 de maio de 2005.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1502/mocao_de_pesar_no_19-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1502/mocao_de_pesar_no_19-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MARIA DA CONCEIÇÃO NEVES ARAUJO, ocorrido no dia 08 de maio de 2005.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1503/mocao_de_pesar_no_20-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1503/mocao_de_pesar_no_20-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOÃO SCHEJA, ocorrido no dia 14 de maio de 2005.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1504/mocao_de_pesar_no_21-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1504/mocao_de_pesar_no_21-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. GERMANO GUILHERME JOÃO GAEDE ocorrido no dia 25 de maio de 2005.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1505/mocao_de_pesar_no_22-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1505/mocao_de_pesar_no_22-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. DORALICE BARCELLOS PONCHE, ocorrido no dia 27 de maio de 2005.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1506/mocao_de_pesar_no_23-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1506/mocao_de_pesar_no_23-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ALDAIR NICKEL, ocorrido no dia 10 de junho de 2005.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1507/mocao_de_pesar_no_24-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1507/mocao_de_pesar_no_24-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador LUIZ CARLOS BROEDEL FRANÇA - PDT, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ALBERTO STEINER, ocorrido no dia 21 de junho de 2005.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1508/mocao_de_pesar_no_25-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1508/mocao_de_pesar_no_25-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. JUDITH SANT'ANNA HERZOG, ocorrido no dia 25 de junho de 2005.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1509/mocao_de_pesar_no_26-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1509/mocao_de_pesar_no_26-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador RUBENS LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ZULMIRA SANT'ANNA GONORING, ocorrido no dia 25 de junho de 2005.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1510/mocao_de_pesar_no_27-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1510/mocao_de_pesar_no_27-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JESUEL DOS SANTOS, ocorrido no dia 22 de julho de 2005.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1511/mocao_de_pesar_no_28-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1511/mocao_de_pesar_no_28-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. MARCIANO SCHREIBER, ocorrido no dia 14 de julho de 2005.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1512/mocao_de_pesar_no_29-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1512/mocao_de_pesar_no_29-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LUCIANO GUSTAVO HERZOG, ocorrido no dia 22 de julho de 2005.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1513/mocao_de_pesar_no_30-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1513/mocao_de_pesar_no_30-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. VALDEMIRO SASSEMBURG, ocorrido no dia 02 de agosto de 2005.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>Arnaldo Frederido Nickel, Roque</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1514/mocao_de_pesar_no_31-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1514/mocao_de_pesar_no_31-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE - PMN e ARNALDO FREDERICO NICKEL - PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. DANIEL REICH, ocorrido no dia 03 de agosto de 2005.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1515/mocao_de_pesar_no_32-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1515/mocao_de_pesar_no_32-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. CLEMENTINO NASCIMENTO, ocorrido no dia 04 de setembro de 2005.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1516/mocao_de_pesar_no_33-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1516/mocao_de_pesar_no_33-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ADEVALDO FRANÇA PEREIRA, ocorrido no dia 05 de setembro de 2005.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1517/mocao_de_pesar_no_34-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1517/mocao_de_pesar_no_34-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ALEXANDRE DAS NEVES, ocorrido no dia 05 de setembro de 2005.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>Roque, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1518/mocao_de_pesar_no_35-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1518/mocao_de_pesar_no_35-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE e VALDEMIRO BARTH, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. SIDERVAL SAAGER, ocorrido no dia 05 de setembro de 2005.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1519/mocao_de_pesar_no_36-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1519/mocao_de_pesar_no_36-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. CAMILO SEBASTIÃO THOMAS, ocorrido no dia 23 de setembro de 2005.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1520/mocao_de_pesar_no_37-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1520/mocao_de_pesar_no_37-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE e ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSÉ VIEIRA, ocorrido no dia 27 de setembro de 2005.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1521/mocao_de_pesar_no_38-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1521/mocao_de_pesar_no_38-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSÉ EDIO GAIBA, ocorrido no dia 30 de setembro de 2005.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1522/mocao_de_pesar_no_39-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1522/mocao_de_pesar_no_39-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE - PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ETELVINA SACRAMENTO FERREIRA, ocorrido no dia 19 de outubro de 2005.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1523/mocao_de_pesar_no_40-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1523/mocao_de_pesar_no_40-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ALFREDO SCHAEFFER, ocorrido no dia 13 de outubro de 2005.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1525/mocao_de_pesar_no_42-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1525/mocao_de_pesar_no_42-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LOURENÇO OTTO HERZOG, ocorrido no dia 28 de outubro de 2005.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1526/mocao_de_pesar_no_43-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1526/mocao_de_pesar_no_43-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores DARLEY JANSEN ESPÍNDULA e JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. HÉLIO ALVES DE OLIVEIRA, ocorrido no dia 04 de novembro de 2005.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1527/mocao_de_pesar_no_44-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1527/mocao_de_pesar_no_44-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ALCEBIADES PINTO BARCELLOS, ocorrido no dia 15 de novembro de 2005.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1532/mocao_de_pesar_no_45-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1532/mocao_de_pesar_no_45-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL - PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOÃO FOEGER, ocorrido no dia 16 de novembro de 2005.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1533/mocao_de_pesar_no_46-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1533/mocao_de_pesar_no_46-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. AUGUSTA SIEGLER VERVLOET, ocorrido no dia 17 de novembro de 2005.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1534/mocao_de_pesar_no_47-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1534/mocao_de_pesar_no_47-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. GUILHERMINA SCHRAN, ocorrido no dia 22 de novembro de 2005.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1535/mocao_de_pesar_no_48-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1535/mocao_de_pesar_no_48-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LUCIANO ESPÍNDULA, ocorrido no dia 18 de novembro de 2005.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1536/mocao_de_pesar_no_49-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1536/mocao_de_pesar_no_49-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LUIZ JOSÉ POMMER ECHER, ocorrido no dia 30 de novembro de 2005.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1537/mocao_de_pesar_no_50-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1537/mocao_de_pesar_no_50-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador ARNALDO FREDERICO NICKEL, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LEMARIO PLASTER, ocorrido no dia 01 de dezembro de 2005.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1538/mocao_de_pesar_no_51-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1538/mocao_de_pesar_no_51-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSÉ BENEDITO CARVALHO, ocorrido no dia 11 de dezembro de 2005.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1539/mocao_de_pesar_no_52-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1539/mocao_de_pesar_no_52-2005.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE- PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FIRMINO MANOEL DE SOUZA, ocorrido no dia 13 de dezembro de 2005.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>MoC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1498/mocao_de_congratulacoes_no_15-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1498/mocao_de_congratulacoes_no_15-2005.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 170 do Regimento Interno desta Casa de Leis, por intermédio de seus Vereadores, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE - PSDB, manifesta suas CONGRATULAÇÕES a REDE TRIBUNA em comemoração ao aniversário de vinte anos de sua existência, ocorrido em 19 de março deste ano.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1500/mocao_de_congratulaacoes_no_17-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1500/mocao_de_congratulaacoes_no_17-2005.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 170 do Regimento Interno desta Casa de Leis, por intermédio de seus Vereadores, em especial o Vereador JOSÉ ROBERTO DA ROCHA MONTEIRO - ROQUE - PSDB, manifesta suas CONGRATULAÇÕES a Secretária Municipal de Educação, Srª. ANA MARIA ROPKE DA SILVA, por sua indicação como representante de Santa Leopoldina na UNDINE - União Nacional dos Dirigentes Municipais de Educação e Vice - presidente da Região Sudeste.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1524/mocao_de_congraturacoes_no_41-2005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1524/mocao_de_congraturacoes_no_41-2005.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Santa Leopoldina/ES, nos termos do artigo 170 do Regimento Interno desta Casa de Leis, por intermédio de seus Vereadores, em especial o Vereador RUBENS LEPPAUS - PPS, manifesta suas CONGRATULAÇÕES ao cabo da PM Carlos Alberto Silva - RG Nº 12356-4, lotado no Grupo de Represão ao Crime Organizado - GRCO, á disposição da Promotoria de Justiça de Santa Leopoldina e Santa Maria de Jetibá, ao prestar socorro ás vítimas do acidente automobilístico ocorrido no dia 22/09/2005 na rodovia Afonso Schwab, ás 10:20h.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1967,67 +1967,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/866/indicacao_001-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/867/indicacao_002-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/868/indicacao_003-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/869/indicacao_004-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/870/indicacao_005-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/871/indicacao_006-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/872/indicacao_007-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/873/indicacao_008-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/874/indicacao_009-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/875/indicacao_010-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/876/indicacao_011-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/877/indicacao_012-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/879/indicacao_013-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/880/indicacao_014-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/881/indicacao_015-2005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/882/indicacao_016-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/883/indicacao_017-2005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/884/indicacao_018-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/885/indicacao_019-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/886/indicacao_020-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/887/indicacao_021-2005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/888/indicacao_022-2005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/889/indicacao_023-2005.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/890/indicacao_024-2005.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/891/indicacao_025-2005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/892/indicacao_026-2005.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/893/indicacao_027-2005.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/894/indicacao_028-2005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/895/indicacao_029-2005.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/896/indicacao_030-2005.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/897/indicacao_031-2005.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/898/indicacao_032-2005.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/899/indicacao_033-2005.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/900/indicacao_034-2005.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/901/indicacao_035-2005.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/902/indicacao_036-2005.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/903/indicacao_037-2005.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/904/indicacao_038-2005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/905/indicacao_039-2005.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/906/indicacao_040-2005.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/907/indicacao_041-2005.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/908/indicacao_042-2005.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/909/indicacao_043-2005.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/910/indicacao_044-2005.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/911/indicacao_045-2005.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/912/indicacao_046-2005.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/913/indicacao_047-2005.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/915/indicacao_048-2005.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/916/indicacao_049-2005.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/917/indicacao_050-2005.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/918/indicacao_052-2005.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/919/indicacao_053-2005.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/914/indicacao_054-2005.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2173/projeto_de_resolucao_001-2005.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2174/projeto_de_resolucao_002-2005.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2175/projeto_de_resolucao_003-2005.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2176/projeto_de_resolucao_004-2005.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2177/projeto_de_resolucao_005-2005.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2178/projeto_de_resolucao_006-2005.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2179/projeto_de_resolucao_007-2005.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2180/projeto_de_resolucao_008-2005.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2181/projeto_de_resolucao_009-2005.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1790/001-2005.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1791/002-2005.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1792/003-2005.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1793/004-2005.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1794/005-2005.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1795/006-2005.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1796/007-2005.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1797/008-2005.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1798/009-2005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1799/012-2005.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1801/014-2005.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1802/015-2005.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1803/016-2005.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1804/017-2005.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1805/018-2005.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1806/019-2005.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1807/020-2005.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1808/021-2005.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1809/022-2005.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1810/023-2005.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1811/024-2005.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1812/025-2005.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1813/026-2005.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1814/027-2005.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1815/028-2005.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1816/029-2005.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1817/030-2005.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1818/031-2005.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1819/032-2005.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1820/033-2005.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1821/035-2005.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1822/036-2005.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1484/mocao_de_pesar_no_01-2005.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1485/mocao_de_pesar_no_02-2005.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1486/mocao_de_pesar_no_03-2005.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1487/mocao_de_pesar_no_04-2005.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1488/mocao_de_pesar_no_05-2005.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1489/mocao_de_pesar_no_06-2005.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1490/mocao_de_pesar_no_07-2005.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1491/mocao_de_pesar_no_08-2005.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1492/mocao_de_pesar_no_09-2005.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1493/mocao_de_pesar_no_10-2005.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1494/mocao_de_pesar_no_11-2005.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1495/mocao_de_pesar_no_12-2005.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1496/mocao_de_pesar_no_13-2005.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1497/mocao_de_pesar_no_14-2005.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1499/mocao_de_pesar_no_16-2005.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1501/mocao_de_pesar_no_18-2005.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1502/mocao_de_pesar_no_19-2005.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1503/mocao_de_pesar_no_20-2005.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1504/mocao_de_pesar_no_21-2005.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1505/mocao_de_pesar_no_22-2005.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1506/mocao_de_pesar_no_23-2005.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1507/mocao_de_pesar_no_24-2005.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1508/mocao_de_pesar_no_25-2005.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1509/mocao_de_pesar_no_26-2005.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1510/mocao_de_pesar_no_27-2005.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1511/mocao_de_pesar_no_28-2005.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1512/mocao_de_pesar_no_29-2005.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1513/mocao_de_pesar_no_30-2005.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1514/mocao_de_pesar_no_31-2005.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1515/mocao_de_pesar_no_32-2005.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1516/mocao_de_pesar_no_33-2005.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1517/mocao_de_pesar_no_34-2005.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1518/mocao_de_pesar_no_35-2005.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1519/mocao_de_pesar_no_36-2005.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1520/mocao_de_pesar_no_37-2005.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1521/mocao_de_pesar_no_38-2005.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1522/mocao_de_pesar_no_39-2005.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1523/mocao_de_pesar_no_40-2005.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1525/mocao_de_pesar_no_42-2005.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1526/mocao_de_pesar_no_43-2005.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1527/mocao_de_pesar_no_44-2005.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1532/mocao_de_pesar_no_45-2005.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1533/mocao_de_pesar_no_46-2005.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1534/mocao_de_pesar_no_47-2005.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1535/mocao_de_pesar_no_48-2005.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1536/mocao_de_pesar_no_49-2005.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1537/mocao_de_pesar_no_50-2005.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1538/mocao_de_pesar_no_51-2005.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1539/mocao_de_pesar_no_52-2005.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1498/mocao_de_congratulacoes_no_15-2005.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1500/mocao_de_congratulaacoes_no_17-2005.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1524/mocao_de_congraturacoes_no_41-2005.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/866/indicacao_001-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/867/indicacao_002-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/868/indicacao_003-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/869/indicacao_004-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/870/indicacao_005-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/871/indicacao_006-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/872/indicacao_007-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/873/indicacao_008-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/874/indicacao_009-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/875/indicacao_010-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/876/indicacao_011-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/877/indicacao_012-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/879/indicacao_013-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/880/indicacao_014-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/881/indicacao_015-2005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/882/indicacao_016-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/883/indicacao_017-2005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/884/indicacao_018-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/885/indicacao_019-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/886/indicacao_020-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/887/indicacao_021-2005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/888/indicacao_022-2005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/889/indicacao_023-2005.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/890/indicacao_024-2005.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/891/indicacao_025-2005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/892/indicacao_026-2005.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/893/indicacao_027-2005.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/894/indicacao_028-2005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/895/indicacao_029-2005.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/896/indicacao_030-2005.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/897/indicacao_031-2005.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/898/indicacao_032-2005.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/899/indicacao_033-2005.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/900/indicacao_034-2005.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/901/indicacao_035-2005.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/902/indicacao_036-2005.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/903/indicacao_037-2005.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/904/indicacao_038-2005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/905/indicacao_039-2005.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/906/indicacao_040-2005.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/907/indicacao_041-2005.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/908/indicacao_042-2005.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/909/indicacao_043-2005.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/910/indicacao_044-2005.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/911/indicacao_045-2005.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/912/indicacao_046-2005.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/913/indicacao_047-2005.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/915/indicacao_048-2005.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/916/indicacao_049-2005.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/917/indicacao_050-2005.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/918/indicacao_052-2005.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/919/indicacao_053-2005.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/914/indicacao_054-2005.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2173/projeto_de_resolucao_001-2005.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2174/projeto_de_resolucao_002-2005.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2175/projeto_de_resolucao_003-2005.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2176/projeto_de_resolucao_004-2005.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2177/projeto_de_resolucao_005-2005.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2178/projeto_de_resolucao_006-2005.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2179/projeto_de_resolucao_007-2005.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2180/projeto_de_resolucao_008-2005.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/2181/projeto_de_resolucao_009-2005.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1790/001-2005.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1791/002-2005.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1792/003-2005.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1793/004-2005.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1794/005-2005.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1795/006-2005.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1796/007-2005.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1797/008-2005.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1798/009-2005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1799/012-2005.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1801/014-2005.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1802/015-2005.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1803/016-2005.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1804/017-2005.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1805/018-2005.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1806/019-2005.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1807/020-2005.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1808/021-2005.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1809/022-2005.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1810/023-2005.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1811/024-2005.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1812/025-2005.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1813/026-2005.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1814/027-2005.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1815/028-2005.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1816/029-2005.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1817/030-2005.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1818/031-2005.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1819/032-2005.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1820/033-2005.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1821/035-2005.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1822/036-2005.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1484/mocao_de_pesar_no_01-2005.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1485/mocao_de_pesar_no_02-2005.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1486/mocao_de_pesar_no_03-2005.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1487/mocao_de_pesar_no_04-2005.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1488/mocao_de_pesar_no_05-2005.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1489/mocao_de_pesar_no_06-2005.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1490/mocao_de_pesar_no_07-2005.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1491/mocao_de_pesar_no_08-2005.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1492/mocao_de_pesar_no_09-2005.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1493/mocao_de_pesar_no_10-2005.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1494/mocao_de_pesar_no_11-2005.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1495/mocao_de_pesar_no_12-2005.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1496/mocao_de_pesar_no_13-2005.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1497/mocao_de_pesar_no_14-2005.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1499/mocao_de_pesar_no_16-2005.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1501/mocao_de_pesar_no_18-2005.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1502/mocao_de_pesar_no_19-2005.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1503/mocao_de_pesar_no_20-2005.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1504/mocao_de_pesar_no_21-2005.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1505/mocao_de_pesar_no_22-2005.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1506/mocao_de_pesar_no_23-2005.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1507/mocao_de_pesar_no_24-2005.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1508/mocao_de_pesar_no_25-2005.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1509/mocao_de_pesar_no_26-2005.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1510/mocao_de_pesar_no_27-2005.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1511/mocao_de_pesar_no_28-2005.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1512/mocao_de_pesar_no_29-2005.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1513/mocao_de_pesar_no_30-2005.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1514/mocao_de_pesar_no_31-2005.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1515/mocao_de_pesar_no_32-2005.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1516/mocao_de_pesar_no_33-2005.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1517/mocao_de_pesar_no_34-2005.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1518/mocao_de_pesar_no_35-2005.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1519/mocao_de_pesar_no_36-2005.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1520/mocao_de_pesar_no_37-2005.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1521/mocao_de_pesar_no_38-2005.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1522/mocao_de_pesar_no_39-2005.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1523/mocao_de_pesar_no_40-2005.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1525/mocao_de_pesar_no_42-2005.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1526/mocao_de_pesar_no_43-2005.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1527/mocao_de_pesar_no_44-2005.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1532/mocao_de_pesar_no_45-2005.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1533/mocao_de_pesar_no_46-2005.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1534/mocao_de_pesar_no_47-2005.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1535/mocao_de_pesar_no_48-2005.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1536/mocao_de_pesar_no_49-2005.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1537/mocao_de_pesar_no_50-2005.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1538/mocao_de_pesar_no_51-2005.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1539/mocao_de_pesar_no_52-2005.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1498/mocao_de_congratulacoes_no_15-2005.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1500/mocao_de_congratulaacoes_no_17-2005.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2005/1524/mocao_de_congraturacoes_no_41-2005.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="166" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>