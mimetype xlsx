--- v0 (2026-02-01)
+++ v1 (2026-03-21)
@@ -54,1275 +54,1275 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JANIÇO JOÃO VERVLOET</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/733/indicacao_001-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/733/indicacao_001-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JANIÇO JOÃO VERVLOET- PDT, com fundamento no artigo 164, do Regime Interno da Câmara Municipal de Santa Leopoldina, INDICA ao Exmo. Prefeito Municipal Ronaldo Martins Prudêncio, em caráter de urgência, a necessidade de se realizar uma vistoria na Ponte para pedestres "Clarindo Lima", localizada na Sede do Municipio, a ser procedida pela Defesa Civil Municipal e demais órgãos competentes.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/734/indicacao_002-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/734/indicacao_002-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA-PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio a necessidade de retirada dos estabelecimentos fixados sobre "trailers"; um localizado nas proximidades do Parque da Independência e outro situado ao lado da Ponte Clarindo Lima, na Sede deste Município.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/735/indicacao_003-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/735/indicacao_003-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JANIÇO JOÃO VERVLOET - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de detonar, com a utilização de explosivos um bloco de pedra localizado num bueiro próximo a propriedade do Sr. Vilmar Boldt, na Comunidade de Pedra Branca, neste Município.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>JOSÉ RONILDO SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/736/indicacao_004-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/736/indicacao_004-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ RONILDO SILVEIRA - PR, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de construção de uma quadra poliesportiva coberta na comunidade de Holandinha, neste Município.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/737/indicacao_005-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/737/indicacao_005-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ RONILDO SILVEIRA - PR, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, que seja pavimentada a área em frente da quadra poliesportiva de Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/738/indicacao_006-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/738/indicacao_006-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de se retirar o semáforo que se encontra na Av. Presidente Vargas, próximo ao Destacamento de Polícia Militar local.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>JOSÉ LÚCIO BATISTA</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/739/indicacao_007-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/739/indicacao_007-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LUCIO BATISTA - PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade proposição de projeto de lei no sentido de alterar a lei Nº. 1155/2006 (art. 3º, inciso VI), excluindo a exigência de curso superior para ingresso no cargo de conselheiro, nos termos do estatuto da infância e adolescência e da Constituição Federal.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/740/indicacao_008-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/740/indicacao_008-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LUCIO BATISTA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de terceirização do viveiro Municipal de produção de mudas, tendo em vista os bons resultados obtidos por vários Municípios que delegaram tal atividade a particulares especializados.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/741/indicacao_009-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/741/indicacao_009-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JANIÇO JOÃO VERVLOET - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de construir um campo societ de areia na comunidade de Rio das Pedras, próximo ao Jair Ponath.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/742/indicacao_010-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/742/indicacao_010-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ RONILDO SILVEIRA - PR, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de instituir a Guarda Municipal, sobretudo para atender as comunidades da Sede e de Barra de Mangaraí, no período noturno.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>RUBENS LEPPAUS</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/743/indicacao_011-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/743/indicacao_011-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador RUBENS LEPPAUS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de disponibilizar um servidor para dar manutenção na Rodovia Bernardino Monteiro, que liga Santa Leopoldina a Santa Teresa, no trecho pertencente ao Município.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/744/indicacao_012-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/744/indicacao_012-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador RUBENS LEPPAUS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Presidente da Câmara Municipal, Sr. Darley Jansen Espíndula, a doação da aparelhagem de som do antigo Plenário a ser destinada ao CRAS (Centro de Referencia da Ação Social), órgão vinculado à Secretaria Municipal de Trabalho e Desenvolvimento da Ação Social.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/745/indicacao_013-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/745/indicacao_013-2009.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS-PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de adquirir um aparelho eletrocardiograma para o Posto de Saúde deste Município.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/746/indicacao_014-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/746/indicacao_014-2009.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS-PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de construção de uma praça ao lado da Universidade Aberta do Brasil-UAB e calçamento nas proximidades  daquela instituição de ensino.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/747/indicacao_015-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/747/indicacao_015-2009.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS-PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de se reformar a Praça Dalmacio Nascimento, localizada na rua Vereador Sebastião José Siller, neste Município.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>ILÁRIO STEINER</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/752/indicacao_016-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/752/indicacao_016-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER-PT do B, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de aquisição de uma caixa d`água de 5 mil litros e prestação de serviços de instalação de tal utensílio, para atender a localidade de São Miguel, próxima à comunidade de Regência.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/753/indicacao_017-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/753/indicacao_017-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER - PT do P, com fundamento no artigo 164, do Regime Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefito Municipal, Sr. Ronaldo Prudêncio, a necessidade de construção de uma ponte na estrada principal de Regência, no local próximo á residência de Sra. Carmem Coutinho da Costa, neste Município.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/754/indicacao_018-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/754/indicacao_018-2009.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS-PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de construção de um novo bueiro na Rua Sebastião José Siller, no trecho próximo à rua que da acesso à Comunidade de Tirol, neste município.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/755/indicacao_019-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/755/indicacao_019-2009.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS-PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de construir proteção nas laterais de uma ponte existente na estrada de Colina Verde, sobre o Rio Santa Maria da Vitória.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/756/indicacao_020-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/756/indicacao_020-2009.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS-PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de pavimentação da subida existente na estrada que dá acesso à localidade de Colina Verde, neste Município.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/757/indicacao_021-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/757/indicacao_021-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LUCIO BATISTA-PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de autorizar o uso do espaço físico junto ao alambrado do Campo do Moxafongo, para instalação de placas de publicidade dos estabelecimentos comerciais do Município, para viabilizar recursos para o Cachoeirano Futebol Clube.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/758/indicacao_022-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/758/indicacao_022-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA-PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de substituir o abrigo de ônibus existente na estrada que da acesso à comunidade de Ribeirão dos Pardos, neste Município.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/759/indicacao_023-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/759/indicacao_023-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador RUBENS LEPPAUS-PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de se realizar serviço de poda das árvores existentes no morro da Igreja Matriz “Sagrada Família”, localizada na sede do Município.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/760/indicacao_024-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/760/indicacao_024-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LUCIO BATISTA-PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de sinalizar o trecho da Rua José de Anchieta Fontana, próximo ao local de parada do transporte escolar particular, que serve às crianças do Jardim de Infância.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/761/indicacao_025-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/761/indicacao_025-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LUCIO BATISTA-PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de sinalizar as lombadas, faixas de pedestres e áreas de estacionamento das vias públicas municipais.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/762/indicacao_026-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/762/indicacao_026-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LUCIO BATISTA-PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de instalação de um novo corrimão na ladeira que dá acesso a EEEFM Alice Holzmeister (Rua Diretor Rudio), na sede do Município.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/763/indicacao_027-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/763/indicacao_027-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JANIÇO JOÃO VERVLOET, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de construir uma escadaria no atalho que dá acesso ao Hospital Nossa Senhora da Penha, localizado na sede do Município.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/764/indicacao_028-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/764/indicacao_028-2009.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS-PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de pavimentar a descida localizada no trecho próximo à propriedade do Sr. Idalino Bullerjanh, na estrada que liga a comunidade de Rio das Pedras a Rio das Farinhas, neste Município.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/765/indicacao_029-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/765/indicacao_029-2009.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS-PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a adoção de providências no sentido de  disponibilizar transporte aos munícipes que necessitam de tal serviço até a comunidade de Rio das Pedras, nas proximidades da propriedade do Sr. Dieter Kempim, uma vez que já existe ônibus circulando na comunidade de Rio das Farinhas.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/766/indicacao_030-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/766/indicacao_030-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER-PT do B, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de instalação de rede de iluminação ao longo da Rodovia 080-ES, no trecho compreendido entre o Canaã Campestre Clube e a Ponte próxima a estrada que da acesso à comunidade de Crubixá, neste Município.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/767/indicacao_031-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/767/indicacao_031-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador ILÁRIO STEINER-PT do B, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de reformar a Escola de Regência e providenciar o calçamento no pátio daquela instituição de ensino.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/768/indicacao_032-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/768/indicacao_032-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LUCIO BATISTA - PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de calçamento da subida do Paraíso que liga a estrada do Moxafongo à Comunidade de Crubixá Mirim, neste Município.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/769/indicacao_033-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/769/indicacao_033-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JANIÇO JOÃO VERVLOET, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de calçamento no trecho da estrada que liga a comunidade de Rio das Farinhas à localidade de Pedra Preta, neste Município.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Darley Jansen Espíndula</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/770/indicacao_034-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/770/indicacao_034-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA-PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de instalar um alambrado para o campo de futebol e construção de uma quadra Poliesportiva na comunidade de Retiro, neste Município.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/771/indicacao_035-b-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/771/indicacao_035-b-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA-PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de calçamento de uma área de 500m², próxima à Igreja Imaculada Conceição, em frente ao local destinado à construção do Centro Comunitário, na Comunidade de Luxemburgo de Baixo, neste Município, conforme abaixo-assinado anexo.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/772/indicacao_036-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/772/indicacao_036-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LUCIO BATISTA-PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de se construir um calçadão, que ligará a ponte do funil ao centro do município, às margens da Rodovia, pelo lado do Rio Santa Maria da Vitória, até a entrada da Cidade, nas proximidades da residência da Sra. Alice Knak, perto do  córrego que corta aquela via pública, neste Município.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/773/indicacao_037-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/773/indicacao_037-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LUCIO BATISTA-PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade da construção de duas áreas para manobras, uma em frente ao Canaã Campestre Clube e outra às margens das corredeiras do Funil, neste Município.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/774/indicacao_038-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/774/indicacao_038-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA-PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de rescindir o contrato relativo aos imóveis localizados na Rua Costa Pereira, centro, Santa Leopoldina/ES, de propriedade do Sr. Degazito Vervloet onde funcionam a Secretaria Municipal de Cultura e Turismo e Secretaria Municipal de Assistência  e Ação Social.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/775/indicacao_039-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/775/indicacao_039-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LUCIO BATISTA-PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, que seja retirada e utilizada a areia do leito do Rio Santa Maria da Vitória, o qual vem apresentando assoreamento em boa parte de seu percurso, compreendido entre as duas pontes do centro do Município.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/776/indicacao_040-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/776/indicacao_040-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA-PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de restaurar pequenos trechos da pavimentação ao longo da Rua Amaro da Penha Soave, na sede do Município.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/777/indicacao_041-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/777/indicacao_041-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador RUBENS LEPPAUS-PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de se realizar a poda das árvores da Rua Costa Pereira, no centro deste Município.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/778/indicacao_042-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/778/indicacao_042-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA-PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de recuperar parte do calçamento, de aproximadamente 15m² da rua que liga a Igreja Católica Sagrada Família (Igreja de cima) à rua que da acesso a CESAN, neste Município.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/779/indicacao_043-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/779/indicacao_043-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA-PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal, Exmo. Sr. Ronaldo Martins Prudêncio, a necessidade construção de uma  ponte de concreto na estrada que liga a Comunidade de Luxemburgo a Pedra Preta, neste Município.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/780/indicacao_044-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/780/indicacao_044-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA-PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de providenciar a instalação de lixeiras na área urbana do Município, a fim de que os moradores possam dispor de locais apropriados para depósito temporário de lixo doméstico para coleta.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/781/indicacao_045-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/781/indicacao_045-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LUCIO BATISTA-PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, seja incluída na rede Municipal de ensino como matéria obrigatória a Historia do nosso Município.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/782/indicacao_046-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/782/indicacao_046-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA-PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de ampliar a área urbana do Distrito Sede, deste Município.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador JANIÇO JOÃO VERVLOET- PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de reativação da represa localizada no córrego Bento de Freitas, no bairro Caixa D’água, neste Município, também, a limpeza ao longo daquele curso d’água.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/784/indicacao_048-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/784/indicacao_048-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA-PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de ceder, em regime de concessão de uso, o espaço denominado coreto, localizado no Parque da Independência, neste Município, a exemplo do que ocorreu por ocasião da Lei Nº. 1227/2007 de 18 de outubro de 2007.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/785/indicacao_049-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/785/indicacao_049-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA-PP e demais Vereadores, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a nomeação do Sr. Arnaldo Frederico Nickel, ex-vereador desta casa, para ocupar o Cargo de Provimento em Comissão de Coordenado Político.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/786/indicacao_050-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/786/indicacao_050-2009.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS-PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Prudêncio, a necessidade de construir bueiros na estrada que dá acesso à propriedade do Sr. Dalmácio Maier, na comunidade de Rio das Pedras, neste Município.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/787/indicacao_051-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/787/indicacao_051-2009.pdf</t>
   </si>
   <si>
     <t>O Vereador RUBENS LEPPAUS- PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, a necessidade de construção de um novo bueiro de maior dimensão, na estrada principal da comunidade de Cabeceira de Rio Bonito, neste Município.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Darley Jansen Espíndula, JANIÇO JOÃO VERVLOET, JOSÉ RONILDO SILVEIRA, Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/471/projeto_de_decreto_legislativo_01-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/471/projeto_de_decreto_legislativo_01-2009.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO LEOPOLDINENSE.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>ILÁRIO STEINER, Marcos Adriano Rauta, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/477/projeto_de_decreto_legislativo_02-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/477/projeto_de_decreto_legislativo_02-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL  DE SANTA LEOPOLDINA RELATIVA AO EXERCÍCIO DE 2003, REFERENTE AO PERÍODO DE 01/01/2003 A 09/10/2003.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/478/projeto_de_decreto_legislativo_03-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/478/projeto_de_decreto_legislativo_03-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA RELATIVA AO EXERCÍCIO DE 2003, REFERENTE AO PERÍODO DE 10/10/2003 A 31/12/2003.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/479/projeto_de_decreto_legislativo_04-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/479/projeto_de_decreto_legislativo_04-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA REFERENTE AO EXERCÍCIO DE 2007.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/480/projeto_de_decreto_legislativo_05-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/480/projeto_de_decreto_legislativo_05-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA REFERENTE AO EXERCÍCIO DE 2008.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/459/pj_lei_organica_001-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/459/pj_lei_organica_001-2009.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARAGRAFO TERCEIRO AO ARTIGO 113 DA LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2151/projeto_de_resolucao_001-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2151/projeto_de_resolucao_001-2009.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 2ª DA RESOLUÇÃO Nº 001/2017.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2152/projeto_de_resolucao_002-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2152/projeto_de_resolucao_002-2009.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 81 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2153/projeto_de_resolucao_003-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2153/projeto_de_resolucao_003-2009.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 92 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2154/projeto_de_resolucao_004-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2154/projeto_de_resolucao_004-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LAVRATURA DAS ATAS DAS SESSÕES DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2155/projeto_de_resolucao_005-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2155/projeto_de_resolucao_005-2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER LEGISLATIVO A TRANSFERIR MÓVEIS AO PATRIMÔNIO DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA/ES.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2156/projeto_de_resolucao_006-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2156/projeto_de_resolucao_006-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROPOSTA DAS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNÍCIPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA-ES.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2157/projeto_de_resolucao_007-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2157/projeto_de_resolucao_007-2009.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE FIXAÇÃO DAS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCÍCIO DO ANO DE 2010.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2158/projeto_de_resolucao_008-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2158/projeto_de_resolucao_008-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA PARA ELABORAÇÃO DO PLANO PLURIANUAL DE INVESTIMENTOS REFERENTE AO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1299/requerimento_001-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1299/requerimento_001-2009.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador desta Augusta Casa de Leis, com fundamento no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, combinado como o artigo 168, inciso V, do Regimento Interno, vem requerer a CONVOCAÇÃO do Secretário Municipal de Finanças, Sr. Leomar Laureti, para comparecer na Sessão Ordinária do  dia 18 de fevereiro de 2008, ás 17hrs, no Plenário da Câmara de Vereadores de Santa Leopoldina, a fim prestar informações sobre a aplicação dos recursos financeiros recebidos pelo Poder Executivo Municipal no período de 01 de janeiro de 2005 a 31 de dezembro de 2008.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1300/requerimento_002-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1300/requerimento_002-2009.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador desta Augusta Casa de Leis, com fundamento no artigo 168, inciso VI, do Regimento Interno, vem requerer que seja solicitado o comparecimento da Presidente da Fundação Médico Assistencial do Trabalhador Rural de Santa Leopoldina, Srª. Marilin Teles Vieira, para comparecer na Sessão Ordinária do dia 18 de fevereiro de 2009, ás 17 horas, no Plenário da Câmara de Vereadores d Santa Leopoldina, a fim de prestar informações sobre o repasse de recursos financeiros ao Hospital Nossa Senhora da Penha, referente ao exercício de 2008.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1301/requerimento_003-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1301/requerimento_003-2009.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador desta Augusta Casa de Leis, com fundamento no artigo 168, inciso VI, do Regimento Interno, vem requerer que seja solicitado o comparecimento do Diretor Presidente da Cooperativa de Transporte de Santa Leopoldina, Sr. Paulo Nickel Filho, para comparecer na Sessão Ordinária do dia 18 de fevereiro de 2009, ás 17 horas, no Plenário da Câmara de Vereadores de Santa Leopoldina, a fim  de prestar informações sobre os pagamentos realizados pela Prefeitura áquela instituição no exercício de 2008.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1302/requerimento_004-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1302/requerimento_004-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA-PSDB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com fundamento no artigo 168, inciso II, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, vem à presença de Vossa Excelência REQUERER seja solicitado ao Exmo. Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, providências a fim de coibir a prática de atividades comerciais nas áreas de uso comum do Município, tais como ruas, estradas, praças, pontes, calçadas e outros, notificando os estabelecimentos se necessário for.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1303/requerimento_005-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1303/requerimento_005-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER que seja solicitado ao Secretário Municipal de Saúde deste Município, estudo técnico sobre a viabilidade técnica, econômica e social do Programa de Saúde da Família  - PSF, contendo os seguintes dados: _x000D_
 •	Número de atendimento na unidade sanitária da sede antes e depois da implantação do PSF;_x000D_
 •	Custo atual de manutenção de uma equipe; _x000D_
 •	Numero de atendimento por mês de uma equipe; _x000D_
 •	Quantidade de profissionais envolvidos na área de atuação das equipes, com respectiva relação nominal, indicando os cargos e vencimentos;_x000D_
 •	Custo total de manutenção do PSF contendo gastos com alimentação, veículo, combustível, etc.;_x000D_
 •	Valores repassados pelo Governo Federal para manutenção do PSF;_x000D_
 •	Número de atendimentos de pacientes no hospital antes e após a implantação do PSF;_x000D_
 •	Avaliação técnica do Secre</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1304/requerimento_006-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1304/requerimento_006-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja aplicado em relação à empresa GAIA IMPORTAÇÃO E EXPORTAÇÃO LTDA, o que foi estabelecido na Lei nº 1148/2006, que autorizou o Poder Executivo Municipal a alienar por doação um terreno no lugar denominado Moxafongo, neste Município.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1305/requerimento_007-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1305/requerimento_007-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador desta Augusta Casa de Leis, com fundamento no artigo 168, inciso II, do Regimento Interno, vem requerer que seja solicitado ao excelentíssimo Senhor Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, adoção das seguintes providências:</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1306/requerimento_008-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1306/requerimento_008-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja encaminhado oficio ao Secretário de Estado de Saneamento, Habitação e Desenvolvimento Urbano – SEDURB, Sr. Paulo Ruy Valim Carnelli, solicitando a visita de uma equipe técnica a fim de apontar as soluções para a implantação e funcionamento do sistema de tratamento de esgoto da sede do Município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1307/requerimento_009-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1307/requerimento_009-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja solicitado à Secretária Municipal de Trabalho, Desenvolvimento e Ação Social de Santa Leopoldina, a relação dos cidadãos beneficiados com cestas básicas e colchões distribuídos por aquele órgão  no corrente ano.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1308/requerimento_010-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1308/requerimento_010-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a adoção de providências no sentido de somente autorizar alimentação aos servidores que desempenham suas funções na zona rural do Município, tais como integrantes de equipes do PSF e operadores de máquinas pesadas.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1309/requerimento_011-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1309/requerimento_011-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja enviado oficio à Secretaria de Estado da Cultura – SECULT, solicitando a realização de uma Audiência Pública, com o objetivo de criar normas visando a padronização das placas e luminosos dos estabelecimentos públicos e comerciais instalados em imóveis tombados, bem como das placas de sinalização de transito, no centro do Município.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1310/requerimento_012-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1310/requerimento_012-2009.pdf</t>
   </si>
   <si>
     <t>JOSÉ LUCIO BATISTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja solicitado do Excelentíssimo Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, providência no sentido de relacionar as indicações deste Legislativo atendidas pelo Poder Executivo nesta Legislatura.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1311/requerimento_013-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1311/requerimento_013-2009.pdf</t>
   </si>
   <si>
     <t>JOSÉ LUCIO BATISTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja encaminhado ofício ao Excelentíssimo Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, solicitando providências no sentido de recolher os cães abandonados das ruas e logradouros públicos do Município, tal como determinam os artigos 3º e 5º da Lei 1016/2002.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1312/requerimento_014-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1312/requerimento_014-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja encaminhado ao Departamento de Engenharia de Trânsito do DETRAN/ES, ofício solicitando a realização de um debate ou audiência pública na Câmara Municipal de Santa Leopoldina, objetivando a criação e a execução de um projeto para viabilizar o fluxo de veículos na sede do Município.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1313/requerimento_015-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1313/requerimento_015-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja encaminhado a Secretaria de Estado da Fazenda do Espírito Santo - SEFAZ, ofício solicitando a revisão do DECRETO Nº. 2.305-R de 17 de julho de 2009, tendo em vista que vários agricultores do nosso Município com pequenas propriedades rurais não terão direito ao INCRA (CCIR) pelo simples fato de suas propriedades apresentarem áreas inferior a 3,0 Ha.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1314/requerimento_016-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1314/requerimento_016-2009.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja solicitado à Promotoria de Justiça de Santa Leopoldina a averiguação acerca dos fatos a seguir alinhados e, se for o caso, a adoção de medidas administrativas e judiciais pertinentes:</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1315/requerimento_017-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1315/requerimento_017-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja encaminhado ao Departamento de Estradas de Rodagem do Estado do Espírito Santo – DER-ES, ofício solicitando a instalação de uma viga pré-moldada visando a ampliação da Ponte do Rio da Prata, localizada na Rodovia Bernardino Monteiro, na comunidade de Rio da Prata, neste Município.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1316/requerimento_018-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1316/requerimento_018-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja encaminhado ofício à Corregedoria de Justiça do Estado do Espírito Santo, solicitando providências no sentido de notificar ao Cartório de Registro Geral da Comarca de Santa Leopoldina, visando o cumprimento do disposto no artigo 16 do Decreto Nº 2271-R, de 05 de junho de 2009, do Governador do Estado do Espírito Santo, que estabelece a gratuidade da averbação de reserva legal de pequena propriedade ou posse rural familiar.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1317/requerimento_019-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1317/requerimento_019-2009.pdf</t>
   </si>
   <si>
     <t>JANIÇO JOÃO VERVLOET, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja encaminhado ofício ao Prefeito Municipal, Sr. Ronaldo Martins Prudêncio, solicitando a adoção de providências no sentido de buscar junto à ESCELSA o retorno de seu escritório de atendimento para a Av. Presidente Vargas, no Centro da Cidade.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1318/requerimento_020-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1318/requerimento_020-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja encaminhado ofício a Agência Nacional de Energia Elétrica – ANEEL, solicitando providências no sentido de notificar à Concessionária Espírito Santo Centrais Elétricas S/A (ESCELSA), a fim de que esta adote providências no sentido de identificar e sanar anormalidades no fornecimento de energia no Município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1319/requerimento_021-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1319/requerimento_021-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA-PSDB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja encaminhado oficio ao Prefeito Municipal Exmo. Sr. Ronaldo Martins Prudêncio solicitando providências no sentido de regularizar a manutenção dos veículos da Prefeitura, que realizam o transporte dos estudantes universitários.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1320/requerimento_022-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1320/requerimento_022-2009.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA-PSDB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja encaminhado oficio ao Diretor Geral do DER-ES EM CARÁTER DE URGÊNCIA, solicitando providências no sentido de efetivar reparos na rodovia Estadual, que liga os municípios Santa Leopoldina e Santa Teresa, danificada devido a fortes chuvas ocorrida no final do mês de outubro e inicio de novembro de 2009.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1321/requerimento_024-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1321/requerimento_024-2009.pdf</t>
   </si>
   <si>
     <t>JOSÉ LÚCIO BATISTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja encaminhado ofício ao Secretário de Estado de Segurança Pública e Defesa Social-SESP, Dr. Rodney Rocha Miranda, a fim de designar um delegado titular para Santa Leopoldina.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja solicitado à empresa que administra a Usina Suíça, neste Município, que explique, por intermédio de relatório, o fato ocorrido na segunda-feira, do dia 23/11/2009, por volta das 12h00min, onde houve uma elevação brusca do nível de água do Rio Santa Maria da Vitória, colocando em risco a população ribeirinha._x000D_
 Requer, ademais, seja encaminhado ofício àquela empresa a fim de informar, tecnicamente qual seria a possibilidade de tal circunstância voltar a ocorrer e com qual freqüência. E ainda, quais providências foram adotadas para evitar o problema.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1323/mocao_de_pesar_001-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1323/mocao_de_pesar_001-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SHULTZ LEPPAUS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sra. ISMÊNIA LICHTENHELD, ocorrido no dia 07 de Fevereiro de 2009.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1324/mocao_de_pesar_002-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1324/mocao_de_pesar_002-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SHULTZ LEPPAUS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ROBSON CARVALHO, ocorrido no dia 09 de Fevereiro de 2009.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1325/mocao_de_pesar_003-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1325/mocao_de_pesar_003-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JANIÇO JOÃO VERVLOET, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. FELIZIA MONTEIRO FREIRES KLEIN, ocorrido no dia 10 de Fevereiro de 2009.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1326/mocao_de_pesar_004-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1326/mocao_de_pesar_004-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. CRISTÓVÃO LAHASS, ocorrido no dia 22 de fevereiro de 2009.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1327/mocao_de_pesar_005-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1327/mocao_de_pesar_005-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. Francisco José Paixão do Amaral, ocorrido no dia 17 de março de 2009.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1328/mocao_de_pesar_006-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1328/mocao_de_pesar_006-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador MARCOS ADRIANO RAUTA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ETELVINO SALES, ocorrido no dia 26 de março de 2009.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1329/mocao_de_pesar_007-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1329/mocao_de_pesar_007-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ALAN ENTRINGER TANURE, ocorrido no dia 24 de abril de 2009.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1330/mocao_de_pesar_008-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1330/mocao_de_pesar_008-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. ALBANI MANTOVANELI, ocorrido no dia 09 de maio de 2009.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1331/mocao_de_pesar_009-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1331/mocao_de_pesar_009-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador MARCOS ADRIANO RAUTA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ANDERSON DE PAULA SILVA, ocorrido no dia 03 de maio de 2009.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1332/mocao_de_pesar_010-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1332/mocao_de_pesar_010-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SHULTZ LEPPAUS-PPS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JONAS ALVES DIAS, ocorrido no dia 17 de maio de 2009.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1333/mocao_de_pesar_011-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1333/mocao_de_pesar_011-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SHULTZ LEPPAUS, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sra. IZALINA FERNANDES DE PAULA PAULO, ocorrido no dia 12 de maio de 2009.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1334/mocao_de_pesar_012-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1334/mocao_de_pesar_012-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA-PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ADÃO ANTONIO ROSA, ocorrido no dia 01 de julho de 2009.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1335/mocao_de_pesar_013-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1335/mocao_de_pesar_013-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA-PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sra. NOÊMIA RICARDO NUNES, ocorrido no dia 04 de julho de 2009.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1336/mocao_de_pesar_014-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1336/mocao_de_pesar_014-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA-PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ANTÔNIO RIBEIRO DA SILVA SOARES, ocorrido no dia 04 de julho de 2009.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1337/mocao_de_pesar_015-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1337/mocao_de_pesar_015-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA-PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sra. ROSÂNGELA DE OLIVEIRA, ocorrido no dia 10 de julho de 2009.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1338/mocao_de_pesar_016-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1338/mocao_de_pesar_016-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA-PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOÃO DA COSTA BRAGA, ocorrido no dia 12 de julho de 2009.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1339/mocao_de_pesar_017-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1339/mocao_de_pesar_017-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA-PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FLORIANO MIGUEL BREMENKAMP, ocorrido no dia 30 de julho de 2009.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1340/mocao_de_pesar_018-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1340/mocao_de_pesar_018-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA-PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. DIDIMO BARCELOS, ocorrido no dia 15 de AGOSTO de 2009.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1341/mocao_de_pesar_019-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1341/mocao_de_pesar_019-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JANIÇO JOÃO VERVLOET-PDT, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSÉ MORAES DIAS, ocorrido no dia 13 de agosto de 2009.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1342/mocao_de_pesar_020-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1342/mocao_de_pesar_020-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA-PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. Dionísio Luiz Mônico, ocorrido no dia 27 de agosto de 2009.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1343/mocao_de_pesar_021-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1343/mocao_de_pesar_021-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA-PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sra. ANGELINA Mª SILLER GOMES, ocorrido no dia 27 de agosto de 2009.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1344/mocao_de_pesar_022-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1344/mocao_de_pesar_022-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador MARCOS ADRIANO RAUTA-PSDB, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. NEWTO BERMUDES , ocorrido no dia 08 de setembro de 2009.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1345/mocao_de_pesar_023-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1345/mocao_de_pesar_023-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA-PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSUÉ RAMOS, ocorrido no dia 17 de setembro de 2009.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1346/mocao_de_pesar_024-2009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1346/mocao_de_pesar_024-2009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA-PP, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOÃO CLEMENTE ENDRINGER, ocorrido no dia 15 de novembro de 2009.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1629,67 +1629,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/733/indicacao_001-2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/734/indicacao_002-2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/735/indicacao_003-2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/736/indicacao_004-2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/737/indicacao_005-2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/738/indicacao_006-2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/739/indicacao_007-2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/740/indicacao_008-2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/741/indicacao_009-2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/742/indicacao_010-2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/743/indicacao_011-2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/744/indicacao_012-2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/745/indicacao_013-2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/746/indicacao_014-2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/747/indicacao_015-2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/752/indicacao_016-2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/753/indicacao_017-2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/754/indicacao_018-2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/755/indicacao_019-2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/756/indicacao_020-2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/757/indicacao_021-2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/758/indicacao_022-2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/759/indicacao_023-2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/760/indicacao_024-2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/761/indicacao_025-2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/762/indicacao_026-2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/763/indicacao_027-2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/764/indicacao_028-2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/765/indicacao_029-2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/766/indicacao_030-2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/767/indicacao_031-2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/768/indicacao_032-2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/769/indicacao_033-2009.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/770/indicacao_034-2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/771/indicacao_035-b-2009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/772/indicacao_036-2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/773/indicacao_037-2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/774/indicacao_038-2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/775/indicacao_039-2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/776/indicacao_040-2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/777/indicacao_041-2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/778/indicacao_042-2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/779/indicacao_043-2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/780/indicacao_044-2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/781/indicacao_045-2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/782/indicacao_046-2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/784/indicacao_048-2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/785/indicacao_049-2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/786/indicacao_050-2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/787/indicacao_051-2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/471/projeto_de_decreto_legislativo_01-2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/477/projeto_de_decreto_legislativo_02-2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/478/projeto_de_decreto_legislativo_03-2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/479/projeto_de_decreto_legislativo_04-2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/480/projeto_de_decreto_legislativo_05-2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/459/pj_lei_organica_001-2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2151/projeto_de_resolucao_001-2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2152/projeto_de_resolucao_002-2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2153/projeto_de_resolucao_003-2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2154/projeto_de_resolucao_004-2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2155/projeto_de_resolucao_005-2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2156/projeto_de_resolucao_006-2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2157/projeto_de_resolucao_007-2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2158/projeto_de_resolucao_008-2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1299/requerimento_001-2009.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1300/requerimento_002-2009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1301/requerimento_003-2009.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1302/requerimento_004-2009.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1303/requerimento_005-2009.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1304/requerimento_006-2009.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1305/requerimento_007-2009.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1306/requerimento_008-2009.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1307/requerimento_009-2009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1308/requerimento_010-2009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1309/requerimento_011-2009.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1310/requerimento_012-2009.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1311/requerimento_013-2009.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1312/requerimento_014-2009.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1313/requerimento_015-2009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1314/requerimento_016-2009.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1315/requerimento_017-2009.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1316/requerimento_018-2009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1317/requerimento_019-2009.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1318/requerimento_020-2009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1319/requerimento_021-2009.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1320/requerimento_022-2009.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1321/requerimento_024-2009.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1323/mocao_de_pesar_001-2009.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1324/mocao_de_pesar_002-2009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1325/mocao_de_pesar_003-2009.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1326/mocao_de_pesar_004-2009.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1327/mocao_de_pesar_005-2009.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1328/mocao_de_pesar_006-2009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1329/mocao_de_pesar_007-2009.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1330/mocao_de_pesar_008-2009.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1331/mocao_de_pesar_009-2009.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1332/mocao_de_pesar_010-2009.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1333/mocao_de_pesar_011-2009.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1334/mocao_de_pesar_012-2009.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1335/mocao_de_pesar_013-2009.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1336/mocao_de_pesar_014-2009.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1337/mocao_de_pesar_015-2009.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1338/mocao_de_pesar_016-2009.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1339/mocao_de_pesar_017-2009.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1340/mocao_de_pesar_018-2009.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1341/mocao_de_pesar_019-2009.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1342/mocao_de_pesar_020-2009.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1343/mocao_de_pesar_021-2009.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1344/mocao_de_pesar_022-2009.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1345/mocao_de_pesar_023-2009.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1346/mocao_de_pesar_024-2009.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/733/indicacao_001-2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/734/indicacao_002-2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/735/indicacao_003-2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/736/indicacao_004-2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/737/indicacao_005-2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/738/indicacao_006-2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/739/indicacao_007-2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/740/indicacao_008-2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/741/indicacao_009-2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/742/indicacao_010-2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/743/indicacao_011-2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/744/indicacao_012-2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/745/indicacao_013-2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/746/indicacao_014-2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/747/indicacao_015-2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/752/indicacao_016-2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/753/indicacao_017-2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/754/indicacao_018-2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/755/indicacao_019-2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/756/indicacao_020-2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/757/indicacao_021-2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/758/indicacao_022-2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/759/indicacao_023-2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/760/indicacao_024-2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/761/indicacao_025-2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/762/indicacao_026-2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/763/indicacao_027-2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/764/indicacao_028-2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/765/indicacao_029-2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/766/indicacao_030-2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/767/indicacao_031-2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/768/indicacao_032-2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/769/indicacao_033-2009.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/770/indicacao_034-2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/771/indicacao_035-b-2009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/772/indicacao_036-2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/773/indicacao_037-2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/774/indicacao_038-2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/775/indicacao_039-2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/776/indicacao_040-2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/777/indicacao_041-2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/778/indicacao_042-2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/779/indicacao_043-2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/780/indicacao_044-2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/781/indicacao_045-2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/782/indicacao_046-2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/784/indicacao_048-2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/785/indicacao_049-2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/786/indicacao_050-2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/787/indicacao_051-2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/471/projeto_de_decreto_legislativo_01-2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/477/projeto_de_decreto_legislativo_02-2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/478/projeto_de_decreto_legislativo_03-2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/479/projeto_de_decreto_legislativo_04-2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/480/projeto_de_decreto_legislativo_05-2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/459/pj_lei_organica_001-2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2151/projeto_de_resolucao_001-2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2152/projeto_de_resolucao_002-2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2153/projeto_de_resolucao_003-2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2154/projeto_de_resolucao_004-2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2155/projeto_de_resolucao_005-2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2156/projeto_de_resolucao_006-2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2157/projeto_de_resolucao_007-2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/2158/projeto_de_resolucao_008-2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1299/requerimento_001-2009.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1300/requerimento_002-2009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1301/requerimento_003-2009.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1302/requerimento_004-2009.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1303/requerimento_005-2009.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1304/requerimento_006-2009.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1305/requerimento_007-2009.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1306/requerimento_008-2009.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1307/requerimento_009-2009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1308/requerimento_010-2009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1309/requerimento_011-2009.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1310/requerimento_012-2009.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1311/requerimento_013-2009.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1312/requerimento_014-2009.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1313/requerimento_015-2009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1314/requerimento_016-2009.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1315/requerimento_017-2009.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1316/requerimento_018-2009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1317/requerimento_019-2009.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1318/requerimento_020-2009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1319/requerimento_021-2009.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1320/requerimento_022-2009.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1321/requerimento_024-2009.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1323/mocao_de_pesar_001-2009.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1324/mocao_de_pesar_002-2009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1325/mocao_de_pesar_003-2009.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1326/mocao_de_pesar_004-2009.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1327/mocao_de_pesar_005-2009.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1328/mocao_de_pesar_006-2009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1329/mocao_de_pesar_007-2009.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1330/mocao_de_pesar_008-2009.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1331/mocao_de_pesar_009-2009.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1332/mocao_de_pesar_010-2009.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1333/mocao_de_pesar_011-2009.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1334/mocao_de_pesar_012-2009.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1335/mocao_de_pesar_013-2009.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1336/mocao_de_pesar_014-2009.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1337/mocao_de_pesar_015-2009.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1338/mocao_de_pesar_016-2009.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1339/mocao_de_pesar_017-2009.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1340/mocao_de_pesar_018-2009.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1341/mocao_de_pesar_019-2009.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1342/mocao_de_pesar_020-2009.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1343/mocao_de_pesar_021-2009.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1344/mocao_de_pesar_022-2009.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1345/mocao_de_pesar_023-2009.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2009/1346/mocao_de_pesar_024-2009.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="87" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>