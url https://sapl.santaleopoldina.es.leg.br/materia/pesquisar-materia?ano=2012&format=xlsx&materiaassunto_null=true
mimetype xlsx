--- v0 (2026-02-03)
+++ v1 (2026-03-25)
@@ -54,1159 +54,1159 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Darley Jansen Espíndula</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/404/ind_01-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/404/ind_01-2012.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA - PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de providenciar a LIMPEZA DO MONUMENTO AO IMIGRANTE, nas imediações do Hospital Nossa Senhora Da Penha, neste Município.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/405/ind_02-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/405/ind_02-2012.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPÍNDULA - PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a reposição das perdas dos vencimentos dos servidores públicos municipais, no importe de 17,5%, a ser concedido em sete parcelas de 2,5% cada, com vistas a dar cumprimento ao art. 37, X, da Constituição Federal.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/406/ind_04-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/406/ind_04-2012.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPINDULA - PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, o recadastramento imobiliário e a disponibilização aos munícipes dos números oficiais dos imóveis existentes nas áreas urbanas do Município, inclusive aquelas instituídas pelo Plano Diretor Municipal, pois há vários anos grande parte dos imóveis se encontra sem numeração, incluindo os prédios residenciais e comerciais situados nos novos espaços urbanos especificados na Lei Complementar nº 1223/2007, que institui o Plano Diretor Municipal.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/407/ind_05-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/407/ind_05-2012.pdf</t>
   </si>
   <si>
     <t>O Vereador DARLEY JANSEN ESPINDULA - PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a construção de uma unidade básica de saúde para atender as comunidades de Caioaba, Pedra Branca e Ribeiro Limpo.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>JOSÉ LÚCIO BATISTA</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/408/ind_06-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/408/ind_06-2012.pdf</t>
   </si>
   <si>
     <t>O Vereador JOSÉ LÚCIO BATISTA - PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, para, quando da construção de obras públicas permanentes, observe a média histórica de enchente do Rio Santa Maria e só as promova acima desse nível.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Darley Jansen Espíndula, JANIÇO JOÃO VERVLOET, JOSÉ LÚCIO BATISTA, Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/450/pj_decreto_legisl_001-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/450/pj_decreto_legisl_001-2012.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO LEOPOLDINENSE.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/451/pj_decreto_legisl_002-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/451/pj_decreto_legisl_002-2012.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE HONRA AO MERITO</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>JANIÇO JOÃO VERVLOET, JOSÉ LÚCIO BATISTA, JOSÉ RONILDO SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/193/pj_decreto_legisl_003-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/193/pj_decreto_legisl_003-2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA REFERENTE AO EXERCÍCIO DE 2010.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Romero Luiz Endringer</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1971/pl_001-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1971/pl_001-2012.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A PARTICIPAÇÃO DE SANTA LEOPOLDINA NO CONSÓRCIO PÚBLICO DA REGIÃO POLINORTE - CIM POLINORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1974/pl_002-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1974/pl_002-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM A FUNDAÇÃO MÉDICA ASSISTENCIAL DO TRABALHADOR RURAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1966/pl_003-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1966/pl_003-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO EM COMODATO DOS EQUIPAMENTOS E MATERIAIS PERMANENTES DESTE MUNICÍPIO, PARA O FUNCIONAMENTO DA FÁBRICA DE DOCES DA APRUMEL.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1967/pl_004-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1967/pl_004-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E O GOVERNO DO TIROL DO SUL EM CONJUNTO COM O GOVERNO DO TIROL, PARA TRANSFERÊNCIA DE RECURSOS FINANCEIROS .</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1968/pl_005-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1968/pl_005-2012.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE ADICIONAIS POR PARTICIPAÇÃO EM PROGRAMAS E ESTRATÉGIAS DE SAÚDE CONTIDO NO § 1º DO ARTIGO 2º DA LEI 1335/2010.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1969/pl_006-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1969/pl_006-2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA DE CONTROLE INTERNO DO MUNICÍPIO DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1970/pl_007-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1970/pl_007-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DISPOSITIVOS DAS LEIS NºS 675/90, 681/90, 737/91, 834/94, 1079/05 E 1278/2009 QUE TRATAM DO PLANO DE CLASSIFICAÇÃO DE CARGOS E VENCIMENTOS E DA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1979/pl_008-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1979/pl_008-2012.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS LEIS 675/90, 681/90, 7525/92, 893/97, 1102/2005, 1150/06, 1189/06 E 1330/2010 QUE TRATA DO PLANO DE CLASSIFICAÇÃO DE CARGOS E VENCIMENTOS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1984/pl_009-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1984/pl_009-2012.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1318/2009.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1983/pl_010-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1983/pl_010-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DISPOSITIVOS DA LEI MUNICIPAL Nº 1393/2011.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1982/pl_011-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1982/pl_011-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DE 2012.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1981/pl_012-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1981/pl_012-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS, PARA TRANSFERÊNCIA DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1980/pl_013-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1980/pl_013-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A SOCIEDADE CIVIL DOS BOMBEIROS VOLUNTÁRIOS DE SANTA LEOPOLDINA, PARA TRANSFERÊNCIA DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1975/pl_014-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1975/pl_014-2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, PARA LEGISLATURA DE 2013 - 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1973/pl_015-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1973/pl_015-2012.pdf</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>RUBENS LEPPAUS</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1944/pl_016-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1944/pl_016-2012.pdf</t>
   </si>
   <si>
     <t>DENOMINA "RUA ENGENHEIRO WALTER KOPPERSCHMIDT".</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1945/pl_017-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1945/pl_017-2012.pdf</t>
   </si>
   <si>
     <t>DENOMINA "RUA TEODORO HOFFMANN".</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1946/pl_018-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1946/pl_018-2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS SUBSÍDIOS DO PREFEITO MUNICIPAL, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS (QUADRIÊNIO 2013-2016) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/540/pj_20-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/540/pj_20-2012.pdf</t>
   </si>
   <si>
     <t>DENOMINA COMPLEXO ESPORTIVO HERMÍNIO BRAZ.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1947/pl_021-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1947/pl_021-2012.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 1401/2012, DE 22.03.2012.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1948/pl_023-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1948/pl_023-2012.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1393/2011.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1949/pl_024-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1949/pl_024-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A FEDERAÇÃO DE AGRICULTORES FAMILIARES DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1950/pl_025-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1950/pl_025-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CELEBRAR CONVÊNIO COM O SICOOB CENTRO - SERRANO.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1951/pl_026-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1951/pl_026-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PAGAMENTO DE INDENIZAÇÃO REALIZADAS SOBRE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1952/pl_027-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1952/pl_027-2012.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA A PESSOA JURÍDICA SUPORTE DO CIM POLINORTE/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1953/pl_028-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1953/pl_028-2012.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 2º DA LEI Nº 1399/2012 QUE AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E O GOVERNO DO TIROL DO SUL EM CONJUNTO COM O GOVERNO DO TIROL, PARA TRANFERÊNCIA DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1954/pl_029-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1954/pl_029-2012.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1955/pl_030-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1955/pl_030-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE PRODUTORES RURAIS DE ALTO LUXEMBURGO - PROLUX.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1956/pl_032-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1956/pl_032-2012.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI MUNICIPAL Nº 1000/2001.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1957/pl_033-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1957/pl_033-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE PRODUTORES RURAIS DAS COMUNIDADES DE RIO DO MEIO E FUMAÇA DO MUNICÍPIO DE SANTA LEOPOLDINA - APRUMEF.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1958/pl_034-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1958/pl_034-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM FEDERAÇÃO DE ASSOCIAÇÃO DE AGRICULTORES FAMILIARES DE SANTA LEOPOLDINA - FEAFS.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1972/pl_035-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1972/pl_035-2012.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SANTA LEOPOLDINA, ESTADO DO ESPÍRITO SANTO, PARA O EXERCÍCIO FINANCEIRO DE 2013.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1976/pl_036-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1976/pl_036-2012.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS PARA O EXERCÍCIO FINANCEIRO DE 2013.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1959/pl_037-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1959/pl_037-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO EM COMODATO DO GALPÃO DESTA MUNICIPALIDADE, ADQUIRIDA COM RECURSOS ADVINDOS DO PRONAF.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1960/pl_038-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1960/pl_038-2012.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO DE CUSTEIO DO REGIME PRÓPRIO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1961/pl_039-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1961/pl_039-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CUSTEAR, ESTABELECER DIRETRIZES, CRITÉRIOS E PROCEDIMENTOS PARA A OPERACIONALIZAÇÃO DO PROGRAMA DE TRANSPORTE ESCOLAR PARA ESTUDANTES UNIVERSITÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1962/pl_040-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1962/pl_040-2012.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 110 E SEUS PARÁGRAFOS, DA LEI MUNICIPAL Nº 735/91 - ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1963/pl_041-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1963/pl_041-2012.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A FEDERAÇÃO DAS ASSOCIAÇÕES DE AGRICULTORES FAMILIARES DO MUNICÍPIO DE SANTA LEOPOLDINA - FEAFS.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1964/pl_042-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1964/pl_042-2012.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRODUTORES RURAIS DAS COMUNIDADES DE RIO DO MEIO E FUMAÇA DO MUNICÍPIO DE SANTA LEOPOLDINA DO ESTADO DO ESPÍRITO SANTO - APRUMEF.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1965/pl_043-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1965/pl_043-2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA O PODER EXECUTIVO PAGAR A DIFERENÇA DO PISO SALARIAL PROFISSIONAL DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/641/pj_resolucao_01-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/641/pj_resolucao_01-2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DAS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICIPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA - ES.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/642/pj_resolucao_02-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/642/pj_resolucao_02-2012.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE FIXAÇÃO DAS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCI CIO DO ANO 2013.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/394/req_02-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/394/req_02-2012.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador da Câmara Municipal de Santa Leopoldina – ES, com fundamento no artigo 168 do Regimento Interno, vem, respeitosamente, à presença de Vossa Excelência, expor para ao final requerer o que de direito, como subsegue:_x000D_
 _x000D_
 Conforme se observa do Parecer do Ilustre Relator do Projeto de Lei  nº 006/2012 junto à Comissão de Finanças, Orçamento e Tomada de Conta, Vereador Janiço João Vervloet, em suma, não houve tempo hábil para análise com a qualidade que o Projeto requer._x000D_
 _x000D_
 Tal situação, mesmo que de maneira singela, também foi apontada pelo Relator da Comissão de Justiça e Redação de Leis, Vereador José Lúcio Batista._x000D_
 _x000D_
 Ocorre que, para o referido Projeto de Lei, foi adotado, conforme solicitação do Sr. Prefeito Municipal, o rito extraordinário de tramitação._x000D_
 _x000D_
 Verifica-se que, de fato, o caso não parecer ter a urgência apontada pelo Excelentíssimo Senhor Prefeito Municipal, uma vez que tem o Município até o dia 30 de junho de 2012 para implementar a Controladoria Interna._x000D_
 _x000D_
 Por outro lado, observa-se que o citado Projeto de Lei foi recebido nesta Augusta Casa no dia 27 de fevereiro de 2012, às 14h51min, encaminhado pelo Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, através da Mensagem nº 007/2012, sendo que a Sessão Extraordinária aconteceu no dia 28 de fevereiro do mesmo ano, ou seja, menos de 24 (vinte e quatro) horas após protocolo nesta Câmara Municipal._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 O art. 34, § 3º, da Lei Orgânica do Município de Santa Leopoldina, assim trata do prazo para convocação:_x000D_
 _x000D_
 § 3º - As Sessões Extraordinárias serão convocadas, na forma regimental, pelo Presidente da Câmara, em sessão ou fora dela e, neste caso, mediante comunicação pessoal e escrita aos Vereadores, com antecedência mínima de vinte e quatro horas._x000D_
 _x000D_
 _x000D_
 Por sua vez, o art. 47, § 3º, do Regimento Interno desta Câmara Municipal, assim dispõe quanto ao prazo para Parecer das Comissões:_x000D_
 _x000D_
 § 3º - O Prazo para a Comissão exarar parecer será de sete (07) dias, a contar da data do recebimento da matéria pelo Presidente da Comissão, salvo decisão em contrário do Plenário._x000D_
 _x000D_
 _x000D_
 Não resta dúvida, portanto, que o interstício mínimo legal para convocação não foi respeitado, o que, como alegado pelos Vereadores Relatores das Comissões, causou prejuízo à análise do Projeto de Lei._x000D_
 _x000D_
 Assim, com fundamento no Poder-dever da Administração Pública rever seus atos eivados de vícios, REQUER seja declarada nula a tramitação do presente Projeto de Lei nº 006/2012 a partir do encaminhamento à Comissão de Justiça e Redação de Leis, respeitando-se os prazos estabelecidos no Regimento Interno desta Câmara Municipal e na Lei Orgânica do Município de Santa Leopoldina – ES.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/395/req_03-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/395/req_03-2012.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador da Câmara Municipal de Santa Leopoldina – ES, com fundamento no artigo 168 do Regimento Interno, vem, respeitosamente, à presença de Vossa Excelência, expor para ao final requerer o que de direito, como subsegue:_x000D_
 _x000D_
 Conforme se observa do Parecer do Ilustre Relator do Projeto de Lei nº 007/2012 junto à da Comissão de Justiça e Redação de Leis, Vereador José Lúcio Batista, em suma, não houve tempo hábil para análise com a qualidade que o Projeto requer._x000D_
 _x000D_
 Tal situação também foi questionada pelo Relator da Comissão de Finanças, Orçamento e Tomada de Conta, Vereador Janiço João Vervloet, julgando inclusive cerceada a análise da Comissão, sob o argumento de a matéria sequer ter sido analisada com a profundidade necessária._x000D_
 _x000D_
 Ocorre que, para o referido Projeto de Lei, foi adotado, conforme solicitação do Sr. Prefeito Municipal, o rito extraordinário de tramitação._x000D_
 _x000D_
 _x000D_
 Por outro lado, observa-se que o citado Projeto de Lei foi recebido nesta Augusta Casa no dia 27 de fevereiro de 2012, às 14h51min, encaminhado pelo Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, através da Mensagem nº 007/2012, sendo que a Sessão Extraordinária aconteceu no dia 28 de fevereiro do mesmo ano, ou seja, menos de 24 (vinte e quatro) horas após protocolo nesta Câmara Municipal._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 O art. 34, § 3º, da Lei Orgânica do Município de Santa Leopoldina, assim trata do prazo para convocação:_x000D_
 _x000D_
 § 3º - As Sessões Extraordinárias serão convocadas, na forma regimental, pelo Presidente da Câmara, em sessão ou fora dela e, neste caso, mediante comunicação pessoal e escrita aos Vereadores, com antecedência mínima de vinte e quatro horas._x000D_
 _x000D_
 _x000D_
 Por sua vez, o art. 47, § 3º, do Regimento Interno desta Câmara Municipal, assim dispõe quanto ao prazo para Parecer das Comissões:_x000D_
 _x000D_
 § 3º - O Prazo para a Comissão exarar parecer será de sete (07) dias, a contar da data do recebimento da matéria pelo Presidente da Comissão, salvo decisão em contrário do Plenário._x000D_
 _x000D_
 _x000D_
 Não resta dúvida, portanto, que o interstício mínimo legal para convocação não foi respeitado, o que, como alegado pelos Vereadores Relatores das Comissões, causou prejuízo à análise do Projeto de Lei._x000D_
 _x000D_
 Assim, com fundamento no Poder-dever da Administração Pública rever seus atos eivados de vícios, REQUER seja declarada nula a tramitação do presente Projeto de Lei a partir do encaminhamento à Comissão de Justiça e Redação de Leis, respeitando-se os prazos estabelecidos no Regimento Interno desta Câmara Municipal e na Lei Orgânica do Município de Santa Leopoldina – ES.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/396/req_04-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/396/req_04-2012.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador da Câmara Municipal de Santa Leopoldina – ES, com fundamento no artigo 168 do Regimento Interno, vem, respeitosamente, à presença de Vossa Excelência, expor para ao final requerer o que de direito, como subsegue:_x000D_
 _x000D_
 Conforme se observa do Parecer do Ilustre Relator do Projeto de Lei nº 008/2012 junto à da Comissão de Justiça e Redação de Leis, Vereador José Lúcio Batista, em suma, não houve tempo hábil para análise com a qualidade que o Projeto requer._x000D_
 _x000D_
 Tal situação também foi questionada pelo Relator da Comissão de Finanças, Orçamento e Tomada de Conta, Vereador Janiço João Vervloet, julgando inclusive cerceada a análise da Comissão, sob o argumento de a matéria sequer ter sido analisada com a profundidade necessária._x000D_
 _x000D_
 Ocorre que, para o referido Projeto de Lei, foi adotado, conforme solicitação do Sr. Prefeito Municipal, o rito extraordinário de tramitação._x000D_
 _x000D_
 _x000D_
 Por outro lado, observa-se que o citado Projeto de Lei foi recebido nesta Augusta Casa no dia 27 de fevereiro de 2012, às 14h52min, encaminhado pelo Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, através da Mensagem nº 008/2012, sendo que a Sessão Extraordinária aconteceu no dia 28 de fevereiro do mesmo ano, ou seja, menos de 24 (vinte e quatro) horas após protocolo nesta Câmara Municipal._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 O art. 34, § 3º, da Lei Orgânica do Município de Santa Leopoldina, assim trata do prazo para convocação:_x000D_
 _x000D_
 § 3º - As Sessões Extraordinárias serão convocadas, na forma regimental, pelo Presidente da Câmara, em sessão ou fora dela e, neste caso, mediante comunicação pessoal e escrita aos Vereadores, com antecedência mínima de vinte e quatro horas._x000D_
 _x000D_
 _x000D_
 Por sua vez, o art. 47, § 3º, do Regimento Interno desta Câmara Municipal, assim dispõe quanto ao prazo para Parecer das Comissões:_x000D_
 _x000D_
 § 3º - O Prazo para a Comissão exarar parecer será de sete (07) dias, a contar da data do recebimento da matéria pelo Presidente da Comissão, salvo decisão em contrário do Plenário._x000D_
 _x000D_
 _x000D_
 Não resta dúvida, portanto, que o interstício mínimo legal para convocação não foi respeitado, o que, como alegado pelos Vereadores Relatores das Comissões, causou prejuízo à análise do Projeto de Lei._x000D_
 _x000D_
 Assim, com fundamento no Poder-dever da Administração Pública rever seus atos eivados de vícios, REQUER seja declarada nula a tramitação do presente Projeto de Lei a partir do encaminhamento à Comissão de Justiça e Redação de Leis, respeitando-se os prazos estabelecidos no Regimento Interno desta Câmara Municipal e na Lei Orgânica do Município de Santa Leopoldina – ES.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/397/req_05-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/397/req_05-2012.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador desta augusta casa de Leis, com fundamento no artigo 168, incisos II e III, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem requerer PEDIDO DE INFORMAÇÕES no sentido de, depois de aprovação plenária, seja encaminhado ofício ao Excelentíssimo Prefeito, Sr Romero Luiz Endringer, solicitando o seguinte:_x000D_
 _x000D_
 - Relação nominal atualizada de todos os servidores que ocupam cargos de provimento em comissão e cargos de agente político (secretários), constando os respectivos vencimentos e subsídios;_x000D_
 _x000D_
 - Relação nominal atualizada de todos os servidores que ocupam cargos de provimento efetivo, constando os respectivos vencimentos;_x000D_
 _x000D_
 - Relação nominal dos servidores comissionados e efetivos, bem como de secretários que perceberam gratificações ou adicionais a partir outubro de 2010 ate a data de atendimento do presente requerimento, constando, de forma individualizada, a que títulos tais vantagens foram concedidas e seus respectivos valores;_x000D_
 _x000D_
 - Relação dos servidores (efetivos e comissionados), ou secretários, que perceberam horas extraordinárias no período de 1º/01/2011 até a data de atendimento deste requerimento, ressaltando-se o período extra trabalhado e seus respectivos valores._x000D_
 _x000D_
 A teor do artigo 60 da Lei Orgânica Municipal a fiscalização contábil, orçamentária, operacional e patrimonial do município e das entidades da Administração Direta e Indireta, quando à legalidade, legitimidade, economicidade, aplicação de subvenções e renuncia de receitas, será exercida pela Câmara Municipal, mediante controle externo e pelo sistema de controle Interno dos Poderes Executivo e Legislativo._x000D_
 Tal forma advém da aplicação do artigo 31 da constituição Federal, sobretudo com a finalidade de se observar o respeito aos princípios inerentes à administração Pública, previstos no ´´caput`` do artigo 37 daquela Carta Política._x000D_
 _x000D_
 Assim, ao Poder Legislativo cabe o Poder-dever de fiscalizar aos atos do Poder Executivo e, à evidência, o pedido de informação está inserido nesse contexto.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/398/req_06-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/398/req_06-2012.pdf</t>
   </si>
   <si>
     <t>ANGELA MARIA SCHUTZ LEPPAUS, na condição de Vereadora da Câmara Municipal de Santa Leopoldina – ES, com fundamento no artigo 168 do Regimento Interno, vem, respeitosamente, à presença de Vossa Excelência, expor para ao final requerer o que de direito, como subsegue:_x000D_
 _x000D_
 Acerca do prazo mínimo para convocação das sessões extraordinárias, estipula o art. 34, § 3º, da Lei Orgânica do Município de Santa Leopoldina, o interregno mínimo de 24 (vinte e quatro) horas, como segue:_x000D_
 _x000D_
 § 3º - As Sessões Extraordinárias serão convocadas, na forma regimental, pelo Presidente da Câmara, em sessão ou fora dela e, neste caso, mediante comunicação pessoal e escrita aos Vereadores, com antecedência mínima de vinte e quatro horas._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Entretanto, tal prazo deixou de ser observado quando da convocação para sessão extraordinária onde estava em pauta, entre outros, o Projeto de Lei nº 005/2012._x000D_
 _x000D_
 _x000D_
 Assim, com objetivo de cumprir o que estabelece a Lei Orgânica do Município de Santa Leopoldina, assim como no Poder-dever da Administração Pública rever seus atos quando eivados de algum tipo de vício, REQUER seja declarado nulo o julgamento do Projeto de Lei nº 005/2012, tendo em vista a não observância do interstício temporal mínimo de 24 (vinte e quatro) horas entre a convocação e a sessão extraordinária.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/399/req_07-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/399/req_07-2012.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador desta augusta casa de Leis, com fundamento no artigo 168, inciso III, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem requerer PEDIDO DE INFORMAÇÕES no sentido de, depois de aprovação plenária, seja encaminhado ofício ao Excelentíssimo Prefeito, Sr Romero Luiz Endringer, solicitando o que segue:_x000D_
 _x000D_
 - Relação  de todos as despesas do Executivo Municipal com a realização da cerimônia de posse dos aprovados no último concurso público para provimentos de cargos efetivos no município de Santa Leopoldina - ES, com envio de cópia de todos os processos de pagamentos pertinentes, tais como alimentação (buffet, se for o caso), filmagem/fotografia,  transporte/locação de veículos de todos os tipos, ornamentação dos espaços, entre outros;_x000D_
 _x000D_
 -cópia dos áudios e vídeos oficias da cerimônia de posse dos aprovados no último concurso público para provimento de cargos efetivos no Município de Santa Leopoldina - ES, realizado no dia 03 de novembro de 2011, no ginásio de esportes deste município.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/400/req_08-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/400/req_08-2012.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador desta augusta casa de Leis, com fundamento no artigo 168, inciso III, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem requerer PEDIDO DE INFORMAÇÕES no sentido de, depois de aprovação plenária, seja encaminhado ofício ao Excelentíssimo Prefeito, Sr Romero Luiz Endringer, solicitando o que segue: _x000D_
 _x000D_
 - Relação nominal de todos os agentes políticos municipais (Prefeitos e Secretários), servidores efetivos, comissionados e contratados, com indicação dos respectivos cargos, que perceberam indenizações e diárias por parte da Prefeitura Municipal de Santa Leopoldina quando em deslocamento dentro e fora deste Município, com indicação expressa dos valores recebidos individualmente por cada um deles, desde 1° de Janeiro de 2011 ate a data de atendimento do presente requerimento;_x000D_
 _x000D_
 -Cópia de todos os processos de pagamentos de indenizações e diárias a agentes políticos municipais (Prefeito e Secretários), servidores efetivos, comissionados e contratados, desde 1° de Janeiro de 2011 até a data de atendimento do presente requerimento._x000D_
 _x000D_
 -cópia de todos os processos de pagamentos de pequenas despesas relativas a todas Secretarias da Administração, incluindo Gabinete e Advocacia-Geral do Município, desde 1° de Janeiro de 2011 até a data de atendimento do presente requerimento.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/401/req_09-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/401/req_09-2012.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, no exercício da Presidência desta augusta casa de Leis, com fundamento no artigo 113, inciso III, da Lei Complementar 1032/2003 do Município de Santa Leopoldina, vem requerer a INDICAÇÃO DE LISTA SEXTUPLA dos seguintes representantes da sociedade civil, a fim de que deles sejam escolhidos para a composição do Conselho Municipal de Previdência, órgão superior de deliberação colegiada, imprescindível para sobrevivência do regime próprio previdenciário:_x000D_
 _x000D_
 - Elizandra Bellardt_x000D_
 - Felipe Corona Muller_x000D_
 - Francisco Augusto Faustini_x000D_
 - Marcel Nader Simões_x000D_
 - Olair Lemos_x000D_
 - Rubens Moreira Monteiro</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/402/req_10-2012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/402/req_10-2012.pdf</t>
   </si>
   <si>
     <t>DARLEY JANSEN ESPÍNDULA, na condição de Vereador desta augusta casa de Leis, com fundamento no artigo 168, incisos II , do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem requerer seja encaminhado ofício ao Excelentíssimo Prefeito Municipal, solicitando imediatas providências e informações quanto ás suspensões nos repasses de recursos públicos pelo Ministério da Saúde ao Município de Santa Leopoldina, a partir de Janeiro de 2011, conforme Portarias n° 200/2011, 919/2011, 1135/2012, 1619/2012 e 2601/2012, exemplificativamente, cujas cópias seguem anexas._x000D_
 _x000D_
 Requer, ademais, a adoção medidas no sentido de apurar a responsabilidade dos agentes, se houver, que contribuíram para com as interrupções de recursos referidos.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>Vimos através do presente expor o que segue para, ao final, requer o que de direito._x000D_
 _x000D_
 Enquanto Vereadores eleitos pela população de Santa Leopoldina, votamos, entre outros, no processo que culminou na cassação do então Prefeito RONALDO MARTINS PRUDÊNCIO._x000D_
 _x000D_
 Ocorre que, recentemente tomou-se conhecimento que o Conselho Nacional do Ministério Público instaurou Procedimento Administrativo Disciplinar em face do Promotor de Justiça desta cidade, Dr. Jefferson Valente Muniz, por negociar cargos e ingerência política junto a esta Câmara Legislativa e Executivo Municipal, especificamente para que os Edis cassassem o então Prefeito Ronaldo._x000D_
 _x000D_
 Entendemos, a partir dessa decisão do CNMP, que há forte indício dessa manipulação no resultado da sessão que cassou o Sr. Ronaldo, ferindo assim, os princípios da legalidade, impessoalidade e moralidade._x000D_
 _x000D_
 Conseqüentemente, em tendo havido interferência na vontade de algum ou alguns vereadores, a votação de cassação é evidenciadamente NULA, devendo ser revista._x000D_
 _x000D_
 Assim, com base nos argumentos acima expostos, requeremos, na qualidade de representantes do povo, a ANULAÇÃO DA CASSAÇÃO do ex-prefeito RONALDO MARTINS PRUDÊNCIO, promovendo-se novo julgamento.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1169/mocao0002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1169/mocao0002.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA M. SCHULTZ LEPPAUS – PPS vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sra. Ilza Maria Iekel Siller, ocorrido no dia 20 de janeiro de 2012.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1170/mocao0003.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1170/mocao0003.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA – PP vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sra. Bernardina Schuan Ratunde, ocorrido no dia 01 de fevereiro de 2012.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1171/mocao0004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1171/mocao0004.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA – PP vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. Emanuel Martins Tum, ocorrido no dia 31 de janeiro de 2012.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA M. SCHULTZ LEPPAUS, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sra. JUSTINA MARIA FOEGER, ocorrido no dia 15 de novembro de 2011.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1173/mocao0006.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1173/mocao0006.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sra. APOLÔNIA SILLER FERNANDES, ocorrido no dia 29 de fevereiro de 2012.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1174/mocao0007.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1174/mocao0007.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. EDUARDO PEREIRA BRITO, ocorrido no dia 29 de fevereiro de 2012.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1175/mocao0008.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1175/mocao0008.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JAIR FERNANDES DE PAULA, ocorrido no dia 01 de MARÇO de 2012.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1176/mocao0009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1176/mocao0009.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sra. LÚCIA DE OLIVEIRA NASCIMENTO, ocorrido no dia 03 de MARÇO de 2012.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>JANIÇO JOÃO VERVLOET</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1177/mocao0010.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1177/mocao0010.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores JANIÇO JOÃO VERVLOET, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sra. MARISTELA RATUNDE, ocorrido no dia 09 de MARÇO de 2012.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1178/mocao0011.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1178/mocao0011.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador JOSÉ LÚCIO BATISTA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. WALTER JOSÉ HOLZMEISTER, ocorrido no dia 09 de MARÇO de 2012.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1179/mocao0012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1179/mocao0012.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ANGELO FIOROT VERONESI, ocorrido no dia 14 de MARÇO de 2012.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1180/mocao0013.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1180/mocao0013.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LUIZ CARLOS COSER, ocorrido no dia 22 de MARÇO de 2012.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1182/mocao0015.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1182/mocao0015.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MARA ROSANGELA FERRO BOLZAN, ocorrido no dia 11 de MAIO de 2012.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1183/mocao0016.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1183/mocao0016.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srº. DORIVAL JOSÉ DEMUNÉ, ocorrido no dia 11 de MAIO de 2012.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1185/mocao0018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1185/mocao0018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srº. ELIAS FRANÇA SILLER, ocorrido no dia 02 de JUNHO de 2012.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1186/mocao0019.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1186/mocao0019.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srª. MARIA REINHOLZ RAMOS, ocorrido no dia 27 de MAIO de 2012.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1187/mocao0020.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1187/mocao0020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial do Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. MARIA OLIVEIRA ANDRADE PEREIRA, ocorrido no dia 17 de JUNHO de 2012.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1188/mocao0021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1188/mocao0021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial do Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. ALZIRA PEREIRA, ocorrido no dia 27 de JUNHO de 2012.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1189/mocao0022.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1189/mocao0022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. ILMA RAMOS DA PENHA CONCEIÇÃO, ocorrido no dia 01 de JULHO de 2012.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1190/mocao0023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1190/mocao0023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial do Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. LEOPOLDINA FOEGER KINSCH, ocorrido no dia 31 de JULHO de 2012.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1191/mocao0024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1191/mocao0024.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial do Vereador DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sr. VANDERLEI DE MATOS RODRIGUES, ocorrido no dia 08 de AGOSTO de 2012.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1192/mocao0026.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1192/mocao0026.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores ILÁRIO STEINER e DARLEY JANSEN ESPÍNDULA, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Srº. WATHILA DOS SANTOS SCHNEIDER, ocorrido no dia 12 de OUTUBRO de 2012.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1193/mocao0027.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1193/mocao0027.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador VALDEMIRO BARTH, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento daSra. ADELIA SCHULTAIS SCHULTZ, ocorrido no dia 16 de Novembro de 2012.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1194/mocao0028.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1194/mocao0028.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores DARLEY JANSEN ESPÍNDULA e ÂNGELA MARIA SCHULTZ LEPPAUS, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Sra. ELZA CONRADT SEICK, ocorrido no dia 30 de Novembro de 2012.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>MoC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
     <t>Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1168/mocao0001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1168/mocao0001.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, em especial do vereador MARCOS ADRIANO RAUTA, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES aos Bombeiros Voluntários de Santa Leopoldina, ao Corpo de Bombeiros do ES, à Equipe de Limpeza Pública e aos Servidores da Secretaria de Obras.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>ILÁRIO STEINER</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1184/mocao0017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1184/mocao0017.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, em especial do vereador ILÁRIO STEINER, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES à Polícia Militar, em especial ao Cabo Kinupp, Cabo Serrano e o Soldado Firme da 8º Cia, pelo excelente trabalho que vêm desenvolvendo na Localidade de Regência e Adjacências no Município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>MoR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1181/mocao0014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1181/mocao0014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador MARCOS ADRIANO RAUTA, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE REPÚDIO tendo em vista as falhas e interrupções do serviço de telefonia móvel prestado pela operadora VIVO, no âmbito do Município de Santa Leopoldina e região.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1513,67 +1513,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/404/ind_01-2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/405/ind_02-2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/406/ind_04-2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/407/ind_05-2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/408/ind_06-2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/450/pj_decreto_legisl_001-2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/451/pj_decreto_legisl_002-2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/193/pj_decreto_legisl_003-2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1971/pl_001-2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1974/pl_002-2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1966/pl_003-2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1967/pl_004-2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1968/pl_005-2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1969/pl_006-2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1970/pl_007-2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1979/pl_008-2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1984/pl_009-2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1983/pl_010-2012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1982/pl_011-2012.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1981/pl_012-2012.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1980/pl_013-2012.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1975/pl_014-2012.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1973/pl_015-2012.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1944/pl_016-2012.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1945/pl_017-2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1946/pl_018-2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/540/pj_20-2012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1947/pl_021-2012.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1948/pl_023-2012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1949/pl_024-2012.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1950/pl_025-2012.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1951/pl_026-2012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1952/pl_027-2012.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1953/pl_028-2012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1954/pl_029-2012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1955/pl_030-2012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1956/pl_032-2012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1957/pl_033-2012.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1958/pl_034-2012.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1972/pl_035-2012.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1976/pl_036-2012.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1959/pl_037-2012.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1960/pl_038-2012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1961/pl_039-2012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1962/pl_040-2012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1963/pl_041-2012.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1964/pl_042-2012.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1965/pl_043-2012.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/641/pj_resolucao_01-2012.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/642/pj_resolucao_02-2012.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/394/req_02-2012.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/395/req_03-2012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/396/req_04-2012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/397/req_05-2012.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/398/req_06-2012.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/399/req_07-2012.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/400/req_08-2012.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/401/req_09-2012.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/402/req_10-2012.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1169/mocao0002.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1170/mocao0003.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1171/mocao0004.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1173/mocao0006.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1174/mocao0007.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1175/mocao0008.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1176/mocao0009.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1177/mocao0010.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1178/mocao0011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1179/mocao0012.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1180/mocao0013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1182/mocao0015.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1183/mocao0016.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1185/mocao0018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1186/mocao0019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1187/mocao0020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1188/mocao0021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1189/mocao0022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1190/mocao0023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1191/mocao0024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1192/mocao0026.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1193/mocao0027.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1194/mocao0028.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1168/mocao0001.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1184/mocao0017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1181/mocao0014.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/404/ind_01-2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/405/ind_02-2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/406/ind_04-2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/407/ind_05-2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/408/ind_06-2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/450/pj_decreto_legisl_001-2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/451/pj_decreto_legisl_002-2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/193/pj_decreto_legisl_003-2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1971/pl_001-2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1974/pl_002-2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1966/pl_003-2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1967/pl_004-2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1968/pl_005-2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1969/pl_006-2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1970/pl_007-2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1979/pl_008-2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1984/pl_009-2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1983/pl_010-2012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1982/pl_011-2012.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1981/pl_012-2012.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1980/pl_013-2012.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1975/pl_014-2012.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1973/pl_015-2012.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1944/pl_016-2012.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1945/pl_017-2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1946/pl_018-2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/540/pj_20-2012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1947/pl_021-2012.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1948/pl_023-2012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1949/pl_024-2012.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1950/pl_025-2012.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1951/pl_026-2012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1952/pl_027-2012.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1953/pl_028-2012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1954/pl_029-2012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1955/pl_030-2012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1956/pl_032-2012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1957/pl_033-2012.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1958/pl_034-2012.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1972/pl_035-2012.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1976/pl_036-2012.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1959/pl_037-2012.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1960/pl_038-2012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1961/pl_039-2012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1962/pl_040-2012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1963/pl_041-2012.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1964/pl_042-2012.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1965/pl_043-2012.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/641/pj_resolucao_01-2012.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/642/pj_resolucao_02-2012.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/394/req_02-2012.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/395/req_03-2012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/396/req_04-2012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/397/req_05-2012.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/398/req_06-2012.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/399/req_07-2012.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/400/req_08-2012.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/401/req_09-2012.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/402/req_10-2012.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1169/mocao0002.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1170/mocao0003.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1171/mocao0004.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1173/mocao0006.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1174/mocao0007.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1175/mocao0008.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1176/mocao0009.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1177/mocao0010.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1178/mocao0011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1179/mocao0012.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1180/mocao0013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1182/mocao0015.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1183/mocao0016.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1185/mocao0018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1186/mocao0019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1187/mocao0020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1188/mocao0021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1189/mocao0022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1190/mocao0023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1191/mocao0024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1192/mocao0026.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1193/mocao0027.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1194/mocao0028.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1168/mocao0001.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1184/mocao0017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2012/1181/mocao0014.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="83.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>