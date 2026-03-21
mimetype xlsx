--- v0 (2026-02-01)
+++ v1 (2026-03-21)
@@ -54,1129 +54,1129 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JOVELSON AGUILAR SABINO JUNIOR</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/707/indicacao_001-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/707/indicacao_001-2014.pdf</t>
   </si>
   <si>
     <t>O Vereador JOVELSON AGUILAR SABINO JUNIOR (PSB), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal Sr. Romero Luiz Endringer, a instalação de placas de sinalização, que indiquem a localização das comunidades rurais do município, sinalizando as escolas, cemitérios, igrejas, pontes, estabelecimentos comerciais, cachoeiras, pousadas, restaurantes e outros de Santa Leopoldina/ES.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CELESTINO MULLER THOMAS</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/708/indicacao_002-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/708/indicacao_002-2014.pdf</t>
   </si>
   <si>
     <t>O Vereador CELESTINO MULLER THOMAS (PMDB), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal Sr. Romero Luiz Endringer, a necessidade de realizar reforma e reabertura do Posto de Saúde da Comunidade de Luxemburgo, Zona Rural, Santa Leopoldina/ES.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Robson  Siller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/709/indicacao_003-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/709/indicacao_003-2014.pdf</t>
   </si>
   <si>
     <t>O Vereador ROBSON JOSÉ SILLER (PMDB), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal Sr. Romero Luiz Endringer, a necessidade da criação de cargos de profissional de educação física junto à Secretaria Municipal de Esportes, com a alteração da Legislação pertinente.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/710/indicacao_004-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/710/indicacao_004-2014.pdf</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/711/indicacao_005-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/711/indicacao_005-2014.pdf</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/712/indicacao_006-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/712/indicacao_006-2014.pdf</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/713/indicacao_007-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/713/indicacao_007-2014.pdf</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/714/indicacao_008-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/714/indicacao_008-2014.pdf</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>JANIÇO JOÃO VERVLOET</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/715/indicacao_009-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/715/indicacao_009-2014.pdf</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/716/indicacao_010-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/716/indicacao_010-2014.pdf</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/717/indicacao_011-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/717/indicacao_011-2014.pdf</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/718/indicacao_012-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/718/indicacao_012-2014.pdf</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>DENIS GONÇALVES PINA</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/719/indicacao_014-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/719/indicacao_014-2014.pdf</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador JOVELSON AGUILAR SABINO JUNIOR (PSB), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal Sr. Romero Luiz Endringer, a adoção de providências no sentido de se efetivar a conservação do Prédio destinado à futura sede da Casa do Cidadão em Santa Leopoldina, localizado na esquina da Av. Prefeito Hélio Rocha e Rua José de Anchieta Fontana, a fim de evitar a deterioração do bem referido até a reforma definitiva.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/722/indicacao_017-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/722/indicacao_017-2014.pdf</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/723/indicacao_018-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/723/indicacao_018-2014.pdf</t>
   </si>
   <si>
     <t>O Vereador ROBSON JOSÉ SILLER (PMDB), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal Sr. Romero Luiz Endringer, a adoção de providências no sentido de se efetivar a conservação do Prédio destinado à futura sede da Casa do Cidadão em Santa Leopoldina, localizado na esquina da Av. Prefeito Hélio Rocha e Rua José de Anchieta Fontana, a fim de evitar a deterioração do bem referido até a reforma definitiva.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>O Vereador JOVELSON AGUILAR SABINO JUNIOR (PSB), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal Sr. Romero Luiz Endringer, a implantação do Centro de Controle de Zoonoses – CCZ no município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/725/indicacao_020-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/725/indicacao_020-2014.pdf</t>
   </si>
   <si>
     <t>O Vereador ROBSON JOSÉ SILLER - PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar reforma na Quadra de Esportes situada no Complexo Esportivo Hermínio Braz, neste Município.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/726/indicacao_021-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/726/indicacao_021-2014.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de buscar junto ao IEMA/IDAF autorização  com a finalidade de se efetivar a limpeza das margens do Rio Moxafongo, incluindo serviços de poda de árvores pequenas, galhos e vegetação rasteiras, no percurso entre o Campo de Futebol de  Moxafongo e o local de  encontro coma  águas do  Rio Santa Maria da Vitória.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/727/indicacao_022-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/727/indicacao_022-2014.pdf</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/728/indicacao_023-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/728/indicacao_023-2014.pdf</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/729/indicacao_025-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/729/indicacao_025-2014.pdf</t>
   </si>
   <si>
     <t>O Vereador ROBSON JOSÉ SILLER - PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES , INDICA ao exmo. Prefeito Municipal, Sr Romero Luiz Endringer, a necessidade de construção de galerias sobre o córrego "nove horas" no trecho que dá acesso ao bairro Vila Nova, (inicio da Rua Adelino Espíndula), bem como na passagem que dá acesso á residência do Sr. Theodoro Guilherme Grooner e demais moradores, neste Município.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/730/indicacao_026-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/730/indicacao_026-2014.pdf</t>
   </si>
   <si>
     <t>O Vereador JOVELSON AGUILAR SABINO JUNIOR - PSB, com fundamento no artigo 164, do Regime Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal Sr. Romero Luiz Endringer, que seja indenização por Acidente de Trabelho no âmbito da Prefeitura Municipal de Santa Leopoldina/ES, conforme minuta de Projeto de Lei anexo, ora sugerida.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/731/indicacao_027-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/731/indicacao_027-2014.pdf</t>
   </si>
   <si>
     <t>O Vereador JANIÇO JOÃO VERVLOET- PDT, com fundamento no artigo 164, do Regime Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal Sr. Romero Luiz Endringer, a necessidade de realizar reparos em alguns trechos do calçamento da ladeira que dá acesso a Igreja Católica Matriz, com início na Rod. ES 355 e término na referida Igreja, neste Município.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>CELESTINO MULLER THOMAS, Darley Jansen Espíndula, DENIS GONÇALVES PINA, JANIÇO JOÃO VERVLOET</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/732/indicacao_028-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/732/indicacao_028-2014.pdf</t>
   </si>
   <si>
     <t>Darley Jansen Espíndula (PP), Janiço João Vervloet (PDT), Celestino Muller Thomas (PMDB) e Denis Gonçalves Pina (PROS), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regime Interno desta casa de Leis, vem á presença da Vossas Excelências REQUERER o que segue:_x000D_
 Que seja mantido em contas bancárias recursos financeiros suficientes para a elaboração de concurso público no Poder Legislativo no ano de 2015 e para a construção da Sede própria da Câmara Municipal.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>ALEX NUNES GOMES, Ângela Maria Schultz Leppaus, CELESTINO MULLER THOMAS, Robson  Siller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/187/pj_decreto_legisl_001-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/187/pj_decreto_legisl_001-2014.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LEOPOLDINENSE.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/2561/pdl_002-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/2561/pdl_002-2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA REFERENTE AO EXERCÍCIO DE 2009.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Romero Luiz Endringer</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/562/pj_01-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/562/pj_01-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM A FUNDAÇÃO MÉDICO ASSISTENCIAL DO TRABALHADOR RURAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/543/pj_02-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/543/pj_02-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A APAE – ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS, PARA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/578/pj_03-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/578/pj_03-2014.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO DE FISCALIZAÇÃO E ACOMPANHAMENTO DO FUNDO MUNICIPAL DE INVESTIMENTO A QUE SE REFERE À LEI COMPLEMENTAR ESTADUAL Nº 712, DE 13 DE SETEMBRO DE 2013.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/577/pj_04-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/577/pj_04-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM FEDERAÇÃO DE ASSOCIAÇÃO DE AGRICULTORES DE SANTA LEOPOLDINA – FEAFS.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/576/pj_05-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/576/pj_05-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 908/87, QUE DISPÕE SOBRE CONTRATAÇÃO DE PESSOAL POR PRAZO DETERMINADO.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/552/pj_06-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/552/pj_06-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 1º DO ART. 2º DA LEI MUNICIPAL Nº 1050 DE 18 DE MARÇO DE 2004, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/544/pj_07-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/544/pj_07-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 1465/2013, QUE DISPÕE O CUSTEIO DE DESPESAS DE ALIMENTAÇÃO E MORADIA DOS PROFISSIONAIS DE SAÚDE INTEGRANTE DO PROJETO MAIS MÉDICOS PARA O BRASIL, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/575/pj_08-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/575/pj_08-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 1458/2013, QUE DISPÕES SOBRE O TICKET-FEIRA.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/574/pj_09-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/574/pj_09-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREMIAÇÃO AOS VENCEDORES DO CONCURSO PROMOVIDO PELO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/545/pj_10-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/545/pj_10-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE UM LOTE URBANO PARA SEDIAR A NOVA SEDE DA EEEFM ALICE HOLZMEISTER DESTE MUNICÍPIO DE SANTA LEOPOLDINA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/546/pj_11-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/546/pj_11-2014.pdf</t>
   </si>
   <si>
     <t>ADOTA O DIÁRIO OFICIAL DOS MUNICÍPIOS DO ESTADO DO ESPÍRITO SANTO, INTITUIDO E ADMINISTRADO PELA AMUNES, COMO VEÍCULO OFICIAL DE PUBLICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/547/pj_12-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/547/pj_12-2014.pdf</t>
   </si>
   <si>
     <t>INSTITUI A “VALSA DE SANTA LEOPOLDINA” COMO HINO OFICIAL DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/573/pj_013-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/573/pj_013-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DE 2014.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/572/pj_014-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/572/pj_014-2014.pdf</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/571/pj_015-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/571/pj_015-2014.pdf</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/570/pj_017-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/570/pj_017-2014.pdf</t>
   </si>
   <si>
     <t>REAJUSTA A TABELA DE VENCIMENTOS DOS SERVIDORES DO MAGISTÉRIO DA EDUCAÇÃO BÁSICA DO PODER EXECUTIVO DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/565/pj_019-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/565/pj_019-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA AS LEIS MUNICIPAIS Nº 675/90, 879/99, 1150/06 E 1335/10, FIXA O VENCIMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/564/pj_021-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/564/pj_021-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL PAGAR A DIFERENÇA DO PISO SALARIAL PROFISSIONAL DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA DO MUNICÍPIO DE SANTA LEOPOLDINA REFERENTE AO ANO DE 2012.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/563/pj_022-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/563/pj_022-2014.pdf</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/561/pj_23-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/561/pj_23-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO ART. 6º DA LEI MUNICIPAL Nº. 1487/2014.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/551/pj_24-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/551/pj_24-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO OUTORGAR AUTORIZAÇÃO DE USO DE MATERIAIS PERMANENTES PERTENCENTE AO MUNICÍPIO DE SANTA LEOPOLDINA, PARA A ASSOCIAÇÃO DOS HERDEIROS DO BENVINDO PEREIRA DOS ANJOS.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/548/pj_25-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/548/pj_25-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI MUNICIPAL Nº 1458/2013, QUE DISPÕE SOBRE O TICKET-FEIRA.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/550/pj_26-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/550/pj_26-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI MUNICIPAL Nº 1452/2013, QUE DISPÕE SOBRE O AUXÍLIO-ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/549/pj_27-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/549/pj_27-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 5º DA LEI 1467/2013, QUE TRATA DO ORÇAMENTO DO EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/542/pj_28-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/542/pj_28-2014.pdf</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/560/pj_29-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/560/pj_29-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR NO ORÇAMENTO DE 2014.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/555/pj_30-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/555/pj_30-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE PEQUENOS AGRICULTORES DA REGIÃO DO CUBRIXÁ-AÇU, CRUBIXÁ MIRIM, PARAÍSO E CAVU-APARCA CRUBIXA.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/625/31-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/625/31-2014.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS PARA O EXERCÍCIO FINANCEIRO DE 2015.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/554/pj_34-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/554/pj_34-2014.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE AGRICULTORES FAMILIARES DE SANTA LÚCIA- AFSL.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/553/pj_35-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/553/pj_35-2014.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE PROTEÇÃO A DEFESA CIVIL - FUNMPDEC DO MUNICÍPIO DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/677/pl_036-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/677/pl_036-2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA DE EFICIÊNCIA ENERGÉTICA E SUSTENTABILIDADE DO MUNICÍPIO DE SANTA LEOPOLDINA/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/676/pl_037-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/676/pl_037-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO OUTORGAR AUTORIZAÇÃO DE USO DO IMÓVEL PERTENCENTE AO MUNICÍPIO DE SANTA LEOPOLDINA, PARA O FUNCIONAMENTO DA COZINHA INDUSTRIAL DA ASSOCIAÇÃO LEOPOLDINENSE DOS ARTESÃOS (ALA).</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/624/38-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/624/38-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DE 2014.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/585/39-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/585/39-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N°1468/2013</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/586/40-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/586/40-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 1466/2013</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/587/41-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/587/41-2014.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1468/2013.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1466/2013.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/589/43-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/589/43-2014.pdf</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/590/44-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/590/44-2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANTIO DE EUCALIPTO NO MUNICÍPIO DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/644/pj_resolucao_01-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/644/pj_resolucao_01-2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FIM DAS SESSÕES SECRETAS NO ÂMBITO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/645/pj_resolucao_02-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/645/pj_resolucao_02-2014.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE FIXAÇÃO DAS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCÍCIO DO ANO 2015.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/646/pj_resolucao_03-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/646/pj_resolucao_03-2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA DAS DIRETRIZES ORÇAMENTARIAS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICIPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA - ES.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/378/req_01-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/378/req_01-2014.pdf</t>
   </si>
   <si>
     <t>JOVELSON AGUILAR SABINO JUNIOR (PSB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício a Diretora Geral do Departamento de Estradas de Rodagem do Estado do Espírito Santo Dra. Tereza Maria Sepulcri Netto Casotti, solicitando a permanência do ponto de ônibus localizado no KM 146 da Rodovia ES-355, no local onde se encontra, trecho este que liga os municípios de Santa Maria de Jetibá e Santa Leopoldina.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/379/req_02-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/379/req_02-2014.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (PMDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício ao Instituto Estadual de Meio Ambiente e Recursos Hídricos – IEMA, bem como a Prefeitura Municipal da Serra/ES, solicitando informações acerca da matéria publicada no Jornal A Tribuna, do dia 1º de fevereiro de 2014, na página 09 (cidades), dando conta que a Prefeitura da Serra com apoio dos empresários, irá realizar algumas obras, em relação à elevação do dique Santa Maria em até 2 metros, aguardando apenas licenciamento.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/380/req_03-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/380/req_03-2014.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (PMDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício ao Secretário de Estado da Segurança Pública e Defesa Social, Exmo. Dr. André de Albuquerque Garcia, solicitando a reativação do PROERD, reativação do Posto do DPM da Barra de Mangaraí, Três Pontes e Caramurú, neste Município.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/382/req_04-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/382/req_04-2014.pdf</t>
   </si>
   <si>
     <t>DENIS GONÇALVES PINA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso III do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício ao Prefeito Municipal, Exmo. Sr. Romero Luiz Endringer, solicitando cópia do inteiro teor das peças do processo de compra do terreno localizado na localidade de Barra de Mangaraí, adquirido para sediar a Unidade Básica de Saúde daquela Comunidade contendo inclusive: Recibo de compra e venda, licença ambiental, escritura pública do terreno, planta contendo a indicação de seus confrontantes, certidões de registro e de ônus, comprovante de regularidade fiscal do vendedor  e demais documentos pertinentes à aquisição do imóvel.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/381/req_05-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/381/req_05-2014.pdf</t>
   </si>
   <si>
     <t>JANIÇO JOÃO VERVLOET (PDT), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER o encaminhamento de oficio à Diretora Geral do Departamento de Estradas de Rodagem do Estado do Espírito Santo, Dra. Tereza Maria Sepulcri Netto Casotti, bem como ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, solicitando a construção de 01 (uma) lombada na Rodovia ES-080, na Rua Reginaldo Terra, zona Urbana do Município, no trecho localizado entre a casa do Sr. Hélio Braz e a casa da Sra. Monica Armeláo, neste Município.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/383/req_06-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/383/req_06-2014.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (PMDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr. Romero Luiz Endringer, solicitando cópia da Escritura Pública ou Certidão de registro detalhada, contendo a respectiva planta da área denominada Moxafongo, pertencente ao Executivo Municipal. _x000D_
 REQUER, ainda, informações no sentido de apontar se há alguma ocupação irregular ou posse clandestina na referida área. E, em caso de resposta positiva desde já espera-se a adoção de imediatas providências visando a desocupação do imóvel público.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/384/req_07-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/384/req_07-2014.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (PMDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr. Romero Luiz Endringer, solicitando a adoção de imediatas providências no sentido de dar efetivo cumprimento às disposições da Lei Municipal nº. 1452/2013, que trata do auxílio alimentação dos servidores do Executivo Municipal, mediante ato regulamentar apropriado.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/385/req_08-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/385/req_08-2014.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA (PSDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a MESA DIRETORA, seja expedido ofício a Agência Nacional de Telecomunicações - ANATEL a fim de que a concessionaria TIM Celular S.A. seja notificada para adotar imediatas providências no sentido de oferecer sinal de qualidade aos seus usuários no âmbito do Município e Região.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/386/req_09-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/386/req_09-2014.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS (PPS) e MARCOS ADRIANO RAUTA (PSDB) e, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença da Mesa Diretora REQUERER seja encaminhado ofício ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr. Romero Luiz Endringer, solicitando a expedição de NOTIFICAÇÃO à EDP-ESCELSA para realizar o recadastramento dos clientes usuários de energia elétrica residente próxima à dos municípios vizinhos.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/387/req_12-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/387/req_12-2014.pdf</t>
   </si>
   <si>
     <t>JOVELSON AGUILAR SABINO JUNIOR (PSB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício ao Presidente do Tribunal de Justiça do Estado do Espírito Santo, Desembargador Sérgio Bizzotto Pessoa de Mendonça, ao Presidente Assembleia Legislativa do Estado do Espírito Santo, Deputado Estadual Theodorico Ferraço e ao Governador do Estado do Espírito Santo, Governador José Renato Casagrande, solicitando que seja garantida uma maior participação da sociedade no debate do Projeto de Lei Complementar nº. 39/2014, de iniciativa do Tribunal de Justiça, que visa a Reorganização do Poder Judiciário do Estado do Espírito Santo.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/388/req_13-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/388/req_13-2014.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS (PPS) e MARCOS ADRIANO RAUTA (PSDB) e, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER  a expedição de ofício à  Agencia Nacional de Telecomunicações - ANATEL, solicitando explicações e, se for o caso, a aplicação de sanções à Empresa VIVO (TELEFONICA BRASIL S/A), tendo em vista a rotineira ausência de sinal de telefone móvel, sobretudo nos últimos meses.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/389/req_14-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/389/req_14-2014.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (PMDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr. Romero Luiz Endringer, solicitando informações em relação às metas e projetos existentes na Secretaria Municipal de Esportes no período de janeiro de 2013 até a presente data, e quais desses objetivos foram executados e concluídos._x000D_
 	REQUER, ainda, informações quanto aos recursos advindos do Estado do Espírito Santo e utilizados efetivamente pela Secretaria durante o período ora citado.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/390/req_15-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/390/req_15-2014.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (PMDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício à Diretora Geral do Departamento de Estradas de Rodagem do Estado do Espírito Santo, Dra. Tereza Maria Sepulcri Netto Casotti, solicitando seja instalado guard rails no trecho da Rodovia ES080, na curva próxima ao Km 05, sentido Santa Leopoldina x Santa Teresa.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/391/req_16-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/391/req_16-2014.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (PMDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício à Diretora Geral do Departamento de Estradas de Rodagem do Estado do Espírito Santo, Dra. Tereza Maria Sepulcri Netto Casotti, solicitando seja iniciada, com a maior brevidade possível, a realização de obras de drenagem na Rodovia ES 080, em especial no trecho compreendido entre os quilômetros 02 e 15, neste Município.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/392/req_17-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/392/req_17-2014.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (PMDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício ao Prefeito Municipal, Exmo. Sr. Romero Luiz Endringer, solicitando cópias, reprodução por imagens, do(s) processo(s) de pagamento(s) relativo(s) à contratação de empresa para fornecimento e uso de banheiros químicos e de tendas instalados no evento denominado “Arraia do Coco”, realizado no dia 02 de agosto de 2014, na comunidade de Cocal. _x000D_
 	REQUER, ainda, em caso de inexistência de processo de pagamento, que seja informada qual foi a forma da contratação dos referidos serviços, se direta ou mediante Licitação, com a apresentação das respectivas cópias a esta Câmara.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/393/req_18-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/393/req_18-2014.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (PMDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício ao Prefeito Municipal, Exmo. Sr. Romero Luiz Endringer, solicitando informações, por intermédio da Secretaria de Cultura e Turismo, quanto aos processos referente a contratações das bandas e shows musicais, com o encaminhamento a esta Casa da relação nominal das bandas e artistas contratados para o Carnaval deste ano e a Festa de Emancipação de 2014, contendo cópias dos repectivos processos de inexigibilidade e demais modalidades de contratação utilizadas, se for i caso, bem como cópias dos processos de pagamento correspondentes.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_de_pesar_003-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_de_pesar_003-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador CELESTINO MULER THOMAS – PMDB, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do SR. ALBERTINO JOÃO KRUGER, ocorrido no dia 22 de dezembro de 2013.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1126/mocao_de_pesar_004-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1126/mocao_de_pesar_004-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador CELESTINO MULER THOMAS – PMDB, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do SR. TEODORO THOMAS, ocorrido no dia    17 de dezembro de 2013.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1131/mocao_de_pesar_009-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1131/mocao_de_pesar_009-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SCHULTZ LEPPAUS - PPS, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da SRA. ELZIRA LAURETT GONÇALVES, ocorrido no dia 22 de março de 2014.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1132/mocao_de_pesar_010-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1132/mocao_de_pesar_010-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ANGELA MARIA SCHULTZ LEPPAUS - PPS, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do SR. IVO FREIRE, ocorrido no dia 22 de março de 2014.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1135/mocao_de_pesar_013-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1135/mocao_de_pesar_013-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do SR. EVANDRO JOSÉ LEPPAUS, ocorrido no dia 21 de junho de 2014.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>Darley Jansen Espíndula</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1136/mocao_de_pesar_014-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1136/mocao_de_pesar_014-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEN ESPÍNDULA - PP, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do SR. REINALDO DUARTE RIBEIRO, ocorrido no dia 08 de julho de 2014.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1137/mocao_de_pesar_015-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1137/mocao_de_pesar_015-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do SR. ALFREDO HENRIQUE KNUST, ocorrido no dia 09 de julho de 2014.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1138/mocao_de_pesar_017-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1138/mocao_de_pesar_017-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do SR. IGOR ANDRÉ BREMENKAMP, ocorrido no dia 19 de setembro de 2014.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1139/mocao_de_pesar_018-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1139/mocao_de_pesar_018-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do SR. JOÃO GUILHERME KRUGER, ocorrido no dia 10 de setembro de 2014.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1140/mocao_de_pesar_019-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1140/mocao_de_pesar_019-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial a Vereadora JANIÇO JOÃO VERVLOET - PDT, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do SR. GILBERTO DE CARVALHO, ocorrido no dia 28 de setembro de 2014.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, JOVELSON AGUILAR SABINO JUNIOR</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1141/mocao_de_pesar_020-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1141/mocao_de_pesar_020-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial os Vereadores ÂNGELA MARIA SCHULTZ LEPPAUS - PPS e JOVELSON AGUILAR SABINO JUNIOR - PSB, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do SRª. MARCILENE SCHULTZ BARTH, ocorrido no dia 30 de setembro de 2014.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1142/mocao_de_pesar_021-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1142/mocao_de_pesar_021-2014.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, com assento nesta Colenda Casa de Leis, em especial o Vereador DARLEY JANSEM ESPÍNDULA - PP, vem de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do SR. EDILENE CORTES, ocorrido no dia 11 de novembro de 2014.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>MoC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_de_congratulacao_001-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_de_congratulacao_001-2014.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, em especial do Vereador JOVELSON AGUILAR SABINO JUNIOR, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES ao Núcleo de Operações e Transporte Aéreo (NOTAer) da Casa Militar da Governadoria do Estado do Espírito Santo pela brilhante atuação no município de Santa Leopoldina durante as enchentes de dezembro de 2013.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_de_congratulacao_002-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_de_congratulacao_002-2014.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, em especial do Vereador JOVELSON AGUILAR SABINO JUNIOR, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES ao Pastor Rodrigo Seibel, da Igreja Evangélica de Confissão Luterana de Santa Leopoldina, pelos serviços prestados durante as enchentes de dezembro/2013, colocando seu espírito de liderança e capacidade de articulação a serviço da população leopoldinense.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1127/mocao_de_congratulacao_005-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1127/mocao_de_congratulacao_005-2014.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, em especial da Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES aos moradores de Santa Leopoldina/ES, Juan Neves do Amaral, Júlio César de Oliveira Ricardo, Mike Müller Stange, Thiago Ribeiro Bernardino, Stanley Evito Ribeiro, por atravessarem a Av. Prefeito Hélio Rocha, completamente alagada, utilizando um pequeno barco, na madrugada da noite de Natal, cantando musicas natalinas, bem como a Sra. Viviane Kruger Thomaz Entringer por ter registrado o fato e divulgando o vídeo respectivo junto à rede mundial de computadores.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1128/mocao_de_congratulacao_006-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1128/mocao_de_congratulacao_006-2014.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, em especial o Vereador JANIÇO JOÃO VERVLOET - PDT, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES aos munícipes RENATO MARCIO COSER, JOÃO BATISTA DA SILVA, DIOVANI VIEIRA, FRANCISCO CARLOS REPKE, SEVERINO LIMA SOARES, LUIZ CARLOS CALOT, IVAN GERALDO BERTI, ADEMIR GRONER, ADRIANO CELESTINO DE SOUZA, GLEIDSON RODRIGUES DE ALMEIDA, GABRIEL BRUN VALDETARO, MARCELO SOUZA SILVA, OSVALDO WOLKART, por prestarem solidariedade as pessoas necessitadas nos dias de enchente do mês de dezembro de 2013, com a utilização de barcos próprios ou emprestados.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1129/mocao_de_congratulacao_007-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1129/mocao_de_congratulacao_007-2014.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros e com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES a toda população leopoldinense pelo esforço sem medidas bem como pela brilhante atuação na ajuda ao próximo durante as enchentes de dezembro de 2013.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1130/mocao_de_congratulacao_008-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1130/mocao_de_congratulacao_008-2014.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, em especial o Vereador ROBSON JOSÉ SILLER - PMDB, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES aos Bombeiros Voluntários, através de seu representante Rodolfo Nickel Neves, bem como a Defesa Civil através de seu representante Wagner Ponciano Correa, por prestarem atendimento às pessoas necessitadas nos dias de enchente do mês de dezembro de 2013.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1133/mocao_de_pesar_011-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1133/mocao_de_pesar_011-2014.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, em especial do Vereador JOVELSON AGUILAR SABINO JUNIOR, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES ao PADRE KAREL KELALU pelo empenho e dedicação durante os 09 (nove) anos em que atuou como Pároco da Paróquia Divino Espírito Santo, em Santa Leopoldina/ES.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1134/mocao_de_pesar_012-2014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1134/mocao_de_pesar_012-2014.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros e com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES à jovem leopoldinense KELLY FERRO GRONER, que vem se destacando por sua brilhante atuação como modelo no Brasil e no Exterior.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1483,67 +1483,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/707/indicacao_001-2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/708/indicacao_002-2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/709/indicacao_003-2014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/710/indicacao_004-2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/711/indicacao_005-2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/712/indicacao_006-2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/713/indicacao_007-2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/714/indicacao_008-2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/715/indicacao_009-2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/716/indicacao_010-2014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/717/indicacao_011-2014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/718/indicacao_012-2014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/719/indicacao_014-2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/722/indicacao_017-2014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/723/indicacao_018-2014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/725/indicacao_020-2014.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/726/indicacao_021-2014.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/727/indicacao_022-2014.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/728/indicacao_023-2014.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/729/indicacao_025-2014.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/730/indicacao_026-2014.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/731/indicacao_027-2014.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/732/indicacao_028-2014.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/187/pj_decreto_legisl_001-2014.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/2561/pdl_002-2014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/562/pj_01-2014.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/543/pj_02-2014.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/578/pj_03-2014.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/577/pj_04-2014.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/576/pj_05-2014.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/552/pj_06-2014.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/544/pj_07-2014.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/575/pj_08-2014.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/574/pj_09-2014.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/545/pj_10-2014.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/546/pj_11-2014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/547/pj_12-2014.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/573/pj_013-2014.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/572/pj_014-2014.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/571/pj_015-2014.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/570/pj_017-2014.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/565/pj_019-2014.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/564/pj_021-2014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/563/pj_022-2014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/561/pj_23-2014.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/551/pj_24-2014.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/548/pj_25-2014.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/550/pj_26-2014.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/549/pj_27-2014.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/542/pj_28-2014.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/560/pj_29-2014.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/555/pj_30-2014.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/625/31-2014.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/554/pj_34-2014.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/553/pj_35-2014.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/677/pl_036-2014.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/676/pl_037-2014.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/624/38-2014.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/585/39-2014.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/586/40-2014.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/587/41-2014.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/589/43-2014.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/590/44-2014.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/644/pj_resolucao_01-2014.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/645/pj_resolucao_02-2014.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/646/pj_resolucao_03-2014.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/378/req_01-2014.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/379/req_02-2014.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/380/req_03-2014.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/382/req_04-2014.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/381/req_05-2014.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/383/req_06-2014.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/384/req_07-2014.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/385/req_08-2014.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/386/req_09-2014.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/387/req_12-2014.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/388/req_13-2014.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/389/req_14-2014.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/390/req_15-2014.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/391/req_16-2014.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/392/req_17-2014.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/393/req_18-2014.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_de_pesar_003-2014.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1126/mocao_de_pesar_004-2014.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1131/mocao_de_pesar_009-2014.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1132/mocao_de_pesar_010-2014.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1135/mocao_de_pesar_013-2014.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1136/mocao_de_pesar_014-2014.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1137/mocao_de_pesar_015-2014.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1138/mocao_de_pesar_017-2014.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1139/mocao_de_pesar_018-2014.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1140/mocao_de_pesar_019-2014.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1141/mocao_de_pesar_020-2014.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1142/mocao_de_pesar_021-2014.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_de_congratulacao_001-2014.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_de_congratulacao_002-2014.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1127/mocao_de_congratulacao_005-2014.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1128/mocao_de_congratulacao_006-2014.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1129/mocao_de_congratulacao_007-2014.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1130/mocao_de_congratulacao_008-2014.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1133/mocao_de_pesar_011-2014.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1134/mocao_de_pesar_012-2014.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/707/indicacao_001-2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/708/indicacao_002-2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/709/indicacao_003-2014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/710/indicacao_004-2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/711/indicacao_005-2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/712/indicacao_006-2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/713/indicacao_007-2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/714/indicacao_008-2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/715/indicacao_009-2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/716/indicacao_010-2014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/717/indicacao_011-2014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/718/indicacao_012-2014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/719/indicacao_014-2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/722/indicacao_017-2014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/723/indicacao_018-2014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/725/indicacao_020-2014.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/726/indicacao_021-2014.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/727/indicacao_022-2014.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/728/indicacao_023-2014.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/729/indicacao_025-2014.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/730/indicacao_026-2014.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/731/indicacao_027-2014.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/732/indicacao_028-2014.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/187/pj_decreto_legisl_001-2014.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/2561/pdl_002-2014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/562/pj_01-2014.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/543/pj_02-2014.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/578/pj_03-2014.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/577/pj_04-2014.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/576/pj_05-2014.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/552/pj_06-2014.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/544/pj_07-2014.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/575/pj_08-2014.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/574/pj_09-2014.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/545/pj_10-2014.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/546/pj_11-2014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/547/pj_12-2014.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/573/pj_013-2014.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/572/pj_014-2014.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/571/pj_015-2014.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/570/pj_017-2014.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/565/pj_019-2014.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/564/pj_021-2014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/563/pj_022-2014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/561/pj_23-2014.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/551/pj_24-2014.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/548/pj_25-2014.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/550/pj_26-2014.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/549/pj_27-2014.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/542/pj_28-2014.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/560/pj_29-2014.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/555/pj_30-2014.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/625/31-2014.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/554/pj_34-2014.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/553/pj_35-2014.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/677/pl_036-2014.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/676/pl_037-2014.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/624/38-2014.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/585/39-2014.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/586/40-2014.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/587/41-2014.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/589/43-2014.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/590/44-2014.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/644/pj_resolucao_01-2014.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/645/pj_resolucao_02-2014.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/646/pj_resolucao_03-2014.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/378/req_01-2014.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/379/req_02-2014.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/380/req_03-2014.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/382/req_04-2014.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/381/req_05-2014.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/383/req_06-2014.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/384/req_07-2014.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/385/req_08-2014.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/386/req_09-2014.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/387/req_12-2014.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/388/req_13-2014.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/389/req_14-2014.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/390/req_15-2014.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/391/req_16-2014.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/392/req_17-2014.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/393/req_18-2014.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1125/mocao_de_pesar_003-2014.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1126/mocao_de_pesar_004-2014.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1131/mocao_de_pesar_009-2014.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1132/mocao_de_pesar_010-2014.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1135/mocao_de_pesar_013-2014.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1136/mocao_de_pesar_014-2014.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1137/mocao_de_pesar_015-2014.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1138/mocao_de_pesar_017-2014.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1139/mocao_de_pesar_018-2014.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1140/mocao_de_pesar_019-2014.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1141/mocao_de_pesar_020-2014.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1142/mocao_de_pesar_021-2014.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1123/mocao_de_congratulacao_001-2014.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1124/mocao_de_congratulacao_002-2014.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1127/mocao_de_congratulacao_005-2014.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1128/mocao_de_congratulacao_006-2014.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1129/mocao_de_congratulacao_007-2014.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1130/mocao_de_congratulacao_008-2014.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1133/mocao_de_pesar_011-2014.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2014/1134/mocao_de_pesar_012-2014.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="93" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>