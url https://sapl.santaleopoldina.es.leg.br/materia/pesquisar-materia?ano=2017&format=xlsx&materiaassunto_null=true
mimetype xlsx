--- v0 (2026-02-02)
+++ v1 (2026-03-25)
@@ -54,1680 +54,1680 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Robson  Siller, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>Os Vereadores SERGIO ANGELI LAGO (PDT) e ROBSON JOSÉ SILLER (PMDB), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de aquisição e instalação de um transformador de energia elétrica para a localidade de Cocal, neste Município.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/56/002-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/56/002-indica-o.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS (PPS), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de construção de muro e instalação de uma proteção lateral na Rua Diretor Rudio, localizada no acesso à Escola Alice Holzmeister, na sede do Município.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Carlos França, Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/57/003-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/57/003-indica-o.pdf</t>
   </si>
   <si>
     <t>Os Vereadores LUIZ CARLOS BROEDEL FRANÇA (PMN) e ROMI CARLOS FACCO MULLER (PP), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de buscar junto a Escelsa a poda das árvores que ficam próximas à rede elétrica, no Distrito de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/58/004-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/58/004-indica-o.pdf</t>
   </si>
   <si>
     <t>Os Vereadores LUZINETE DEGASPERI (PMN) e SERGIO ANGELI LAGO (PDT), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de retirar a passarela móvel, localizada ao lado da ponte na comunidade de Colina Verde, para reinstalação no trecho próximo à antiga fazenda do Sr. Rui Furtado, na mesma comunidade.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Robson  Siller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/59/005-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/59/005-indica-o.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ÂNGELA MARIA SCHULTZ LEPPAUS (PPS) e ROBSON JOSÉ SILLER (PMDB), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar a troca de bueiro por uma galeria pluvial, próxima a Rua Adelino Espíndula, no bairro de vila nova, neste Município. _x000D_
 _x000D_
 JUSTIFICATIVA:_x000D_
 _x000D_
 A indicação referida propõe a realização de tal serviço a fim de aumentar a saída e drenagem da água que se acumula nas vias públicas citadas, causando transtornos e prejuízos aos moradores que ali residem._x000D_
 _x000D_
 Além disso, esses acúmulos oferecem sérios riscos à saúde dos cidadãos. Portanto, inquestionável se verifica o interesse público na presente situação, cumprindo ao Executivo Municipal o atendimento desta propositura.  _x000D_
 _x000D_
 Assim, visando o acolhimento da presente indicação pelo Executivo Municipal, pugna pelo apoio dos demais Membros desta Casa.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/60/006-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/60/006-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador VALDEMIRO BARTH - PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade que seja retirado veículo que se encontra abandonado há pelo menos 6 (seis) anos, na comunidade do Rio do Norte, neste município.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/61/007-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/61/007-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de efetuar a restauração de todas as obras de arte, especialmente quadros e telas de propriedade da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/62/008-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/62/008-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de cortar gastos com cerimonial, e coquetéis, lanches ou buffet nos eventos realizados pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/63/009-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/63/009-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de reconstruir, sob a coordenação da Secretaria de Agricultura e Meio Ambiente, o viveiro municipal para a produção de mudas de essências nativas, mudas de culturas agrícolas (ex. palmito e café) e plantas ornamentais.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Carlos França, Luzinete Leppaus, Marcos Adriano Rauta, Nelson Lichtenheld, Robson  Siller, Romi Carlos Facco Muller, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/64/010-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/64/010-indica-o.pdf</t>
   </si>
   <si>
     <t>VALDEMIRO BARTH - PP, ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, LUIZ CARLOS BROEDEL FRANÇA - PMN, LUZINETE DEGASPERI LEPPAUS - PMN, MARCOS ADRIANO RAUTA - PSDB, NELSON LICHTENHELD - SD, ROBSON JOSE SILLER - PMDB, ROMI CARLOS FACCO MULLER - PP e SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de instalação de placas de sinalização, proibindo a parada de veículos ao longo das 2 (duas) ladeiras que servem de acesso aos estacionamentos na sede do Município.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/65/011-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/65/011-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA à Mesa Diretora da Câmara Municipal para criar uma Aba ou janela no site da ´´Câmara Municipal`` relacionando e expondo todas as pessoas agraciadas com título de cidadão leopoldinense, em toda a história da Câmara Municipal até a atualidade, contendo dados do agraciado, foto e histórico.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/66/012-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/66/012-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA à Mesa Diretora da Câmara Municipal para que seja realizado o serviço de recuperação, catalogação e digitalização das fotos dos eventos realizados pela Câmara Municipal, disponibilização de uma ´´janela`` no site da Câmara para exposição.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/67/014-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/67/014-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de reforma da ponte localizada na comunidade de California, nas proximidades da EMPEF escola Municipal Pluridocente de Ensino Fundamental  de California de Baixo, neste município.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Robson  Siller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/68/015-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/68/015-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador ROBSON JOSÉ SILLER – PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, solicitando que seja construída uma faixa elevada para pedestres, em frente ao novo banheiro público localizado ao lado do Parque da Independência, neste Município.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/69/016-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/69/016-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – SD, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a Criação do Comitê Municipal de Gestão Hídrica, órgão colegiado paritário, consultivo, para o assessoramento ao Poder Executivo Municipal, visando a deliberação no âmbito de sua competência, sobre as questões hídricas locais.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/70/017-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/70/017-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de se realizar a limpeza das ruas e praças da sede, neste Município.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/198/ind182017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/198/ind182017.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, para que seja disponibilizado gratuitamente internet na Praça da Independência, com o objetivo de motivar os nossos cidadãos a utilizarem com mais frequência os espaços públicos da cidade.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, para que seja realizado um projeto de revitalização e reforma no "Parque da Independência" implementando, consequentemente, a restauração do "coreto" que é um importante patrimônio Histórico da cidade.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Luzinete Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/72/020-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/72/020-indica-o.pdf</t>
   </si>
   <si>
     <t>A Vereadora 	LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de buscar providências junto a Escelsa para a poda das árvores existentes nas proximidades da rede elétrica, que passa pela Rua Vereador Sebastião José Siller, neste Município.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/73/021-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/73/021-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – SD, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de disponibilizar equipe de servidores para realizar serviços de limpeza, permanentemente, destinados ao bairro de Vila Nova, neste Município.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/74/022-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/74/022-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de se realizar a limpeza do calçamento e galerias da ladeira próxima à Igreja Católica da comunidade de Colina Verde, bem como na estrada que liga o bairro Funil até a cachoeira da fumaça, neste Município.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/75/023-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/75/023-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de providenciar a limpeza da área externa e a poda das árvores existentes no entorno da Igreja Matriz ´´Sagrada Família``, localizada na sede do Município.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/76/024-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/76/024-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, no sentindo de buscar junto às empresas de telecomunicação a melhoria na transmissão de sinal de TV nas residências da cidade, com a disponibilização de sinal de transmissão digital.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/77/025-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/77/025-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador ROBSON JOSÉ SILLER – PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a instituição, em nosso Município, do Programa de Incentivo à regularização Fiscal com a Fazenda Pública de nosso Município, servindo como parâmetro o modelo de Lei nº 9.113 (anexo).</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Robson  Siller, Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/78/026-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/78/026-indica-o.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ROBSON JOSÉ SILLER – PMDB e NELSON LICHTENHELD - SD, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de retorno das atividades desenvolvidas pelo CRAS, na comunidade do Rio da Prata, neste Município.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/79/027-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/79/027-indica-o.pdf</t>
   </si>
   <si>
     <t>A Vereadora 	ÂNGELA MARIA SCHULTZ LEPPAUS – PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de determinar a disponibilização do veículo fumacê, para circular por todas as ruas de nosso Município, a fim de combater o mosquito Aedes aegypti.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/80/028-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/80/028-indica-o.pdf</t>
   </si>
   <si>
     <t>A Vereadora 	LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar calçamento no entorno do Hospital Nossa Senhora da Penha, bem como a instalação de refletores de iluminação no local referido.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/81/031-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/81/031-indica-o.pdf</t>
   </si>
   <si>
     <t>A Vereadora 	LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de limpeza ao longo Rua Luiz Antônio de Almeida e das calçadas existentes em suas laterais.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/82/032-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/82/032-indica-o.pdf</t>
   </si>
   <si>
     <t>A Vereadora 	ÂNGELA MARIA SCHULTZ LEPPAUS – PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar reparos de manutenção do muro de contenção de encosta localizado na Rua Reginaldo Terra, neste Município.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/83/033-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/83/033-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO (PDT), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho,  construção de passarela anexa a Ponte Paulo Antônio Médice na sede desse Município.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/84/034-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/84/034-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de limpeza ao longo da Rua Maria Guilherme Espíndula (Funil) até a Cachoeira da Fumaça.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/123/035-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/123/035-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de reativação da represa localizada no córrego Bento de Freitas, no bairro Caixa D’água, neste Município, bem como a limpeza ao longo daquele curso d’água.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/85/036-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/85/036-indica-o.pdf</t>
   </si>
   <si>
     <t>Os Vereadores SERGIO ANGELI LAGO (PDT) e LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a criação de uma vaga de estacionamento para deficientes e outra vaga para idosos, na Avenida Presidente Vargas,  nas proximidades das agências dos Bancos do Brasil, Banestes SICOOB e Fórum Graça Aranha, no centro deste Município.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/86/037-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/86/037-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, que execute a manutenção e reparos na pavimentação da Rua Amaro da Penha Soave em toda a sua extensão. Na sequência, proceda-se a pavimentação do ponto de manobra.  Ao final da referida via pública nas proximidades das residências das Senhoras Claudia Marina Fonseca e Clarinda Soave.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Marcos Adriano Rauta, Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/87/038-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/87/038-indica-o.pdf</t>
   </si>
   <si>
     <t>Os Vereadores NELSON LICHTENHELD – SD E MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM a Mesa Diretora da Câmara Municipal a necessidade de providenciar a instalação de microfones individuais para cada vereador no plenário.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Robson  Siller, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/88/040-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/88/040-indica-o.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ROBSON JOSÉ SILLER – PMDB, LUZINETE DEGASPERI LEPPAUS – PMN E SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de construir lombadas no trecho localizado entre a residência do Sr. Dorli Vicenti e o Polo da UAB, neste Município.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Nelson Lichtenheld, Robson  Siller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/89/041-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/89/041-indica-o.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ROBSON JOSÉ SILLER – PMDB e NELSON LICHTENHELD - SD, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. VALDEMAR LUIZ HORBELT COUTINHO, a necessidade de realizar reparos no muro de arrimo localizado em frente a propriedade do Sr. Ademir Carolino de Souza, no Bairro Vila Nova, o qual é utilizado para sustentação do percurso da rua Tércio Correa que da acesso ao Bairro Vila Nova, neste Município.  _x000D_
 _x000D_
 JUSTIFICATIVA:_x000D_
 _x000D_
 A referida indicação visa alertar o Executivo Municipal sobre a necessidade de reconstruir um muro de arrimo citado, que serve de contenção para a via que da acesso ao Bairro Vila Nova. _x000D_
 _x000D_
 O dito muro foi totalmente afetado devido à sobrecarga que recebeu do tráfico dos veículos quando da construção da via pública pela Municipalidade, uma vez que, à época, não foram adotadas as providências necessárias à reparação da construção existente na área do particular. _x000D_
 _x000D_
 Vale ressaltar, também, que o Sr. Ademir protocolou na Prefeitura Municipal de Santa Leopoldina, em 13 de setembro de 2000, requerimento alertando sobre a possível desabamento do citado muro, assim como pedindo medidas a fim de evitar o risco verificado, e em 12/03/2014 houve uma indicação aprovada em plenário da Câmara Municipal para a administração da época sobre o mesmo assunto._x000D_
 _x000D_
 Como se vê, a questão merece atenção da Administração, pois extrapola a relação existente entre o Município e o cidadão interessado, haja vista que a real possibilidade de danos de difícil reparação em face de terceiros que utilizam a rua regularmente, razão pela qual há de ser reconhecido o interesse público nesse caso e, consequentemente, a imediata adoção dos atos necessários à solução do problema.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/90/042-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/90/042-indica-o.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ROBSON JOSÉ SILLER – PMDB e ÂNGELA MARIA SCHULTZ LEPPAUS – PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. VALDEMAR LUIZ HORBELT COUTINHO, a necessidade de realizar obras de Iluminação pública e o calçamento na Rua Laurentino Leppaus neste município.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/91/043-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/91/043-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – SD, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade realizar reparos nas ruas  do  bairro de Vila Nova, neste Município.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/92/051_-_indicacao.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/92/051_-_indicacao.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de empreender esforços no sentido de retomar as atividades no Posto de fiscalização e do Posto da Polícia Estadual Rodoviária na Região de Três Pontes, neste município.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/93/045-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/93/045-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – SD, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, adequação de serviços visando a adaptação nas ondulações transversais (Lombada física) nas vias públicas das ruas José Machado de Alvarenga e Adelino Espíndula, de acordo com a resolução Nº 600 de 24 de Maio de 2016 do Conselho Nacional de Trânsito – CONTRAN.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/94/046-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/94/046-indica-o.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade construção de banheiros para os sexos masculino e feminino, além da necessidade de realizar a reforma do vestiário no Complexo Esportivo Hermínio Braz, próximo ao campo ´´society``, no Centro deste Município.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/197/ind472017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/197/ind472017.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de disponibilizar a área situada ao lado do Posto Águia, no Espaço conhecido como Feira da Agricultura Familiar, neste Município, para ser utilizada como estacionamento público.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/95/048-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/95/048-indica-o.pdf</t>
   </si>
   <si>
     <t>O vereador NELSON LICHTENHELD - SD, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a instalação do sistema de captação de raios solares para geração de energia solar em todas as unidades de atendimentos da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/96/049-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/96/049-indica-o.pdf</t>
   </si>
   <si>
     <t>A Vereadora 	LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar serviço de limpeza ao longo da ES 080, no trecho situado entre o Canãa Campestre Clube até a Ponte sobre o Rio Crubixá, neste município.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/97/044_-_indicacao.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/97/044_-_indicacao.pdf</t>
   </si>
   <si>
     <t>A Vereadora 	LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de remoção de um coqueiro existente no estacionamento da Prainha, neste Município.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/149/indica-o-52.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/149/indica-o-52.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de instalação de um (01) bebedouro próximo ao Campo Society no Complexo Hermínio Braz, (Moxafongo) neste Município.	necessidade de aquisição e instalação de um transformador de energia elétrica para a localidade de Cocal, neste Município.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/150/indica-o-53.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/150/indica-o-53.pdf</t>
   </si>
   <si>
     <t>O Vereador ROMI CARLOS FACCO MULLER (PP), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de instalação de Barras de Proteção de Metal nas laterais das curvas acentuadas existentes ao longo da Rodovia Benvindo Pereira dos Anjos, no Distrito de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/151/indica-o-54.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/151/indica-o-54.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realização de serviço de limpeza, em todo o percurso da Rua Natalino Teixeira na sede do Município.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/152/indica-o-55.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/152/indica-o-55.pdf</t>
   </si>
   <si>
     <t>O Vereador ROBSON JOSÉ SILLER – PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. VALDEMAR LUIZ HORBELT COUTINHO, que seja instalado proteção no guarda corpo da Ponte Nelson do Couto Rodrigues, na rua Niterói neste município.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Robson  Siller, Luzinete Leppaus, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/153/indica-o-56.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/153/indica-o-56.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ROBSON JOSÉ SILLER – PMDB, LUZINETE DEGASPERI LEPPAUS – PMN E SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de construir um vestiário no campo de futebol do Chaves, neste Município.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/154/indica-o-58.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/154/indica-o-58.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA a Mesa Diretora da Câmara Municipal, a necessidade de concessão de 01 (um) aparelho de telefone celular para cada Vereador, com a adesão de um plano corporativo para as 09 (nove) linhas visando facilitar a comunicação entre os Agentes Políticos do Poder Legislativo Municipal. Entretanto, na hipótese de impossibilidade de aquisição de aparelhos, por razões orçamentárias ou financeiras, que ao menos sejam disponibilizadas as linhas do plano Corporativo.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/155/indica-o-60.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/155/indica-o-60.pdf</t>
   </si>
   <si>
     <t>O vereador NELSON LICHTENHELD - SD, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de decretar a desapropriação de uma área para a construção de uma praça de lazer para os moradores do Bairro Vila Nova neste município.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/156/indica-o-61.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/156/indica-o-61.pdf</t>
   </si>
   <si>
     <t>O vereador NELSON LICHTENHELD - SD, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de recapeamento da estrada da Serra da Bragança, neste município, especialmente no trecho da ladeira pavimentada com pedras, substituindo estas por massa asfáltica.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/157/indica-o-62.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/157/indica-o-62.pdf</t>
   </si>
   <si>
     <t>O Vereador ROMI CARLOS FACCO MULLER (PP), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de melhorias na quadra da Escola da Holanda, na comunidade de Holanda no Distrito de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/158/indica-o-64.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/158/indica-o-64.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de instalação de um corrimão na Escadaria localizada ao lado do Jardim de Infância e no final da Rua Costa Pereira, na sede deste Município.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/159/065_-_indicacao.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/159/065_-_indicacao.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade da criação de um sistema organizado de coleta de entulho na sede do município</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/160/indica-o-66.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/160/indica-o-66.pdf</t>
   </si>
   <si>
     <t>O vereador NELSON LICHTENHELD - SD, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a indicação da criação da ouvidoria municipal da prefeitura de Santa Leopoldina.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/199/067-indica-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/199/067-indica-o.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar limpeza e desobstrução nas canaletas laterais da ladeira da Bragança, localizada nas proximidades da cachoeira Gruta da Onça, bem como efetuar roçagem ao longo da Estrada Franz Bahuer, neste Município.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Carlos França</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/161/indica-o-69.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/161/indica-o-69.pdf</t>
   </si>
   <si>
     <t>O Vereador LUIZ CARLOS BROEDEL FRANÇA – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, que seja instalado proteção no guarda corpo da Ponte localizada na comunidade do rio do meio, próximo ao campo de futebol da comunidade, neste Município.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de remarcação de todas as faixas de pedestres, bem como todas as delimitações das vagas de estacionamento ao longo de toda a Avenida Presidente Vargas, neste Município.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/163/indica-o-72.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/163/indica-o-72.pdf</t>
   </si>
   <si>
     <t>NELSON LICHTENHELD – SD, com base nas condições do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem requerer a proposição de indicação, referente ao assunto abaixo descrito, a fim de que tal matéria seja discutida e votada na Sessão Ordinária do dia 20 de dezembro de 2017. O objetivo do pedido é instalação de contêineres plásticos para depósito e coleta de lixo seco nas comunidades do interior do município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Luzinete Leppaus, Robson  Siller, Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/28/pdl-001-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/28/pdl-001-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LEOPOLDINENSE.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/29/pdl-002-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/29/pdl-002-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Romi Carlos Facco Muller, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/280/decreto_03.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/280/decreto_03.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA REFERENTE AO EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/125/001-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/125/001-2017.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 49 DA LEI ORGÂNICA DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/112/pl_001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/112/pl_001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS ESPECÍFICAS SOBRE O PLANTIO DE EUCALIPTO E CULTURAS AFINS NO MUNICÍPIO DE SANTA LEOPOLDINA E DÁ OUTRAS.</t>
   </si>
   <si>
     <t>Valdemar Luiz Horbelt Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/5/pl-002_HYcvaDB.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/5/pl-002_HYcvaDB.pdf</t>
   </si>
   <si>
     <t>INCLUI  O ART. 13A NA LEI N° 1588/2016, QUE ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/3/pl-003.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/3/pl-003.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE BOLSA ESTÁGIO NO ÂMBITO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA/ES</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/4/pl-004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/4/pl-004.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI MUNCIPAL N°988/2001</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/6/pl-005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/6/pl-005.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 87, E AO PARAGRAFO ÚNICO DA LEI N° 1424/2012</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/27/pl-006.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/27/pl-006.pdf</t>
   </si>
   <si>
     <t>DENOMINA UNIDADE DE SAÚDE DA FAMÍLIA ´´ELIZETE MARIA CALOT KRUGER`` A USF DA COMUNIDADE DE BARRA DE MANGARAI.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/25/pl-007-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/25/pl-007-2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM A FUNDAÇÃO MÉDICO ASSISTENCIAL DO TRABALHADOR RURAL PARA TRANSFERÊNCIA DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/7/pl-008.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/7/pl-008.pdf</t>
   </si>
   <si>
     <t>ALTERA AS FONTES DE RECURSOS DA DESPESA E RECEITA DO IPSL 2017.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/8/pl-009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/8/pl-009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICIPIO DE SANTA LEOPOLDINA E A FUNDAÇÃO MÉDICA ASSISTENCIAL DO TRABALHADOR RURAL DE SANTA LEOPOLDINA</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/9/pl-010.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/9/pl-010.pdf</t>
   </si>
   <si>
     <t>INCLUI NO PPA, LEI MUNICIPAL Nº 1468/2013, PROJETO/ATIVIDADE E ELEMENTO DE DESPESA.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/10/pl-011.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/10/pl-011.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSITIVOS NA LEI MUNICIPAL Nº 1588/2016.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/11/pl-012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/11/pl-012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DE 2017.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/268/pl_13-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/268/pl_13-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE APRECIAÇÃO PELA CÂMARA MUNICIPAL OS PROJETOS DE OBRAS DE ENGENHARIA CIVIL A SEREM EXECUTADOS NO MUNICÍPIO DE SANTA LEOPOLDINA/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/12/pl-014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/12/pl-014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM FEDERAÇÃO DE ASSOCIAÇÃO DE AGRICULTORES FAMILIARES DE SANTA LEOPOLDINA - FEAFS.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/13/pl-015.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/13/pl-015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA FIRMAR CONVÊNIO ENTRE O MUNICÍPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS-APAE – PARA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/24/pl-016.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/24/pl-016.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO ANEXO I DA LEI Nº 1513, ALTERADA PELA LEI Nº 1552, DE 20 DE ABRIL DE 2016.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/14/pl-017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/14/pl-017.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSIÇÕES NA LEI MUNICIPAL Nº 1588/2016.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/15/pl-018.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/17/pl-020.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/15/pl-018.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/16/pl-019.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/17/pl-020.pdf</t>
   </si>
   <si>
     <t>INCLUI ELEMENTO DE DESPESA NO PPA, LEI MUNICIPAL Nº 1468/2013.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/26/pl-021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/26/pl-021.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA JOSÉ VIEIRA</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/114/pl-023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/114/pl-023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE LIGAÇÕES PARA O FORNECIMENTO DE ENERGIA ELÉTRICA NO MEIO RURAL DO MUNICÍPIO DE SANTA LEOPOLDINA/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/19/pl-024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/19/pl-024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE ÁREAS PÚBLICAS PARA AMPLIAÇÃO DE ETE - ESTAÇÃO DE TRATAMENTO DE ESGOTO DE SANTA LEOPOLDINA/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/115/pj_25-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/115/pj_25-2017.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI MUNICIPAL N°1515/2015</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/116/pl-026.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/116/pl-026.pdf</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/117/pl-027.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/117/pl-027.pdf</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/118/pl-028.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/18/pl-029.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/118/pl-028.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/18/pl-029.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR TERMO ADITIVO NO VALOR DE R$ 70.970,47 (SETENTA MIL, NOVECENTOS E  SETENTA REAIS, QUARENTA E SETE CENTAVOS), AO CONVÊNIO DE COOPERAÇÃO FINANCEIRA Nº 002/2017 DA FUNDAÇÃO MÉDICO ASSISTÊNCIAL DO TRABALHADOR DE SANTA LEOPOLDINA ORIUNDO DO PROCESSO ADMINISTRATIVO Nº 002740/2016 VISANDO A CONTRATAÇÃO DE SERVIÇOS MÉDICOS HOSPITALARES.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>AUTORIZA A PREMIAÇÃO AOS VENCEDORES DO CONCURSO ´´A ATIVIDADE EM DEFESA DO MEIO AMBIENTE`` PROMOVIDO PELA COMPDEC E SEME.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/119/pl-031.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/119/pl-031.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OPERACIONALIZAÇÃO DO PROGRAMA NACIONAL DE MELHORIA DO ACESSO E DA QUALIDADE DA ATENÇÃO BÁSICA (PMAQ-AB) DO MINISTÉRIO DA SAÚDE NO ÂMBITO DO MUNICÍPIO DE SANTA LEOPOLDINA - ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/20/pl-032.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/20/pl-032.pdf</t>
   </si>
   <si>
     <t>REGULA O ACESSO A INFORMAÇÕES PREVISTO NO INCISO XXXIII DO ART. 5º, NO INCISO II DO § 3º DO ART. 37 E NO § 2º DO ART. 216 DA CONSTITUIÇÃO FEDERAL E NA LEI Nº 12.527 DE 18 DE NOVEMBRO DE 2011, NO ÂMBITO DO MUNICÍPIO DE SANTA LEOPOLDINA-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/120/pl-034.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/120/pl-034.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO E DIVULGAÇÃO DE CAMPANHA DE COMBATE A EVASÃO FISCAL.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Carlos França, Luzinete Leppaus, Marcos Adriano Rauta, Nelson Lichtenheld, Robson  Siller, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/179/pl-035.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/179/pl-035.pdf</t>
   </si>
   <si>
     <t>DENOMINA QUADRA POLIESPORTIVA FELLIPE ANDRÉ THOMAS</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/180/pl-036.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/180/pl-036.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL COMPLEMENTAR N° 1482/2014, QUE ADOTA O DIÁRIO OFICIAL DOS MUNICÍPIOS DO ESTADO DO ESPÍRITO SANTO, INSTITUÍDO E ADMINISTRADO PELA AMUNES, COMO VEÍCULO OFICIAL DE PUBLICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/181/pl-037.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/181/pl-037.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1012/2001, DE 20 DE DEZEMBRO DE 2001, QUE DISPÕE SOBRE O SISTEMA TRIBUTÁRIO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/182/pl-038.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/182/pl-038.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/183/pl-039.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/183/pl-039.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SANTA LEOPOLDINA, ESTADO DO ESPÍRITO SANTO, PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/184/pl-040.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/184/pl-040.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO, PARA O PERÍODO DE 2018 A 2021.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/185/pl-041.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/185/pl-041.pdf</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/186/pl-042.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/186/pl-042.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DO FUNDO MUNICIPAL DE SAÚDE A CELEBRAR TERMO ADITIVO DE VALOR E PRAZO AO CONVÊNIO DE COOPERAÇÃO FINANCEIRA Nº 002/2017, COM A FUNDAÇÃO MÉDICO ASSISTENCIAL DO TRABALHADOR RURAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/2/001-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/2/001-2017.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 81 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/113/002-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/113/002-2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A TRANSFERIR VEÍCULO AO PATRIMÔNIO DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA/ES.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/124/003-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/124/003-2017.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ART. 1º DA RESOLUÇÃO Nº 002/2017.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/176/res0042017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/176/res0042017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROPOSTA DAS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICIPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA – ES.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/177/res0052017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/177/res0052017.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE FIXAÇÃO DAS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCÍCIO DO ANO 2018.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/178/res0062017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/178/res0062017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA PARA ELABORAÇÃO DO PLANO PLURIANUAL DE INVESTIMENTOS REFERENTE AO PODER LEGISLATIVO MUNICIPAL 2018 A 2021.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/22/001-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/22/001-2017.pdf</t>
   </si>
   <si>
     <t>Vêm requerer, seja expedido ofício ao Comandante da Polícia Militar do Estado do Espírito Santo, Cel PM Laercio Oliveira, solicitando providências no sentido de garantir a segurança dos transeuntes no tocante aos assaltos e/ou tentativas de assalto, principalmente dos agricultores caminhoneiros, no trecho da Rodovia Paulo Nascimento (ES 080) compreendido entre Cariacica Sede e Barra de Mangaraí.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/23/002-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/23/002-2017.pdf</t>
   </si>
   <si>
     <t>Vêm requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, fim de que a Secretaria Municipal de Saúde forneça os esclarecimentos necessários quanto ao furto de vacinas contra a febre amarela, ocorrido na sede do referido órgão, bem como para responder as  seguintes indagações:_x000D_
 _x000D_
 1ª. Diante do fato citado,  quais foram as providências adotadas pela Administração Pública até o momento?_x000D_
 2ª. A ocorrência foi noticiada ao órgão policial competente?_x000D_
 3ª. A Administração confirma informação extraoficial de que parte das vacinas furtadas  foram devolvidas? Se positiva a resposta, qual a medida adota pela Secretaria?_x000D_
 4ª. Após o ocorrido alguma outra medida de segurança foi determinada pela Administração?_x000D_
 _x000D_
 Diante do exposto, independentemente das respostas aos questionamentos e informações ora requeridos, os Requerente pugnam pela a adoção de todas as providências legais no sentido de elucidar tal ação criminosa, com vista à punição dos responsáveis.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/30/003-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/30/003-2017.pdf</t>
   </si>
   <si>
     <t>vêm requerer seja expedido ofício ao Secretário Municipal de Obras e Serviços Públicos, pedido de informações em relação à construção de 1 (um) banheiro, situado ao lado do Ginásio de Esportes, a fim de atender as seguintes questionamentos e providências:_x000D_
 _x000D_
 1ª. Informar a espécie de contratação formalizada, realização da obra, bem como se decorreu de processo e dispensa de licitação ou procedimento licitatório, encaminhando a esta casa as cópias dos processos correspondentes de forma integral._x000D_
 2ª. Encaminhar a casa cópia das planilhas de custo e das medições atestadas durante a execução da obra. _x000D_
 3ª. Encaminhar a Câmara Municipal, cópia na integra de processo de pagamento relacionado a construção referida, inclusive recibo de pagamento e notas fiscais._x000D_
 4ª. Disponibilizar a Câmara Municipal, cópia de todas as publicações veiculadas no órgão de imprensa oficial referentes a contratação citadas.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/31/004-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/31/004-2017.pdf</t>
   </si>
   <si>
     <t>REQUERER que encaminhe Ofício ao Senhor Secretário de Estado da Secretaria de Agricultura, Abastecimento, Aquicultura e Pesca do Estado do Espírito Santo (SEAG), Exmo. Sr. Octaciano Neto, com a finalidade de solicitar providências quanto à manutenção e recapeamento de 6km de trecho de asfalto que liga a Comunidade de Caramuru, Zona Rural, Santa Leopoldina/ES à Rodovia Estadual ES-355 (Afonso Schwab).</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/32/005-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/32/005-2017.pdf</t>
   </si>
   <si>
     <t>vêm requerer seja enviado oficio à Policia Militar do Espirito Santo, na pessoa de seu comandante, oficio para que seja instituído nas escolas do Município de Santa Leopoldina o programa PROERD em conjunto com a Secretaria Municipal de Educação.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/33/007-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/33/007-2017.pdf</t>
   </si>
   <si>
     <t>vêm requerer seja expedido ofício a ANATEL (Agencia Nacional de Telecomunicações), para que seja investigada a interrupção constante dos serviços de telecomunicação de telefonia móvel prestado pela operadora Vivo no âmbito do município de Santa Leopoldina, pugnando pela adoção das medidas cabíveis na presente situação.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/34/008-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/34/008-2017.pdf</t>
   </si>
   <si>
     <t>REQUERER seja expedido ofício à Agência Nacional de Energia Elétrica (ANEEL), para que seja investigada a interrupção constante do fornecimento de energia elétrica e serviços de iluminação pública no Município, pugnando pela adoção das medidas cabíveis na presente situação.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/36/009-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/36/009-2017.pdf</t>
   </si>
   <si>
     <t>vêm requerer seja expedido ofício ao Departamento de Estradas de Rodagem do Espírito Santo (DER-ES), para que seja concluída a construção de calçadas para pedestres na rodovia que liga o bairro Funil ao Centro de Santa Leopoldina.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/35/010-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/35/010-2017.pdf</t>
   </si>
   <si>
     <t>REQUERER que encaminhe Ofício ao Senhor Secretário de Estado da Secretaria de Agricultura, Abastecimento, Aquicultura e Pesca do Estado do Espírito Santo (SEAG), Exmo. Sr. Octaciano Gomes de Souza Neto, com a finalidade de solicitar providências quanto à manutenção, limpeza das laterais e canaletas e recapeamento do trecho de asfalto que liga a Comunidade de Mangaraí a Barra de Mangaraí, Zona Rural, Santa Leopoldina/ES.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/37/011-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/37/011-2017.pdf</t>
   </si>
   <si>
     <t>vem requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a fim de que a Secretaria Municipal de Saúde forneça os dados exatos quanto ao número de casos de febre amarela e dengue foram registrados no Município, a partir de 1º de janeiro de 2017 até a presente data.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/38/012-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/38/012-2017.pdf</t>
   </si>
   <si>
     <t>vem requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, tendo em vista o Relatório da Receita Corrente Líquida e Demonstrativo da Despesa com Pessoal, referente ao 1º Quadrimestre de 2017, do Executivo Municipal, que apontou o índice em 51,11% (cinquenta e um, vírgula onze por cento), pugnando pela aplicação do § 3º, do artigo 39, da Constituição Federal, que garante também aos servidores públicos o Vencimento nunca inferior ao salário mínimo vigente (Art. 7°, VII), o qual deverá ser pago a partir do mês de janeiro deste ano.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/39/013-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/39/013-2017.pdf</t>
   </si>
   <si>
     <t>REQUERER a expedição de Ofício ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr Valdemar Luiz Horbelt Countinho, solicitando cópias na integra de todos os pareceres jurídicos emitidos nos procedimentos de dispensa e inexigibilidade de licitação no âmbito da Prefeitura Municipal de Santa Leopoldina, do período de janeiro de 2016 a até a data de atendimento do presente pedido.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/40/014-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/40/014-2017.pdf</t>
   </si>
   <si>
     <t>vem REQUERER a expedição de pedido ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr Valdemar Luiz Horbelt Countinho, considerando o Princípio Básico da Segregação de Funções, solicitando informações a fim de responder aos seguintes questionamentos e a adoção de providências, caso necessário: _x000D_
 _x000D_
 I – Informar se no quadro funcional da Prefeitura Municipal, a partir de janeiro de 2015 a até a presente data, verificou-se a hipótese de incompatibilidade, ou impedimento, de Servidor em atividade, ou Agente Político, Secretário Municipal ou responsável pela licitação, que, no exercício de suas funções, se enquadram na vedação do artigo 9º, inciso III, da Lei Federal Nº 8.666/93;</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/121/015-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/121/015-2017.pdf</t>
   </si>
   <si>
     <t>vêm requerer seja encaminhado ofício à Comandante Geral do Destacamento Militar, Tenente Rosimeri Schreder, solicitando providências no sentido de garantir a segurança pública nas comunidades de Ribeiro Limpo e Caioaba, neste Município.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/41/016-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/41/016-2017.pdf</t>
   </si>
   <si>
     <t>vem requerer seja expedido ofício ao Exmo. Secretário de Estado de Agricultura, Abastecimento, Aquicultura e Pesca do Estado do Espírito Santo Senhor Octaciano Neto, solicitando apoio para a instalação de uma Torre de celular para a comunidades de Pedra Branca, Ribeiro Limpo e Caioaba nesse município.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/42/017-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/42/017-2017.pdf</t>
   </si>
   <si>
     <t>vem requerer seja expedido ofício ao Exmo. Deputado Estadual Hudson Leal -PTN, solicitando apoio para a instalação de uma Torre de celular para a comunidades de Pedra Branca, Ribeiro Limpo e Caioaba nesse município.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/43/019-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/43/019-2017.pdf</t>
   </si>
   <si>
     <t>vem REQUERER a expedição de Ofício ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr Valdemar Luiz Horbelt Countinho, no sentindo de solicitar o retorno do atendimento dos Profissionais Dentistas no interior do Município.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/44/021-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/44/021-2017.pdf</t>
   </si>
   <si>
     <t>vem a requerer seja expedido ofício a empresa EDP- Escelsa solicitando a troca dos cabos da linha de distribuição de energia por cabos isolados na Rua Bernardino Monteiro, na Sede do Município.</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Carlos França, Luzinete Leppaus, Marcos Adriano Rauta, Nelson Lichtenheld, Robson  Siller, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/45/022-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/45/022-2017.pdf</t>
   </si>
   <si>
     <t>REQUERER que seja encaminhado ao Departamento de Estrada e Rodagem do Espírito Santo a retirada do quebra-molas na Rodovia ES 080 – Rodovia José Sette no trecho localizado na entrada da comunidade de Ibiapaba no Município de Cariacica ES.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/46/023-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/46/023-2017.pdf</t>
   </si>
   <si>
     <t>vêm requerer seja expedido ofício ao Diretor Geral do  Departamento de Estradas de Rodagem do Estado do Espírito Santo, Sr. Enio Bergoli, para providenciar a retomadas da obra da construção da nova rodovia, que deve ligar Santa Leopoldina à BR- 101 – no trecho conhecido como Rodovia do Contorno, com 9,96 quilômetros de extensão, que será o principal acesso de ligação entre a Grande Vitória e o município.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/47/026-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/47/026-2017.pdf</t>
   </si>
   <si>
     <t>vem requerer seja expedido ofício ao Exmo. Secretário de Estado de Agricultura, Abastecimento, Aquicultura e Pesca do Estado do Espírito Santo Senhor Octaciano Neto, solicitando a instalação de uma Torre de celular, para atender as comunidades de Rio do Norte, Ribeirão do Norte, Cabeceira do Norte, Rio Bonito e Aparecidinha nesse município.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/122/027-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/122/027-2017.pdf</t>
   </si>
   <si>
     <t>vem requerer seja expedido ofício à empresa EDP- Escelsa, solicitando a realizar serviço de manutenção do Poste de energia elétrica localizado Rua Bernardino Monteiro, (ao lado do trailer do Marcos), na Sede do Município.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/48/028-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/48/028-2017.pdf</t>
   </si>
   <si>
     <t>vêm requerer seja expedido ofício a empresa EDP- Escelsa, solicitando a troca do poste de madeira na Rua  Maria Guilherme Espíndula (Rua do Funil), na Sede do Município de acordo com a foto anexo.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/49/029-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/49/029-2017.pdf</t>
   </si>
   <si>
     <t>vêm requerer seja expedido ofício ao Diretor Geral do  Departamento de Estradas de Rodagem do Estado do Espírito Santo, Sr. ENIO BERGOLI, solicitando realização de estudos de viabilidade,  para  construção de duas pontes em santa Leopoldina; uma ligando a Avenida Prefeito Hélio Rocha (Trecho da Praça da Feira de agricultores) à Rua Bernardino Monteiro e Ladeira Vereadora Rosalina Nunes (Entre a Escola Alice Holzmeister II e residência do Sérgio Roepke) e a outra ligando a rua dos Imigrantes a Rua Marechal Floriano Peixoto, dando acesso a Rodovia Franscisco Schwarz, que liga o municipio de Santa Leopoldina ao Município de Santa Maria de Jetibá, conforme croqui anexo.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/50/030-2017_9umipXY.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/50/030-2017_9umipXY.pdf</t>
   </si>
   <si>
     <t>vem requerer seja expedido ofício a EDP – ESCELSA solicitando a isenção da cobrança de energia elétrica ao Hospital Nossa Senhora da Penha deste município de Santa Leopoldina.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/51/031-2017_rMd6J4O.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/51/031-2017_rMd6J4O.pdf</t>
   </si>
   <si>
     <t>REQUERER, seja convocado o Secretário Municipal de Obras e Serviço Público, Sr. Jander Aparecido Capinete Lima, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 30 de agosto de 2017, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2017 e bem como metas para próximos três anos, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a secretaria (Execução e Fiscalização).</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/52/032-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/52/032-2017.pdf</t>
   </si>
   <si>
     <t>vem REQUERER a expedição de ofício ao Diretor Presidente da CESAN ES, no sentindo de solicitar reabertura do escritório local da CESAN, para atendimento a população local.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/53/033-2017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/53/033-2017.pdf</t>
   </si>
   <si>
     <t>vem requerer seja expedido ofício ao Exmo. Secretário de Estado de Agricultura, Abastecimento, Aquicultura e Pesca do Estado do Espírito Santo, Senhor Octaciano Neto, solicitando apoio para a instalação de uma Torre de celular para a comunidade de Rio das Pedras nesse município.</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/54/034-2017_74L9A8q.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/54/034-2017_74L9A8q.pdf</t>
   </si>
   <si>
     <t>REQUERER seja convocada a Secretária Municipal de Saúde, Sra. Marcela Nagel Stov  para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 06 de setembro de 2017, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações realizadas na atual administração a partir de janeiro de 2017 e assuntos relacionados aos projetos em andamentos, bem como aqueles planejados para os próximos três anos, e demais assuntos correlatos._x000D_
 •	Apuração quanto à responsabilidade do desaparecimento das vacinas na Unidade de Saúde da Sede;_x000D_
 •	Falta de atendimento de dentistas no interior.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/164/req452017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/164/req452017.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem REQUERER expedição de Ofício ao Prefeito Municipal de Santa Leopoldina/ES, Sr. Valdemar Luiz Horbelt Countinho, solicitando a cópia na íntegra de todos os documentos dos processos administrativos que resultaram os seguintes contratos: •	CONTRATO ADMINISTRATIVO Nº. 113/2017 - CONTRATAÇÃO DE EMPRESA PARA LOCAÇÃO DE ESCAVADEIRA HIDRÁULICA PARA LIMPEZA E DESASSOREAMENTO EM TRECHO DO RIO SANTA MARIA DA VITÓRIA, NESTE MUNICÍPIO. •	CONTRATO ADMINISTRATIVO Nº 122/2017 - CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE TRÊS CAMINHÕES BASCULANTES COM TRÊS EIXOS (TRUCADO) PARA TRANSPORTE DE MATERIAL GRANULADO PARA SER UTILIZADO NAS ESTRADAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/165/req462017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/165/req462017.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de Ofício a Diretora Geral da Viação Lírio dos Vales, Exma. Sra. Sandra Damiane, solicitando àquela empresa, que em dias chuvosos na região Santa Leopoldina/Santa Teresa, rodovia ES 080, quando houver dificuldade do ônibus fazer o percurso entre as duas cidades, que substitua os ônibus de grande porte (foto anexa) por micro ônibus (foto anexa), de preferência com tração nas quatro rodas, a fim de não interromper o serviço de transporte aos moradores daquela região.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/166/req472017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/166/req472017.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER a expedição de ofício ao Diretor Geral do Departamento de Estradas de Rodagem do Estado do Espírito Santo, Sr. Enio Bergoli, a pavimentação asfáltica na rodovia ES 080, que liga os municípios de Santa Leopoldina a Santa Teresa, tendo em vista as manifestações da Associação de Moradores, pequenos agricultores e agroturismo da comunidade do Chaves, bem como moradores de toda região.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/100/003-mo-o-de-pesar.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/100/003-mo-o-de-pesar.pdf</t>
   </si>
   <si>
     <t>apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. RONILTON MAGELO BITTENCOURT, ocorrido no dia 1º de abril de 2017.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/101/004-mo-o-de-pesar.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/101/004-mo-o-de-pesar.pdf</t>
   </si>
   <si>
     <t>apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ERALDO RODRIGUES, ocorrido no dia 1º de abril de 2017</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/102/005-mo-o-de-pesar.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/102/005-mo-o-de-pesar.pdf</t>
   </si>
   <si>
     <t>apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JANIÇO JOÃO VERVLOET, ocorrido no dia 18 de abril de 2017.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/103/006-mo-o-de-pesar.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/103/006-mo-o-de-pesar.pdf</t>
   </si>
   <si>
     <t>apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ZEFERINO GEMANO BRUM, ocorrido no dia 03 de maio de 2017.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/105/007-mo-o-de-pesar.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/105/007-mo-o-de-pesar.pdf</t>
   </si>
   <si>
     <t>apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. ZILDA MULLER SANTAMARIO, ocorrido no dia 04 de maio de 2017.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/104/008-mo-o-de-pesar.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/104/008-mo-o-de-pesar.pdf</t>
   </si>
   <si>
     <t>apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSÉ FERRO, ocorrido no dia 13 de maio de 2017.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/106/009-mo-o-de-pesar.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/106/009-mo-o-de-pesar.pdf</t>
   </si>
   <si>
     <t>apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LUCIANO SILLER, ocorrido no dia 21 de maio de 2017.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/107/010-mo-o-de-pesar.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/107/010-mo-o-de-pesar.pdf</t>
   </si>
   <si>
     <t>apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. ZENI MARIA MÜLLER THOMES, ocorrido no dia 19 de junho de 2017.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/108/011-mo-o-de-pesar.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/108/011-mo-o-de-pesar.pdf</t>
   </si>
   <si>
     <t>apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ARMANDO ENDRINGER, ocorrido no dia 12 de junho de 2017.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/111/014-mo-o-de-pesar.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/111/014-mo-o-de-pesar.pdf</t>
   </si>
   <si>
     <t>apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sra Marilene Maria do Carmo Leppaus ocorrido no dia 03 de julho de 2017.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/167/mo-152017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/167/mo-152017.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, ROBSON JOSÉ SILLER (PMDB), LUIZ CARLOS BROEDEL FRANÇA (PMN) e ROMI CARLOS FACCO MULLER (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FELLIPE ANDRÉ THOMAS, ocorrido no dia 28 de agosto de 2017.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/168/mo-162017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/168/mo-162017.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, ÂNGELA MARIA SCHULTZ LEPPAUS (PPS), LUIZ CARLOS BROEDEL FRANÇA (PMN), LUZINETE DEGASPERI LEPPAUS (PMN), MARCOS ADRIANO RAUTA (PSDB), NELSON LICHTENHELD (SD), ROBSON JOSÉ SILLER (PMDB), ROMI CARLOS FACCO MULLER (PP), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. INÁCIO JOSÉ THOMAS, ocorrido no dia 04 de setembro de 2017.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/169/mo-172017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/169/mo-172017.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, LUIZ CARLOS BROEDEL FRANÇA (PMN), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ANTÔNIO LAURETT, ocorrido no dia 06 de outubro de 2017.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/171/mo-192017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/171/mo-192017.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, ÂNGELA MARIA SCHULTZ LEPPAUS (PPS), LUIZ CARLOS BROEDEL FRANÇA (PMN), LUZINETE DEGASPERI LEPPAUS (PMN), MARCOS ADRIANO RAUTA (PSDB), NELSON LICHTENHELD (SD), ROBSON JOSÉ SILLER (PMDB), ROMI CARLOS FACCO MULLER (PP), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ABRAÃO MANOEL ARAÚJO, ocorrido no dia 16 de outubro de 2017.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/172/mo-202017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/172/mo-202017.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, ÂNGELA MARIA SCHULTZ LEPPAUS (PPS), LUIZ CARLOS BROEDEL FRANÇA (PMN), LUZINETE DEGASPERI LEPPAUS (PMN), MARCOS ADRIANO RAUTA (PSDB), NELSON LICHTENHELD (SD), ROBSON JOSÉ SILLER (PMDB), ROMI CARLOS FACCO MULLER (PP), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. RAISON BRUNHARA, ocorrido no dia 18 de outubro de 2017.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/175/mo-232017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/175/mo-232017.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, LUIZ CARLOS BROEDEL FRANÇA (PMN), LUZINETE DEGASPERI LEPPAUS (PMN), MARCOS ADRIANO RAUTA (PSDB), NELSON LICHTENHELD (SD), ROBSON JOSÉ SILLER (PMDB), ROMI CARLOS FACCO MULLER (PP), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. CACILDA BATISTA SCHULTZ, ocorrido no dia 29 de novembro de 2017.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>MoC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/98/001-mo-o-de-congratula-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/98/001-mo-o-de-congratula-o.pdf</t>
   </si>
   <si>
     <t>manifesta suas CONGRATULAÇÕES à EEEFM GRAÇA ARANHA, na pessoa de sua Pedagoga/Coordenadora, Sra. Rosali Rauta Siller, pela implementação de projeto relevante à melhoria e a transformação qualitativa na educação estadual, conquistando o Segundo Lugar no Prêmio ´´ Sedu Boas Práticas na Educação`` em sua 10ª edição.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/109/012-mo-o-de-congratula-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/109/012-mo-o-de-congratula-o.pdf</t>
   </si>
   <si>
     <t>manifesta suas CONGRATULAÇÕES à Polícia Militar, nas pessoas dos SGT LYNDON JOHNSON VASCONCELOS E CB THIAGO BRUNO TORRES DA SILVA, pelo excelente trabalho desenvolvido quando da ocorrência realizada na localidade de Ibiapaba, próximo à divisa de Santa Leopoldina e Cariacica, que impediu a ação de criminosos, garantindo a defesa do patrimônio dos cidadãos.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/110/013-mo-o-de-congratula-o.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/110/013-mo-o-de-congratula-o.pdf</t>
   </si>
   <si>
     <t>manifesta suas CONGRATULAÇÕES a Padaria Leopoldinense pela iniciativa pioneira no município, despontando como primeiro estabelecimento a instalar equipamento para captação de energia solar.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/170/mo-182017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/170/mo-182017.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus Membros, em especial o Vereador NELSON LICHTENHELD, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES aos PASTOR RODRIGO ANDRÉ SEIDEL, VILMAR BOLDT e MARTHA HELENA POTRATZ, em comemoração aos 500 anos da Reforma Protestante.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus Membros, em especial os Vereadores NELSON LICHTENHELD e ROBSON JOSÉ SILLER, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES ao GRUPO DE METAIS DA COMUNIDADE EVANGÉLICA DE CONFISSÃO LUTERANA DA PAZ, ao GRUPO DE METAIS DA COMUNIDADE EVANGÉLICA DE CONFISSÃO LUTERANA DA FÉ e ao GRUPO DE METAIS DA COMUNIDADE EVANGÉLICA DE CONFISSÃO LUTERANA DA ESPERANÇA, em comemoração aos 500 anos da Reforma Protestante.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>MoR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/174/mo-222017.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/174/mo-222017.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus Membros, ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, apresentar MOÇÃO DE REPÚDIO a Administração atual da CESAN ES, tendo em vista a falta de um escritório, para atendimento a população.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>MoA</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/99/002-mo-o-de-apoio.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/99/002-mo-o-de-apoio.pdf</t>
   </si>
   <si>
     <t>manifestar MOÇÃO DE APOIO, na luta pela rejeição, pelo Congresso Nacional, da Proposta de Emenda Constitucional nº 287/2016, que trata da Reforma da Previdência Social, em que se busca igualar trabalhadores urbanos e rurais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2034,68 +2034,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/56/002-indica-o.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/57/003-indica-o.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/58/004-indica-o.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/59/005-indica-o.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/60/006-indica-o.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/61/007-indica-o.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/62/008-indica-o.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/63/009-indica-o.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/64/010-indica-o.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/65/011-indica-o.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/66/012-indica-o.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/67/014-indica-o.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/68/015-indica-o.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/69/016-indica-o.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/70/017-indica-o.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/198/ind182017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/72/020-indica-o.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/73/021-indica-o.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/74/022-indica-o.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/75/023-indica-o.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/76/024-indica-o.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/77/025-indica-o.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/78/026-indica-o.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/79/027-indica-o.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/80/028-indica-o.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/81/031-indica-o.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/82/032-indica-o.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/83/033-indica-o.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/84/034-indica-o.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/123/035-indica-o.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/85/036-indica-o.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/86/037-indica-o.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/87/038-indica-o.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/88/040-indica-o.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/89/041-indica-o.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/90/042-indica-o.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/91/043-indica-o.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/92/051_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/93/045-indica-o.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/94/046-indica-o.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/197/ind472017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/95/048-indica-o.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/96/049-indica-o.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/97/044_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/149/indica-o-52.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/150/indica-o-53.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/151/indica-o-54.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/152/indica-o-55.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/153/indica-o-56.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/154/indica-o-58.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/155/indica-o-60.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/156/indica-o-61.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/157/indica-o-62.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/158/indica-o-64.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/159/065_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/160/indica-o-66.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/199/067-indica-o.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/161/indica-o-69.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/163/indica-o-72.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/28/pdl-001-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/29/pdl-002-2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/280/decreto_03.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/125/001-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/112/pl_001.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/5/pl-002_HYcvaDB.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/3/pl-003.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/4/pl-004.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/6/pl-005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/27/pl-006.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/25/pl-007-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/7/pl-008.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/8/pl-009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/9/pl-010.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/10/pl-011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/11/pl-012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/268/pl_13-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/12/pl-014.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/13/pl-015.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/24/pl-016.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/14/pl-017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/15/pl-018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/16/pl-019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/17/pl-020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/26/pl-021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/114/pl-023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/19/pl-024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/115/pj_25-2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/116/pl-026.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/117/pl-027.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/118/pl-028.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/18/pl-029.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/119/pl-031.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/20/pl-032.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/120/pl-034.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/179/pl-035.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/180/pl-036.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/181/pl-037.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/182/pl-038.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/183/pl-039.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/184/pl-040.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/185/pl-041.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/186/pl-042.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/2/001-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/113/002-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/124/003-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/176/res0042017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/177/res0052017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/178/res0062017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/22/001-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/23/002-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/30/003-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/31/004-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/32/005-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/33/007-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/34/008-2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/36/009-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/35/010-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/37/011-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/38/012-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/39/013-2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/40/014-2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/121/015-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/41/016-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/42/017-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/43/019-2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/44/021-2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/45/022-2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/46/023-2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/47/026-2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/122/027-2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/48/028-2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/49/029-2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/50/030-2017_9umipXY.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/51/031-2017_rMd6J4O.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/52/032-2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/53/033-2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/54/034-2017_74L9A8q.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/164/req452017.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/165/req462017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/166/req472017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/100/003-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/101/004-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/102/005-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/103/006-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/105/007-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/104/008-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/106/009-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/107/010-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/108/011-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/111/014-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/167/mo-152017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/168/mo-162017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/169/mo-172017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/171/mo-192017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/172/mo-202017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/175/mo-232017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/98/001-mo-o-de-congratula-o.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/109/012-mo-o-de-congratula-o.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/110/013-mo-o-de-congratula-o.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/170/mo-182017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/174/mo-222017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/99/002-mo-o-de-apoio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/56/002-indica-o.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/57/003-indica-o.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/58/004-indica-o.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/59/005-indica-o.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/60/006-indica-o.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/61/007-indica-o.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/62/008-indica-o.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/63/009-indica-o.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/64/010-indica-o.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/65/011-indica-o.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/66/012-indica-o.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/67/014-indica-o.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/68/015-indica-o.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/69/016-indica-o.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/70/017-indica-o.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/198/ind182017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/72/020-indica-o.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/73/021-indica-o.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/74/022-indica-o.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/75/023-indica-o.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/76/024-indica-o.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/77/025-indica-o.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/78/026-indica-o.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/79/027-indica-o.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/80/028-indica-o.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/81/031-indica-o.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/82/032-indica-o.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/83/033-indica-o.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/84/034-indica-o.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/123/035-indica-o.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/85/036-indica-o.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/86/037-indica-o.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/87/038-indica-o.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/88/040-indica-o.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/89/041-indica-o.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/90/042-indica-o.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/91/043-indica-o.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/92/051_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/93/045-indica-o.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/94/046-indica-o.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/197/ind472017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/95/048-indica-o.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/96/049-indica-o.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/97/044_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/149/indica-o-52.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/150/indica-o-53.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/151/indica-o-54.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/152/indica-o-55.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/153/indica-o-56.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/154/indica-o-58.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/155/indica-o-60.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/156/indica-o-61.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/157/indica-o-62.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/158/indica-o-64.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/159/065_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/160/indica-o-66.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/199/067-indica-o.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/161/indica-o-69.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/163/indica-o-72.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/28/pdl-001-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/29/pdl-002-2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/280/decreto_03.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/125/001-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/112/pl_001.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/5/pl-002_HYcvaDB.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/3/pl-003.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/4/pl-004.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/6/pl-005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/27/pl-006.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/25/pl-007-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/7/pl-008.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/8/pl-009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/9/pl-010.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/10/pl-011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/11/pl-012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/268/pl_13-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/12/pl-014.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/13/pl-015.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/24/pl-016.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/14/pl-017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/15/pl-018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/16/pl-019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/17/pl-020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/26/pl-021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/114/pl-023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/19/pl-024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/115/pj_25-2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/116/pl-026.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/117/pl-027.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/118/pl-028.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/18/pl-029.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/119/pl-031.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/20/pl-032.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/120/pl-034.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/179/pl-035.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/180/pl-036.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/181/pl-037.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/182/pl-038.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/183/pl-039.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/184/pl-040.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/185/pl-041.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/186/pl-042.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/2/001-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/113/002-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/124/003-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/176/res0042017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/177/res0052017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/178/res0062017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/22/001-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/23/002-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/30/003-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/31/004-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/32/005-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/33/007-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/34/008-2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/36/009-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/35/010-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/37/011-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/38/012-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/39/013-2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/40/014-2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/121/015-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/41/016-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/42/017-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/43/019-2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/44/021-2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/45/022-2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/46/023-2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/47/026-2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/122/027-2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/48/028-2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/49/029-2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/50/030-2017_9umipXY.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/51/031-2017_rMd6J4O.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/52/032-2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/53/033-2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/54/034-2017_74L9A8q.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/164/req452017.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/165/req462017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/166/req472017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/100/003-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/101/004-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/102/005-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/103/006-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/105/007-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/104/008-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/106/009-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/107/010-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/108/011-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/111/014-mo-o-de-pesar.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/167/mo-152017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/168/mo-162017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/169/mo-172017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/171/mo-192017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/172/mo-202017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/175/mo-232017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/98/001-mo-o-de-congratula-o.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/109/012-mo-o-de-congratula-o.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/110/013-mo-o-de-congratula-o.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/170/mo-182017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/174/mo-222017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2017/99/002-mo-o-de-apoio.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="162.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>