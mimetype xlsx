--- v0 (2026-02-02)
+++ v1 (2026-03-23)
@@ -54,1768 +54,1768 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/212/01_z2sME5v.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/212/01_z2sME5v.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD (SD), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de substituição e instalação de câmeras de vídeo monitoramento com qualidade de alta definição, com Imagens (FULL HD) nas principais vias e logradouros públicos de Santa Leopoldina.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Luzinete Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/213/02.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/213/02.pdf</t>
   </si>
   <si>
     <t>A Vereadora 	LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar a desobstrução das canaletas laterais da ladeira da Bragança, localizada nas proximidades da cachoeira Gruta da Onça, bem como efetuar a substituição de parte da pavimentação na referida ladeira por Pavies, intercalando assim os dois tipos de calçamento.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Carlos França</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/234/03.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/234/03.pdf</t>
   </si>
   <si>
     <t>O Vereador LUIZ CARLOS BROEDEL FRANÇA – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a realização de calçamento na comunidade de Rio do Meio, no trecho compreendido no Bar do Juca, próximo a Igreja Católica, até a ponte da comunidade.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Carlos França, Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/235/4.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/235/4.pdf</t>
   </si>
   <si>
     <t>Os Vereadores LUIZ CARLOS BROEDEL FRANÇA – PMN e ROMI CARLOS FACCO MULLER - PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a realização do calçamento na comunidade de Meia Légua, no trecho compreendido entre a Associação dos Produtores Rurais até a oficina de motos localizada na comunidade.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Marcos Adriano Rauta</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/224/05-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/224/05-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, que utilize repasses do Estado do Espírito Santo oriundos do Fundo Estadual de Apoio ao Desenvolvimento Municipal – FEADM, na conclusão de obras de calçamento que foram iniciadas e não terminadas, no final da Rua Amaro da Penha Soave, Rua Bernardino Monteiro ligando o início da Estrada de Pedras e Bairro do Cocal, bem como aqueles trechos que mais necessitam de calçamento no Município.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/215/07.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/215/07.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA - PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, que solicite a Secretaria Municipal de Obras e Serviços Públicos, a retirada emergencial do orelhão instalado na calçada que dá acesso a ponte Paulo Antônio Médice, localizado na sede deste município.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/220/ind-8.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/220/ind-8.pdf</t>
   </si>
   <si>
     <t>O VEREADOR MARCOS ADRIANO RAUTA , COM BASE NAS DISPOSIÇÕES DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA INDICA AO PREFEITO MUNICIPAL QUE PROCEDA A IMPLANTAÇÃO DE UM PROGRAMA DE PADRONIZAÇÃO DE CALÇADAS NA SEDE DO MUNICIPIO. TAL PROGRAMA DEVE CONTEMPLAR UM MODELO ÚNICO DE PADRONIZAÇÃO DE CALÇADAS. ESTE PROGRAMA PODERÁ SER IMPLANTADO NA FORMA DE PARCEIRA DIRETA COM OS PROPRIETÁRIOS DOS IMÓVEIS ENVOLVIDOS VISANDO A DIMINUIÇÃO DOS CUSTOS PARA O CONTRIBUINTE LEOPOLDINENSE.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/221/ind-9.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/221/ind-9.pdf</t>
   </si>
   <si>
     <t>O Vereador VALDEMIRO BARTH - PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar a limpeza e serviços de manutenção do calçamento localizado na comunidade do Rio do Norte, neste município.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Robson  Siller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/227/10-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/227/10-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador ROBSON JOSÉ SILLER - PMDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar o cadastro contendo a numeração de todos os postes da rede elétrica do Município, com a intuito de registrar o histórico de manutenção, reparos e substituições.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/233/12-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/233/12-2018.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS - PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar serviços de limpeza e manutenção no cemitério Municipal.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/279/indicacao_13.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/279/indicacao_13.pdf</t>
   </si>
   <si>
     <t>A Vereadora 	LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar serviços de limpeza urbana nas vias e logradouros do bairro Funil, neste município.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/266/indicacao_14.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/266/indicacao_14.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS – PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de disponibilizar um veículo para transporte dos alunos da creche municipal CEMEI São Francisco de Assis, localizada na Sede do Município.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/261/ind._19.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/261/ind._19.pdf</t>
   </si>
   <si>
     <t>A Vereadora   LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar serviços de limpeza urbana na Rua Muniz Freire, localizada na Sede do Município.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Robson  Siller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/259/indicacao_20.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/259/indicacao_20.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ROBSON JOSÉ SILLER – MDB e LUZINETE DEGASPERI LEPPAUS - PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a instituição, em nosso Município, do Programa de Incentivo à regularização Fiscal com a Fazenda Pública de nosso Município, servindo como parâmetro o modelo de Lei nº 9.113 (anexo).</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/260/ind_21.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/260/ind_21.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, para que seja inutilizado totalmente o Informativo impresso em papel das ações, atos administrativos e publicidade do Poder executivo municipal. Tais atos podem ser publicados diretamente no site e no portal da transparência da Prefeitura Municipal de Santa Leopoldina evitando assim gastos desnecessários com jornal impresso.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/267/indicacao_24.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/267/indicacao_24.pdf</t>
   </si>
   <si>
     <t>A Vereadora ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar a reforma da escola municipal Paulo Jacob – EMPEF consistindo, dentre outros, a execução dos seguintes serviços: Pintura, portas e fechaduras das salas e banheiros, torneiras das pias, portão de entrada, etc.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/274/indi_25.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/274/indi_25.pdf</t>
   </si>
   <si>
     <t>O Vereador LUIZ CARLOS BROEDEL FRANÇA - PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, que tome as devidas providencias junto a EDP, no sentido de instalar sistema de iluminação pública, nos postes existentes na Barra da Mangarai, neste município, nas proximidades do posto de gasolina, conforme fotos anexas.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/278/indicacao_26.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/278/indicacao_26.pdf</t>
   </si>
   <si>
     <t>O Vereador ROBSON JOSÉ SILLER – MDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a construção de praça de lazer (projeto anexo) no bairro do cocal, na sede do Município.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Carlos França, Luzinete Leppaus, Nelson Lichtenheld, Robson  Siller, Romi Carlos Facco Muller, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/282/indicacao_28-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/282/indicacao_28-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de disponibilizar a área situada ao lado do Posto Águia, no Espaço reservado para Feira da Agricultura Familiar, na Sede deste Município, para ser utilizada como estacionamento público.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/285/ind_30.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/285/ind_30.pdf</t>
   </si>
   <si>
     <t>O Vereador VALDEMIRO BARTH - PP, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de disponibilizar as máquinas da Prefeitura com a finalidade de realizar serviços de conservação, inclusive com a utilização de cascalho, nas estradas da Comunidade de Luxemburgo, neste Município</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/284/indicacao_31-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/284/indicacao_31-2018.pdf</t>
   </si>
   <si>
     <t>A Vereadora   LUZINETE DEGASPERI LEPPAUS – PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar a pintura das faixas elevadas de pedestres (fotos anexas), recém instaladas no trânsito da Sede do Município, bem como para adequar a localização da sinalização com a finalidade de alertar os condutores, considerando uma distância razoável entre o local e o aviso aos motoristas.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/307/ind_32-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/307/ind_32-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador ROBSON JOSÉ SILLER (MDB), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realização da reforma no banheiro da quadra poliesportiva da Comunidade de Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/464/indicacao_33-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/464/indicacao_33-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA (PSDB), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de construir um muro de contenção (fotos anexas) na ladeira que da acesso à Escola Alice Holzmeister, neste Município.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/308/ind_34-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/308/ind_34-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores LUZINETE DEGASPERI LEPPAUS (PMN) e SERGIO ANGELI LAGO (PDT), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar serviços de roçagem na estrada que da acesso à Comunidade de Luxemburgo, próximo ao Morro da Nega, neste Município.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/449/ind_35-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/449/ind_35-2018.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS - PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade no sentido de disponibilizar as máquinas da Prefeitura com a finalidade de realizar serviços de nivelamento e cascalhamento na estrada que liga a Igreja Católica da Comunidade de Braço de Mangaraí à localidade de  Boa Esperança, na área rural deste Município.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/492/indicacao_36.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/492/indicacao_36.pdf</t>
   </si>
   <si>
     <t>O Vereador ROBSON JOSÉ SILLER – MDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. VALDEMAR LUIZ HORBELT COUTINHO, a necessidade de instalar um poste para integrar a rede de iluminação na Rodovia Paulo Nascimento (ES 080), no trecho que dá acesso a comunidade do Cavú, próximo a ponte do Helmuth Potratz, neste Município.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Robson  Siller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/640/ind_37-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/640/ind_37-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ROBSON JOSÉ SILLER – MDB e ÂNGELA MARIA SCHULTZ LEPPAUS – PPS, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. VALDEMAR LUIZ HORBELT COUTINHO, a necessidade de realizar obras na rede de iluminação pública e a conclusão do calçamento na Rua Laurentino Leppaus, neste município.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/493/indi_38.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/493/indi_38.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS (PMN), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar melhorias na quadra de esportes localizada na Comunidade de Califórnia, neste Município.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/627/ind_40-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/627/ind_40-2018.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS - PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade no sentido de disponibilizar as máquinas da Prefeitura com a finalidade de realizar serviços de patrolamento e cascalhamento na estrada que dá acesso à comunidade de Paraíso, na área rural deste Município.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/651/42-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/651/42-2018.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS - PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade de realizar reparos nos brinquedos do Parque infantil da escola EMPEF de califórnia, neste município.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/653/43.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/653/43.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS - PMN, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Valdemar Luiz Horbelt Coutinho, a necessidade no sentido de disponibilizar as máquinas da Prefeitura com a finalidade de realizar serviços de patrolamento e cascalhamento na estrada da comunidade de Califórnia, entre o estabelecimento comercial do Sr. Dirceu até a residência do Sr. Oswaldo Kempim, na área rural deste Município.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/697/46.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/697/46.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCOS ADRIANO RAUTA – PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, para que seja construída ponte de concreto em substituição da atual ponte de madeira, localizada após Posto de Saúde e em direção a Igreja Católica, na comunidade de Rio das Farinhas, neste Município.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Luzinete Leppaus, Robson  Siller, Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/231/decreto-001-2018_LIrVzXs.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/231/decreto-001-2018_LIrVzXs.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LEOPOLDINENSE.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/232/decreto-002-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/232/decreto-002-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Romi Carlos Facco Muller, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/489/pj_decreto_03-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/489/pj_decreto_03-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA REFERENTE AO EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/288/pj_lei_organica_001-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/288/pj_lei_organica_001-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO §. 3º DO ARTIGO 34 DA LEI ORGÂNICA DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>Carlos França, Marcos Adriano Rauta, Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/626/pj_emenda_a_lei_organica_02.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/626/pj_emenda_a_lei_organica_02.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 55 E SEUS PARÁGRAFOS  1º, 2º, 3º, 4º E 5º, DA LEI ORGÂNICA DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Valdemar Luiz Horbelt Coutinho</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE PRODUTORES RURAIS DE TRÊS PONTES E ADJACÊNCIAS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE AGRICULTORES FAMILIARES DE BOQUEIRÃO DO SANTILHO.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/208/03-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/208/03-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM A FEDERAÇÃO DE ASSOCIAÇÕES DE AGRICULTORES FAMILIARES DO MUNICIPIO DE SANTA LEOPOLDINA - FEAFS.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/209/04-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/209/04-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM A FUNDAÇÃO MÉDICO ASSISTENCIAL DO TRABALHADOR RURAL DE SANTA LEOPOLDINA PARA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/214/05-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/214/05-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI N°1513, DE 04 DE FEVEREIRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/219/06-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/219/06-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI 1512, DE 04 DE FEVEREIRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/230/pl-07-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/230/pl-07-2018.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE EDUCAÇÃO - FME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/245/08-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/245/08-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI MUNICIPAL N° 1276/2009</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/246/09-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/246/09-2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA VEREADOR JANIÇO JOÃO VERVLOET</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/473/pj_10-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/473/pj_10-2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA VEREADOR ARMANDO ENDRINGER</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/247/11-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/247/11-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE PRODUTORES RURAIS DE RIO DO MEIO E FUMAÇA - APROMEF.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/248/12-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/248/12-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR ADITIVO NO CONVÊNIO N° 002/2018 COM A FUNDAÇÃO MÉDICO ASSISTENCIAL DO TRABALHADOR RURAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/265/pl_14-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/265/pl_14-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO E DIVULGAÇÃO DE CAMPANHA DE COMBATE A EVASÃO FISCAL.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/275/pl_15-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/275/pl_15-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE ARAÇÃO DE SOLOS EM ÁREAS AGRICULTÁVEIS COM DECLIVIDADE ACIMA DE 15° NO MUNICÍPIO DE SANTA LEOPOLDINA/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/276/pl_16-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/276/pl_16-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE EXPLORAÇÃO FLORESTAL EM PROPRIEDADES RURAIS COM PASSIVO AMBIENTAL NO MUNICÍPIO DE SANTA LEOPOLDINA/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Robson  Siller, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/277/pl_17-2018_fsscV3d.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/277/pl_17-2018_fsscV3d.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS FERIADOS RELIGIOSOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/281/pl_18-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/281/pl_18-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DOS PRODUTORES RURAIS DE LUXEMBURGO – APROLUX.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/283/pl_19-2018_6zPhtKO.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/283/pl_19-2018_6zPhtKO.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL E ANUAL DA REMUNERAÇÃO E DOS SUBSÍDIOS DOS SERVIDORES PÚBLICOS E AGENTES POLÍTICOS DOS PODERES EXECUTIVO E    LEGISLATIVO, DA ADMINISTRAÇÃO DIRETA, INDIRETA E AUTÁRQUICA DO MUNICÍPIO DE SANTA LEOPOLDINA, DE QUE TRATA O ART. 37, INCISO X, DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/287/pl_20-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/287/pl_20-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 66 DA LEI MUNICIPAL Nº 1012/2001, QUE DISPÕE SOBRE O SISTEMA TRIBUTÁRIO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/365/pl_21-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/365/pl_21-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CEDER, A TÍTULO PRECÁRIO, O USO DE BEM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/465/pl22-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/465/pl22-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO FUNDIÁRIA DE LOTES NO PERIMETRO URBANO DA CIDADE DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/467/pl_23-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/467/pl_23-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA AS DISPOSIÇÕES DA LEI MUNICIPAL N° 1635/2018.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/616/24-2018_CO4yceG.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/616/24-2018_CO4yceG.pdf</t>
   </si>
   <si>
     <t>DENOMINA "CAMPO VEREADOR DARCISIO ÂNGELO BARATELA"</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/615/pl_25-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/615/pl_25-2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA ESTÁDIO MUNICIPAL LAERTE ROGÉRIO NEVES</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/490/pl_28-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/490/pl_28-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O LICENCIAMENTO PARA CONSTRUÇÃO DE CASAS RESIDENCIAIS EM LOTES QUE MARGEIAM RIOS E CÓREGOS NO PERIMETRO URBANO DA CIDADE DE SANTA LEOPOLDINA/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/495/pl_29-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/495/pl_29-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICIPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE AGRICULTORES FAMILIARES DE BOQUEIRÃO DO SANTILHO.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/496/pl_30-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/496/pl_30-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICIPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE PRODUTORES RURAIS DE RIO DO MEIO E FUMAÇA - APROMEF.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/497/pl_031-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/497/pl_031-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 5° DA LEI N° 1619/2017, QUE TRATA DO ORÇAMENTO DO EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/498/pl_032-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/498/pl_032-2018.pdf</t>
   </si>
   <si>
     <t>INCLUI NO PPA, LEI MUNICIPAL N° 1620/2017 NOVO PROJETO/ATIVIDADE E ELEMENTO DE DESPESA</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/499/pl_033-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/499/pl_033-2018.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSITIVOS NA LEI MUNICIPAL N° 1618/2017</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/500/pl_034-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/500/pl_034-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZO A ABERTURA DE CREDITO ESPECIAL NO ORÇAMENTO DE 2018.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/566/pj_35-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/566/pj_35-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI N° 732, DE 08 DE NOVEMBRO DE 1991 QUE CRIA O CONSELHO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/568/pj_36-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/568/pj_36-2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA "CAPELA MORTUÁRIA HELENA MARIA VERVLOET"</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/567/pj_37-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/567/pj_37-2018.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A COMPOSIÇÃO, A COMPETÊNCIA E A ESTRUTURA DO CONSELHO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/569/pj_38-2018_WBKECX5.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/569/pj_38-2018_WBKECX5.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR O SEGUNDO ADITIVO NO CONVÊNIO N° 002/2018 COM A FUNDAÇÃO MÉDICO ASSISTENCIAL DO TRABALHADOR RURAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/579/39-2018_bl3TQd8.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/579/39-2018_bl3TQd8.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE APOIO AOS AGRICULTORES FAMILIARES DO RECANTO DO TIROL - ARTIROL.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/582/pj_40-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/582/pj_40-2018.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE EDUCAÇÃO E CULTURA PARA O DESENVOLVIMENTO DO TURISMO DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/583/41-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/583/41-2018.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS PARA O EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/584/42-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/584/42-2018.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SANTA LEOPOLDINA, ESTADO DO ESPÍRITO SANTO, PARA O EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/637/43-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/637/43-2018.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS NO MUNICÍPIO DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/647/44-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/647/44-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONTRATO DE COMODATO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E AGROTIROL - ASSOCIAÇÃO DE APOIO AOS AGRICULTORES DE TIROL.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/648/45-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/648/45-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL Nº 1452/2013, QUE TEVE SUA REDAÇÃO ALTERADA PELAS LEIS NºS 1492/2014 E 1524/2015, QUE DISPÕE SOBRE O AUXÍLIO-ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/649/46-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/649/46-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO § 2º DO ARTIGO 1º DA LEI MUNICIPAL Nº 1458/2013, QUE TEVE SUA REDAÇÃO ALTERADA PELAS LEIS NºS 1479/2014 E 1491/2014, QUE DISPÕE SOBRE O TICKET-FEIRA.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Robson  Siller, Ângela Maria Schultz Leppaus, Luzinete Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/654/47-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/654/47-2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA CARLOS ALBERTO DO NASCIMENTO.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/655/48-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/655/48-2018.pdf</t>
   </si>
   <si>
     <t>INSTITUI A LEI GERAL MUNICIPAL DA MICROEMPRESA, EMPRESA DE PEQUENO PORTE E MICROEMPREENDEDOR INDIVIDUAL E DÁ OUTRAS PROVIDÊNCIAS, DE QUE TRATA A LEI COMPLEMENTAR Nº. 123/2006 E SUAS ALTERAÇÕES, E REVOGA A LEI MUNICIPAL 1245/2007.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/538/pj_reso_001-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/538/pj_reso_001-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROPOSTA DAS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICIPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA – ES.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/539/pj_reso_002-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/539/pj_reso_002-2018.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE FIXAÇÃO DAS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCÍCIO DO ANO 2019.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/217/01-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/217/01-2018.pdf</t>
   </si>
   <si>
     <t>SERGIO ANGELI LAGO, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vêm requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, a relação nominal dos abastecimentos realizados pela Prefeitura Municipal, no período dos últimos 12 meses, bem como a relação completa dos mapas diários de todos os veículos (incluindo máquinas pesadas) da Administração, no período referido.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/218/02-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/218/02-2018.pdf</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/229/03.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/229/03.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA (PSDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de Ofício ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr Valdemar Luiz Horbelt Coutinho, solicitando informação no sentido de apurar se há algum servidor público municipal que desempenham atividades diversas das atribuições para quais foram nomeados ou contratados, de maneira a caracterizam DESVIO DE FUNÇÃO._x000D_
 Desse modo, caso a resposta do presente questionamento seja positiva, desde já requer encaminhamento a esta Casa da relação nominal dos servidores que se encontram nesta situação, com a descrição do cargo e a repartição respectiva e quais medidas estão sendo tomadas para regularizar a situação e em qual prazo.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/237/requerimento-04-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/237/requerimento-04-2018.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA (PSDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de Ofício a Secretária Municipal de Administração de Santa Leopoldina/ES, Srª. Adriane Alves dos Santos Endringer, solicitando as seguintes informações:_x000D_
 _x000D_
 •	Qual a forma de planejamento e controle de férias dos servidores?  _x000D_
 •	Se existe um cronograma de férias pré-agendadas e controladas? _x000D_
 •	Se existe algum servidor com férias vencidas há mais de dois anos (caso positivo, qual o motivo de descumprimento da legislação, deixando o servidor em estado de escravidão, uma vez que a legislação dá o direito ao servidor gozar 1 mês de férias a cada ano trabalhado). _x000D_
 •	Se existe algum planejamento da Secretaria Municipal de Administração (SEAD) para regularizar a situação de férias vencidas. Se existe algum planejamento da SEAD para recolher o direito a várias férias vencidas e acumuladas de servidor que não as requer por vontade própria?</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/251/05-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/251/05-2018.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA (PSDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de Ofício a Secretária Municipal de Administração de Santa Leopoldina/ES, Srª. Adriane Alves dos Santos Endringer, solicitando informações acerca dos Procedimentos Administrativos Disciplinares (PAD) instaurados em face de condutas de servidores públicos municipais e demais agentes da Administração, nos últimos 5 anos, informando as conclusões e decisões tomadas em cada caso, bem como para comunicar se algum servidor ocupante de cargos em comissão, exonerados ou não, responde ou respondeu a PAD ou sindicância no âmbito da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/238/requerimento-06-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/238/requerimento-06-2018.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA (PSDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de Ofício ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr Valdemar Luiz Horbelt Countinho, solicitando relação nominal, contendo a descrição dos valores e os respectivos períodos, de gastos com moradia dos médicos do Projeto Mais médicos do Brasil (Lei Municipal nº 1465/2013), apurados a partir de janeiro de 2017 até a presente data.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/225/07-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/225/07-2018.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (PMDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de Ofício ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr Valdemar Luiz Horbelt Countinho, solicitando informações e documentos quanto ao contrato nº 092/2016 e seus aditivos, firmado entre o município de Santa Leopoldina e a empresa VITORIALUZ CONSTRUÇÕES LTDA - EPP, que tem por objeto a manutenção preventiva e corretiva, abrangendo o fornecimento de mão de obra e materiais, para atendimento em todo município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/223/req-8.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/223/req-8.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (PMDB), Vereador com assento nesta Augusta Casa de Leis, com base no artigo 168, inciso VI, do Regimento Interno desta Casa de Leis, vem REQUERER seja realizada audiência pública, na data 26 de março do corrente ano a fim de debater com a população, sociedade civil, autoridades e representantes de órgãos pertinentes a provável construção de um presídio no município.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/222/req-9-18.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/222/req-9-18.pdf</t>
   </si>
   <si>
     <t>SERGIO ANGELI LAGO (PDT), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, solicitando informações sobre os seguros dos veículos do Executivo Municipal.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/255/requerimento_11.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/255/requerimento_11.pdf</t>
   </si>
   <si>
     <t>SERGIO ANGELI LAGO (PDT), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, solicitando cópia na integra dos processos de pagamentos das referidas horas extras, no período de janeiro de 2017 até a data de atendimento do presente requerimento.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Carlos França, Luzinete Leppaus, Marcos Adriano Rauta, Nelson Lichtenheld, Robson  Siller, Romi Carlos Facco Muller, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/236/13.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/236/13.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSÉ SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, solicitando cópia na íntegra dos ofícios expedidos pelo Gabinete do Prefeito Municipal no período de 1º de setembro a 31 de dezembro de 2017.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/249/14-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/249/14-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS - PPS, na condição de Vereadora da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vêm requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, fim de que a Secretaria Municipal de Saúde forneça os esclarecimentos necessários quanto a possível perda de vacinas destinadas a animais, ocorrido na sede do referido órgão, bem como para responder as  seguintes indagações:_x000D_
 _x000D_
 Diante do fato citado, quais foram as providências adotadas pela Administração Pública até o momento?_x000D_
 _x000D_
 1.	O fato ora relatado realmente ocorreu?_x000D_
 2.	Se positiva a resposta, qual a providência adotada pela Administração no sentido de apura-lo?_x000D_
 3.	Qual a quantidade de vacinas danificadas?_x000D_
 4.	Caso se confirme a perda das vacinas, solicitar a indicação dos lotes e demais informações relativas ao produto danificado.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/250/15-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/250/15-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, bem como art. 168, inciso V, do Regimento Interno da Câmara Municipal, vêm à presença de Vossa Excelência REQUERER, seja convocado o Secretário Municipal de Esportes, Sr. Anderson Raasch, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 02 de maio de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a secretaria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/253/requerimento_16.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/253/requerimento_16.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, vêm à presença de Vossa Excelência REQUERER, seja convocado a Coordenadora de Transportes, Srª. Nádia Rosa Nunes de Almeida Suave, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 16 de maio de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela coordenadoria na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a coordenadoria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/254/requerimento_18.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/254/requerimento_18.pdf</t>
   </si>
   <si>
     <t>LUZINETE DEGASPERI LEPPAUS (PMN), na condição de Vereadora da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, solicitando a adoção de imediatas providências no sentido de dar efetivo cumprimento às disposições da Lei Municipal nº. 1452/2013, que trata do auxílio alimentação para os servidores do Poder Executivo Municipal, tendo em vista que tal benefício não vem sendo pago pela Administração atual.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/494/requerimento_20.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/494/requerimento_20.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA (PSDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de Ofício a Secretária Municipal de Administração de Santa Leopoldina/ES, Srª. Adriane Alves dos Santos Endringer, solicitando providência no sentido de informar se há, no quadro funcional da Prefeitura Municipal, algum servidor, ou servidores, ocupantes de cargo efetivo, ou de provimento em comissão, com carga horária reduzida ou carga horária especial em razão do cargo ou da função, diferentemente do que foi explicitado no edital do último concurso público, indicando-se, se for o caso, as disposições legais que fundamentam tais exceções._x000D_
 Requer, ademais, que seja informado por aquela secretaria se há algum servidor exercendo jornada de trabalho inferior a carga horário prevista no Edital do concurso respectivo, tendo em vista atendimento com base em regulamento de órgãos de classe e, em caso de positivo, informar se há parecer jurídico emitido pela advocacia geral do município.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/258/requerimento_21.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/258/requerimento_21.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de Ofício ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr Valdemar Luiz Horbelt Coutinho, solicitando a relação de todas as comissões e conselhos cujo os trabalhos são remunerados por gratificação, constando a relação respectiva de seus integrantes a partir de 1º de janeiro de 2016 até a data de atendimento do presente pedido, o número de reuniões por mês. _x000D_
 Requer ainda, que seja informado a este Legislativo se já ocorreu algum caso de confecção de ata de reunião de algum dos órgãos referidos, com data retroativa, ou data que não corresponde com a data da reunião, a fim de garantir o pagamento da vantagem referida aos servidores que os compõem. E, na hipótese de positiva a resposta, informar qual a providencia adotada pela Administração.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/256/requerimento_22.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/256/requerimento_22.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de Ofício ao Prefeito Municipal de Santa Leopoldina/ES, Exmo. Sr Valdemar Luiz Horbelt Countinho, solicitando informação se existe servidor que recebeu gratificação em comissão sem estar participando oficialmente dela nos últimos 2 anos.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/257/requerimento_27.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/257/requerimento_27.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSÉ SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vêm requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, solicitando providências imediatas com a finalidade aplicar o  reajuste do piso salarial para os  professores da rede municipal de ensino, equiparando-o ao piso nacional, o qual não vem sendo observado desde  2016.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/263/requerimento_28-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/263/requerimento_28-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSÉ SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, vêm requerer seja encaminhado ofício ao Chefe do Poder Executivo solicitação no sentido de aplicar o artigo 37, inciso X, da Constituição Federal, a fim de conceder  aos servidores públicos municipais a reposição das perdas de seus vencimentos em face dos índices de inflação acumulados desde a última adequação.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/264/requerimento_29-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/264/requerimento_29-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSÉ SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168,  do Regimento Interno desta Casa de Leis, vêm requerer seja encaminhado ao Chefe do Poder Executivo local solicitação para adoção de providências  imediatas para fins de cumprimento do artigo 185 da Lei Orgânica do município de Santa Leopoldina, no sentido de garantir transporte para os professores da rede municipal de ensino.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/269/requerimento_30.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/269/requerimento_30.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, bem como art. 168, inciso V, do Regimento Interno da Câmara Municipal, vêm à presença de Vossa Excelência REQUERER, seja convocada a Secretária Municipal de Administração, Srª. Adriane Alves dos Santos Endringer, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 06 de junho de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a secretaria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/270/requerimento_31.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/270/requerimento_31.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, para que seja fornecida a relação completa de todos os imóveis públicos ocupados por particulares, constando  qual a forma de ocupação ou cessão, que tipo de atividade/finalidade de uso desenvolvida e nome das pessoas (físicas ou jurídicas) que os ocupam._x000D_
 Ademais, caso algum imóvel ocupado por particular sem a autorização ou anuência do poder público, inclusive áreas comuns ou de domínio público (tais como ruas, praças, estradas e outros), que seja comunicado a este Legislativo o respectivo rol, bem como a respectiva providência que vem sendo adotada pela Administração, discriminando de forma detalhada as ações judiciais ou administrativas  que vem  sendo empregadas com a finalidade de desocupação ou regularização.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/271/requerimento_32.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/271/requerimento_32.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem requerer aprovação do Plenário desta Casa, a fim de solicitar ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, IMEDIATAS PROVIDÊNCIAS no sentido de dar efetivo cumprimento ao Contrato Administrativo nº 042/2018, celebrado entre o Município e empresa WM TRANSPORTES LTDA-ME, cujo objeto é o serviço de transporte comunitário para atender a Sede e as comunidades do interior do município.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/272/requerimento_33.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/272/requerimento_33.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, bem como art. 168, inciso V, do Regimento Interno da Câmara Municipal, vêm à presença de Vossa Excelência REQUERER, seja convocado o Secretário de Obras e Serviços Públicos, Sr. Marcelo Borges de Carvalho, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 13 de junho de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a secretaria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/273/requerimento_34.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/273/requerimento_34.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, bem como art. 168, inciso V, do Regimento Interno da Câmara Municipal, vêm à presença de Vossa Excelência REQUERER, seja convocada a Secretária de Saúde, Srª. Marcela Nagel Stov, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 20 de junho de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a secretaria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/286/req_35.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/286/req_35.pdf</t>
   </si>
   <si>
     <t>SERGIO ANGELI LAGO (PDT), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, solicitando cópias na integra (físicas ou digitalizadas) de todos os processos referentes aos pagamentos realizados a  empresas de serviços de lavagem de veículos, prestados  no período de janeiro de 2017 até a data de atendimento do presente requerimento.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Luzinete Leppaus, Marcos Adriano Rauta, Nelson Lichtenheld, Robson  Siller, Romi Carlos Facco Muller, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/460/requerimento_36-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/460/requerimento_36-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS (PPS), LUIZ CARLOS BROEDEL FRANÇA (PMN), LUZINETE DEGASPERI LEPPAUS (PMN), MARCOS ADRIANO RAUTA (PSDB), NELSON LICHTENHELD (SD), ROBSON JOSÉ SILLER (MDB), ROMI CARLOS FACCO MULLER (PP), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PP), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja expedido ofício ao Diretor Geral do Detran/ES, Sr. Romeu Scheibe Neto, solicitando a adequação e a conclusão da sinalização do trânsito na Sede do Município, bem como para retirar a vaga destinada à viatura policial, demarcada na frente das vagas de taxistas, disponibilizando-se mais uma vaga ao serviço de taxi._x000D_
 Requer, ainda, seja alterada a localização da placa de sinalização de ´´proibido virar à direita`` na esquina da ladeira Cesar Muller, bem como a instalação de novas placas de sinalização de carga e descarga ao lado da ponte Clarindo Lima e em frente ao supermercado Rede Mais (fotos anexas).</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/306/req_37-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/306/req_37-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS (PPS), LUIZ CARLOS BROEDEL FRANÇA (PMN), LUZINETE DEGASPERI LEPPAUS (PMN), MARCOS ADRIANO RAUTA (PSDB), NELSON LICHTENHELD (SD), ROBSON JOSÉ SILLER (MDB), ROMI CARLOS FACCO MULLER (PP), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PP), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência REQUERER seja expedido ofício ao Diretor Geral do  Departamento de Estradas de Rodagem do Estado do Espírito Santo, Sr. Enio Bergoli, solicitando a realização de serviços de roçagem e limpeza nas margens da Rodovia ES 080, trecho que liga o Município de Santa Leopoldina ao Município de Cariacica.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/448/req_38-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/448/req_38-2018.pdf</t>
   </si>
   <si>
     <t>SERGIO ANGELI LAGO, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, vêm à presença de Vossa Excelência REQUERER, seja convocado a Coordenadora de Transportes, Srª. Nádia Rosa Nunes de Almeida Suave, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 08 de agosto de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Complementação das ações desenvolvidas pela coordenadoria na atual administração, a partir de janeiro de 2018, bem como metas para próximos dois anos, e outros assuntos correlatos._x000D_
 •	Licitações realizadas e contratos administrativos relacionados a coordenadoria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Luzinete Leppaus, Nelson Lichtenheld, Robson  Siller, Romi Carlos Facco Muller, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/461/requerimento_39-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/461/requerimento_39-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, vêm à presença de Vossa Excelência REQUERER, seja convocado o Coordenador de Planejamento, Sr. Alberto Gavini Farias Filho, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 22 de agosto de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela coordenadoria na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a coordenadoria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/462/requerimento_40-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/462/requerimento_40-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, bem como art. 168, inciso V, do Regimento Interno da Câmara Municipal, vêm à presença de Vossa Excelência REQUERER, seja convocado a Secretária Municipal de Agricultura e Meio Ambiente, Srª. Diene Maria Bremenkamp, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 29 de agosto de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a secretaria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/463/requerimento_41-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/463/requerimento_41-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, bem como art. 168, inciso V, do Regimento Interno da Câmara Municipal, vêm à presença de Vossa Excelência REQUERER, seja convocado o Secretário de Trabalho e Ação Social, Sr. José Ronildo Silveira, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 05 de setembro de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a secretaria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/472/requerimento_042-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/472/requerimento_042-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem à presença de Vossa Excelência, REQUERER que encaminhe Ofício ao Senhor Secretário de Estado da Secretaria de Agricultura, Abastecimento, Aquicultura e Pesca do Estado do Espírito Santo (SEAG), Exmo. Sr. Ideraldo Luiz Lima, com a finalidade de solicitar providências quanto à manutenção e recapeamento de 6km de trecho de asfalto que liga a Comunidade de Caramuru, Zona Rural, Santa Leopoldina/ES à Rodovia Estadual ES-355 (Afonso Schwab).</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_043-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_043-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, bem como art. 168, inciso V, do Regimento Interno da Câmara Municipal, vêm à presença de Vossa Excelência REQUERER, seja convocado a Secretária de Educação, Srª. Ana Claudia Aparecida Endringer, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 12 de setembro de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a secretaria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Carlos França, Luzinete Leppaus, Robson  Siller, Romi Carlos Facco Muller, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_044-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_044-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, bem como art. 168, inciso V, do Regimento Interno da Câmara Municipal, vêm à presença de Vossa Excelência REQUERER, seja convocado a Secretária de Cultura e Turismo, Srª. Rosângela Rauta, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 26 de setembro de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a secretaria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>Ângela Maria Schultz Leppaus, Carlos França, Luzinete Leppaus, Marcos Adriano Rauta, Romi Carlos Facco Muller, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_45.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_45.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, bem como art. 168, inciso V, do Regimento Interno da Câmara Municipal, vêm à presença de Vossa Excelência REQUERER, seja convocado a Advogada Geral do Município, Dra. Gabrielly Santos Simon, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 03 de outubro de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
  _x000D_
 •	Processos judiciais em curso;_x000D_
 •	Direitos dos servidores mediante ações, promovidas individualmente ou por representação do sindicato da categoria, questões ambientais, execuções fiscais e outros meios idôneos de cobrança da dívida ativa;_x000D_
 •	Pareceres jurídicos quanto a contratação com dispensa e inexigibilidade de licitação;_x000D_
 •	Notificações oriundas do Tribunal de Contas;_x000D_
 •	Elaboração e análises de projetos de lei encaminhados ao Poder Legislativo;_x000D_
 •	Demandas administrativas dos servidores públicos;_x000D_
 •	Regularidade do processo administrativo, fiscal e prescrição de débitos fiscais;_x000D_
 •	Recomendações acerca do controle de gasto com pessoal;_x000D_
 •	Contratos;_x000D_
 •	Processos licitatórios e ações propostas pelo Ministério Público;_x000D_
 •	Quadro funcional da Advocacia do Município.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/501/req_46-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/501/req_46-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, bem como art. 168, inciso V, do Regimento Interno da Câmara Municipal, vêm à presença de Vossa Excelência REQUERER, seja convocado o Secretário de Finanças, Sr. Leomar Laurett, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 10 de outubro de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos, especialmente no sentido de estabelecer condições para o aumento da arrecadação própria e cobrança da divida ativa; _x000D_
 •	Contratos administrativos relacionados a secretaria (Execução e Fiscalização), inclusive de consultoria ou assessoria contábil;_x000D_
 •	Deficiências no quadro de servidores, inclusive quanto à função de contador;_x000D_
 •	Controle de gastos gerais;_x000D_
 •	Controle de gastos com pessoal e seus limites / Relatório de Gestão Fiscal;_x000D_
 •	Medidas adotadas visando a redução das despesas com a máquina pública;_x000D_
 •	Execução Orçamentária e cumprimento das metas estabelecidas na LDO e no PPA;_x000D_
 •	Cumprimento das disposições contidas na Lei de Responsabilidade Fiscal;_x000D_
 •	Controle quanto ao atendimento dos percentuais estabelecidos na Constituição Federal quanto à Saúde e Educação; _x000D_
 •	Prestação de Contas do exercício de 2017;_x000D_
 •	Notificações/ recomendações do Tribunal de Contas do Estado do Espírito Santo, se houver;_x000D_
 •	Arrecadação do período referido e receita corrente líquida;_x000D_
 •	Pagamentos, liquidação, cronograma e programa de desembolso; _x000D_
 •	Outros assuntos correlatos.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/502/req_47-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/502/req_47-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, vêm à presença de Vossa Excelência REQUERER, seja convocado o Coordenador de Controle Interno, Sr. Mike Müller Stange, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 17 de outubro de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela coordenadoria na atual administração, a partir de janeiro de 2017, bem como medidas para aprimorar as medidas de controle interno;_x000D_
 •	Relatórios emitidos pela Coordenadoria no período em referência;_x000D_
 •	Recomendações e notificações dirigidas aos gestores do Poder Executivo;_x000D_
 •	Recomendações para fins de correção de atos em desconformidade com as normas e princípios da Administração Pública, se houver;_x000D_
 •	Retorno dos gestores quanto a eventuais recomendações da Coordenadoria;_x000D_
 •	Recomendações recebidas do Egrégio Tribunal de Contas e acompanhamento da Coordenadoria;_x000D_
 •	Controle dos gastos com pessoal e manifestação da Coordenadoria;_x000D_
 •	Controle do endividamento e posição da Coordenadoria;_x000D_
 •	Apreciação da Coordenadoria acerca dos processos de contratação direta (dispensa e inexigibilidade);_x000D_
 •	Controle acerca dos processos de licitação e relato de incidentes, se houver;_x000D_
 •	Manifestação da Coordenadoria, se houver, no que diz respeito ao controle e gestão do orçamento e cumprimento das metas estabelecidas no PPA e LDO;_x000D_
 •	Relato da Coordenadoria de Controle Interno quanto ao patrimônio atual da Administração;_x000D_
 •	Interação entre a Coordenadoria de Controle Interno com os demais órgãos da Administração Pública Municipal;_x000D_
 •	Outros assuntos correlatos.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/503/req_48-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/503/req_48-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, vêm à presença de Vossa Excelência REQUERER, seja convocado o Presidente do Instituto de Previdência de Santa Leopoldina, Sr. Sebastião Antônio Siller, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 24 de outubro de 2018, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pelo instituto na atual administração, a partir de janeiro de 2017, bem como metas para próximos três anos;_x000D_
 •	Contratos administrativos celebrados com o instituto, ou com à Administração Direta para atender a Autarquia._x000D_
 •	Situação financeira e orçamentária do regime próprio de previdência;_x000D_
 •	Benefícios concedidos e revisão dos proventos._x000D_
 •	Déficit previdenciários._x000D_
 •	Providencias quanto ao equilíbrio atuarial da instituição._x000D_
 •	Emissão de certidões e outros atendimentos;_x000D_
 •	Quadro funcional e possíveis deficiências;_x000D_
 •	Outros assuntos correlatos;</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/491/req_49.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/491/req_49.pdf</t>
   </si>
   <si>
     <t>EXCELENTISSIMO PRESIDENTE DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA._x000D_
 MARCOS ADRIANO RAUTA, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, para que seja fornecida a cópia em mídia e impressão em papel, com as coordenadas geográficas e pontos de referência do mapa alusivo ao perímetro urbano do município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/504/req_50-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/504/req_50-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSÉ SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, solicitando as seguintes informações acerca dos agendamentos que competem a Secretaria Municipal de Saúde, quanto as consultas com especialistas, exames e atendimentos de entidades e profissionais:_x000D_
 _x000D_
 1.	Número de agendamentos realizados por mês, discriminados por região/comunidade no período de janeiro de 2017 até a data de atendimento do presente requerimento;_x000D_
 2.	Número de atendimentos efetivamente concretizados pelas entidades e profissionais destinatários dos referidos agendamentos a partir de janeiro de 2017, constando da região/comunidade atendida;_x000D_
 3.	Se há algum critério no sentido de observar cronologicamente os pedidos ou requisições apresentadas pelos pacientes; e se tais requisições são cadastradas por meio de sistema de informação à disposição da Secretaria de Saúde;_x000D_
 4.	Se há algum mecanismo no sentido de permitir que paciente acompanhe o andamento dos agendamentos respectivos;_x000D_
 5.	Quais critérios de seleção no sentido de permitir a quebra da ordem cronológicas dos agendamentos permitidos registrados?</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/581/req_52-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/581/req_52-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSÉ SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH com base no artigo 168, do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício ao Comandante Geral da Polícia Militar, Coronel  Alexandre Ofranti Ramalho,  solicitando a reativação do Posto do DPM de Três Pontes, neste Município, tendo em vista a reivindicação dos moradores por meio de abaixo assinado (anexo)._x000D_
 Todavia, na impossibilidade do atendimento de tal pedido, pugna-se, ao menos, pelo reforço no efetivo de policiais militares que atuam na localidade de Barra de Mangaraí, no sentido de possibilitar a vigilância em tempo integral no local, mediante escalas e divisão em turnos.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/639/req_53-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/639/req_53-2018.pdf</t>
   </si>
   <si>
     <t>ROBSON JOSÉ SILLER (MDB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício às agências bancárias do Banco do Brasil e Banestes do Município de Santa Leopoldina, no sentido de solicitar o retorno do horário de funcionamento dos caixas eletrônicos até as 22 horas, com cópia às respectivas superintendências/administração central, tal como vem observando a agência do Sicoob local.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Robson  Siller, Ângela Maria Schultz Leppaus, Carlos França, Luzinete Leppaus, Marcos Adriano Rauta, Nelson Lichtenheld, Romi Carlos Facco Muller, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/652/054-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/652/054-2018.pdf</t>
   </si>
   <si>
     <t>ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI LEPPAUS, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vêm à presença de Vossa Excelência REQUERER seja expedido ofício ao Diretor Geral do Departamento de Estradas e Rodagens (DER), solicitando providencias no sentido de realizar reparos ao longo da Rodovia ES 080, que liga Santa Leopoldina a Cariacica, tendo em vista a existência de inúmeros buracos e outras imperfeições verificadas na pista referida.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/656/55-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/656/55-2018.pdf</t>
   </si>
   <si>
     <t>MARCOS ADRIANO RAUTA - PSDB, na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício ao Prefeito Municipal, Sr. Valdemar Luiz Horbelt Coutinho, para que seja fornecida as seguintes informações acerca do convênio existente entre o Município e o INCAPER:_x000D_
 _x000D_
 •	Relação do tipo de despesa, auxilio e custos que Prefeitura concede ao INCAPER;_x000D_
 •	Valor da despesa com abastecimentos de combustíveis e manutenção realizados individualmente em cada veículo do INCAPER, ou a serviço desta, no período de 2017, até a presente data;_x000D_
 •	Cópia na íntegra do instrumento de convênio com o INCAPER;_x000D_
 •	Qual a contrapartida e serviços vinculados ao referido convênio, realizados pelo INCAPER, para fins da atendimento ao produtor rural municipal, em especial a programas e projetos de pequenas barragens e qual a equipe técnica responsável pela sua elaboração.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/211/mo-o-01-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/211/mo-o-01-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, LUIZ CARLOS BROEDEL FRANÇA (PMN) e ROMI CARLOS FACCO MULLER (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr.   SIVAL HEITOR THOMES, ocorrido no dia 30 de dezembro de 2017.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/216/mo-o-02-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/216/mo-o-02-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, ÂNGELA MARIA SCHULTZ LEPPAUS (PPS), LUIZ CARLOS BROEDEL FRANÇA (PMN), LUZINETE DEGASPERI LEPPAUS (PMN), MARCOS ADRIANO RAUTA (PSDB), NELSON LICHTENHELD (SD), ROBSON JOSE SILLER (PMDB), ROMI CARLOS FACCO MULLER (PP), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª.   REGINA LUCIA RIBEIRO BERNARDINO, ocorrido no dia 25 de fevereiro de 2018.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/226/05-2018-2-.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/226/05-2018-2-.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, ÂNGELA MARIA SCHULTZ LEPPAUS (PPS), LUIZ CARLOS BROEDEL FRANÇA (PMN), LUZINETE DEGASPERI LEPPAUS (PMN), MARCOS ADRIANO RAUTA (PSDB), NELSON LICHTENHELD (SD), ROBSON JOSE SILLER (PMDB), ROMI CARLOS FACCO MULLER (PP), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. CARLOS ALBERTO DO NASCIMENTO, ocorrido no dia 07 de março de 2018.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/239/mo-o-06-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/239/mo-o-06-2018.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, LUIZ CARLOS BROEDEL FRANÇA (PMN), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr.   HERMINIO TEIXEIRA DUTRA, ocorrido no dia 08 de março de 2018.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/240/mo-o-07-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/240/mo-o-07-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, ÂNGELA MARIA SCHULTZ LEPPAUS (PPS), LUIZ CARLOS BROEDEL FRANÇA (PMN), LUZINETE DEGASPERI LEPPAUS (PMN), MARCOS ADRIANO RAUTA (PSDB), NELSON LICHTENHELD (SD), ROBSON JOSE SILLER (PMDB), ROMI CARLOS FACCO MULLER (PP), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LAERTE ROGÉRIO NEVES, ocorrido no dia 19 de março de 2018.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/241/mo-o-08-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/241/mo-o-08-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, ÂNGELA MARIA SCHULTZ LEPPAUS (PPS), LUIZ CARLOS BROEDEL FRANÇA (PMN), LUZINETE DEGASPERI LEPPAUS (PMN), MARCOS ADRIANO RAUTA (PSDB), NELSON LICHTENHELD (SD), ROBSON JOSE SILLER (PMDB), ROMI CARLOS FACCO MULLER (PP), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ADRIANO SENE REICH, ocorrido no dia 03 de abril de 2018.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/242/mo-o-09-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/242/mo-o-09-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, ÂNGELA MARIA SCHULTZ LEPPAUS (PPS), LUIZ CARLOS BROEDEL FRANÇA (PMN), LUZINETE DEGASPERI LEPPAUS (PMN), MARCOS ADRIANO RAUTA (PSDB), NELSON LICHTENHELD (SD), ROBSON JOSE SILLER (PMDB), ROMI CARLOS FACCO MULLER (PP), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FABIO SANTOS, ocorrido no dia 08 de abril de 2018.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/243/mo-o-10-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/243/mo-o-10-2018.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinado, LUZINETE DEGASPERI LEPPAUS (PMN), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. PERLA VALENTIN DA SILVA, ocorrido no dia 26 de março de 2018.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/244/mo-o-11-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/244/mo-o-11-2018.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinado, LUZINETE DEGASPERI LEPPAUS (PMN), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr.ª. NORETE CORREIA TIBURCIO, ocorrido no dia 10 de abril de 2018.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/252/mocao_12.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/252/mocao_12.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ROMI CARLOS FACCO MULLER (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. VANDER FACCO PANI, ocorrido no dia 21 de abril de 2018.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/452/mocao_014-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/452/mocao_014-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, LUIZ CARLOS BROEDEL FRANÇA (PMN) e ROMI CARLOS FACCO MULLER (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. FLÁVIO THOMAS, ocorrido no dia 26 de maio de 2018.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/580/mocao_17.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/580/mocao_17.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ROMI CARLOS FACCO MULLER (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOSIAS CORREIA SANTANA, ocorrido no dia 22 de setembro de 2018.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/650/mocao_19-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/650/mocao_19-2018.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, LUIZ CARLOS BROEDEL FRANÇA (PMN), ROMI CARLOS FACCO MULLER (PP), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. SANTILHA MÜLLER LEPAUS, ocorrido no dia 03 de novembro de 2018.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>MoC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/228/03-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/228/03-2018.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, em especial o Vereador ROBSON JOSÉ SILLER - PMDB, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES à Polícia Militar, em especial ao DPM de Santa Leopoldina, sob o comando do Sargento Vanderley Machado Soares, pelo excelente trabalho que vem desenvolvendo em nosso Município, bem como pelo êxito na condução dos policiais da Barra de Mangaraí na operação Verão 2018 e, ainda, por garantir ao Cidadão Leopoldinense um carnaval sem nenhuma ocorrência relevante.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/617/mocao_16-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/617/mocao_16-2018.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, em especial o Vereador Marcos Adriano Rauta, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES “ AOS MORADORES E PROPRIETÁRIOS RURAIS DA COMUNIDADE DE TIMBUÍ SECO” EM ESPECIAL A FAMILIA DOS SENHORES ALINDO BARTH E CELINO BARTH” pelo grande exercício de CIDADANIA e pela iniciativa adotada na manutenção e pavimentação com concreto armado da serra que dá acesso à região mais alta da comunidade._x000D_
  Vale muito ressaltar, parabenizar e fazer o registro desse envolvimento e união da comunidade no tocante a obra de pavimentação do trecho da estrada que teve a iniciativa e movimentação dos moradores, para arrecadar fundos na ordem de R$ 12.000,00 (doze mil reais), objetivando a aquisição de matérias (concreto) onde cada morador contribui com uma quantia média de R$ 300,00 (trezentos reais). _x000D_
  Nessa iniciativa, a comunidade procurou o apoio indispensável da Prefeitura Municipal que também não poupou esforços para a realização da obra.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/618/mocao_18..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/618/mocao_18..pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, em especial o Vereador Marcos Adriano Rauta, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifesta suas CONGRATULAÇÕES “ AOS MORADORES E PROPRIETÁRIOS RURAIS DA COMUNIDADE DE TIMBUÍ SECO” ( LOCAL CONHECIDO COMO INFERNINHO, pela iniciativa de autodenominar como ALTO PARAISO a região ao qual residem._x000D_
  É importante ressaltar que o apelido atual (INFERNINHO) é degradante mórbido para denominar uma região onde os moradores são unidos e que nos tem dado um grande exemplo de união e trabalho em mutirão visando o bem comum._x000D_
  Nada mais apropriado que “ALTO PARAISO” para fazer graça e alegria para uma comunidade que voltou a sorrir após a pavimentação do acesso que era até impossível o acesso do transporte escolar. Hoje, o transporte escolar voltou a trafegar na região onde há quase seis meses as crianças não iam à escola. _x000D_
 Após a iniciativa da Comunidade em pavimentar a estrada, que contou com apoio indispensável da Prefeitura Municipal, nada mais justo que redenominar a região sepultando o codinome “INFERNINHO” e ressaltando o nome “ALTO PARAISO” que representa muito bem a beleza, tranquilidade e paz que impera na comunidade. _x000D_
  TAL INICIATIVA JÁ ESTÁ SENDO RECONHECIDA, PARABENIZADA POR ÓRGÃOS DO PODER PÚBLICO E VEICULADA EM MEIOS DE COMUNICAÇÃO DO MUNICÍPIO DE SANTA TERESA.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>MoR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/262/13-2018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/262/13-2018.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus Membros, ÂNGELA MARIA SCHULTZ LEPPAUS, LUIZ CARLOS BROEDEL FRANÇA, LUZINETE DEGASPERI, MARCOS ADRIANO RAUTA, NELSON LICHTENHELD, ROBSON JOSE SILLER, ROMI CARLOS FACCO MULLER, SERGIO ANGELI LAGO e VALDEMIRO BARTH, com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, apresentar MOÇÃO DE REPÚDIO a Administração atual da CESAN ES, tendo em vista a falta de um escritório, para atendimento a população.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2122,68 +2122,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/212/01_z2sME5v.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/213/02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/234/03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/235/4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/224/05-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/215/07.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/220/ind-8.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/221/ind-9.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/227/10-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/233/12-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/279/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/266/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/261/ind._19.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/259/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/260/ind_21.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/267/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/274/indi_25.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/278/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/282/indicacao_28-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/285/ind_30.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/284/indicacao_31-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/307/ind_32-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/464/indicacao_33-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/308/ind_34-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/449/ind_35-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/492/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/640/ind_37-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/493/indi_38.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/627/ind_40-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/651/42-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/653/43.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/697/46.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/231/decreto-001-2018_LIrVzXs.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/232/decreto-002-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/489/pj_decreto_03-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/288/pj_lei_organica_001-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/626/pj_emenda_a_lei_organica_02.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/208/03-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/209/04-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/214/05-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/219/06-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/230/pl-07-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/245/08-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/246/09-2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/473/pj_10-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/247/11-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/248/12-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/265/pl_14-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/275/pl_15-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/276/pl_16-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/277/pl_17-2018_fsscV3d.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/281/pl_18-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/283/pl_19-2018_6zPhtKO.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/287/pl_20-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/365/pl_21-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/465/pl22-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/467/pl_23-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/616/24-2018_CO4yceG.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/615/pl_25-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/490/pl_28-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/495/pl_29-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/496/pl_30-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/497/pl_031-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/498/pl_032-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/499/pl_033-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/500/pl_034-2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/566/pj_35-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/568/pj_36-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/567/pj_37-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/569/pj_38-2018_WBKECX5.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/579/39-2018_bl3TQd8.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/582/pj_40-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/583/41-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/584/42-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/637/43-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/647/44-2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/648/45-2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/649/46-2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/654/47-2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/655/48-2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/538/pj_reso_001-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/539/pj_reso_002-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/217/01-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/218/02-2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/229/03.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/237/requerimento-04-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/251/05-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/238/requerimento-06-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/225/07-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/223/req-8.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/222/req-9-18.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/255/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/236/13.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/249/14-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/250/15-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/253/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/254/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/494/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/258/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/256/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/257/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/263/requerimento_28-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/264/requerimento_29-2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/269/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/270/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/271/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/272/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/273/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/286/req_35.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/460/requerimento_36-2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/306/req_37-2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/448/req_38-2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/461/requerimento_39-2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/462/requerimento_40-2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/463/requerimento_41-2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/472/requerimento_042-2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_043-2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_044-2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/501/req_46-2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/502/req_47-2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/503/req_48-2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/491/req_49.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/504/req_50-2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/581/req_52-2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/639/req_53-2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/652/054-2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/656/55-2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/211/mo-o-01-2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/216/mo-o-02-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/226/05-2018-2-.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/239/mo-o-06-2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/240/mo-o-07-2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/241/mo-o-08-2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/242/mo-o-09-2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/243/mo-o-10-2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/244/mo-o-11-2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/252/mocao_12.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/452/mocao_014-2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/580/mocao_17.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/650/mocao_19-2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/228/03-2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/617/mocao_16-2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/618/mocao_18..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/262/13-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/212/01_z2sME5v.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/213/02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/234/03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/235/4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/224/05-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/215/07.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/220/ind-8.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/221/ind-9.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/227/10-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/233/12-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/279/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/266/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/261/ind._19.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/259/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/260/ind_21.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/267/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/274/indi_25.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/278/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/282/indicacao_28-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/285/ind_30.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/284/indicacao_31-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/307/ind_32-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/464/indicacao_33-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/308/ind_34-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/449/ind_35-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/492/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/640/ind_37-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/493/indi_38.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/627/ind_40-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/651/42-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/653/43.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/697/46.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/231/decreto-001-2018_LIrVzXs.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/232/decreto-002-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/489/pj_decreto_03-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/288/pj_lei_organica_001-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/626/pj_emenda_a_lei_organica_02.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/208/03-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/209/04-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/214/05-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/219/06-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/230/pl-07-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/245/08-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/246/09-2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/473/pj_10-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/247/11-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/248/12-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/265/pl_14-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/275/pl_15-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/276/pl_16-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/277/pl_17-2018_fsscV3d.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/281/pl_18-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/283/pl_19-2018_6zPhtKO.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/287/pl_20-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/365/pl_21-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/465/pl22-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/467/pl_23-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/616/24-2018_CO4yceG.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/615/pl_25-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/490/pl_28-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/495/pl_29-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/496/pl_30-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/497/pl_031-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/498/pl_032-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/499/pl_033-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/500/pl_034-2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/566/pj_35-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/568/pj_36-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/567/pj_37-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/569/pj_38-2018_WBKECX5.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/579/39-2018_bl3TQd8.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/582/pj_40-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/583/41-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/584/42-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/637/43-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/647/44-2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/648/45-2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/649/46-2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/654/47-2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/655/48-2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/538/pj_reso_001-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/539/pj_reso_002-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/217/01-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/218/02-2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/229/03.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/237/requerimento-04-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/251/05-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/238/requerimento-06-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/225/07-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/223/req-8.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/222/req-9-18.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/255/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/236/13.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/249/14-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/250/15-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/253/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/254/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/494/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/258/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/256/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/257/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/263/requerimento_28-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/264/requerimento_29-2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/269/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/270/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/271/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/272/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/273/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/286/req_35.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/460/requerimento_36-2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/306/req_37-2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/448/req_38-2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/461/requerimento_39-2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/462/requerimento_40-2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/463/requerimento_41-2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/472/requerimento_042-2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_043-2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_044-2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/501/req_46-2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/502/req_47-2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/503/req_48-2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/491/req_49.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/504/req_50-2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/581/req_52-2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/639/req_53-2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/652/054-2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/656/55-2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/211/mo-o-01-2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/216/mo-o-02-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/226/05-2018-2-.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/239/mo-o-06-2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/240/mo-o-07-2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/241/mo-o-08-2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/242/mo-o-09-2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/243/mo-o-10-2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/244/mo-o-11-2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/252/mocao_12.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/452/mocao_014-2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/580/mocao_17.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/650/mocao_19-2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/228/03-2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/617/mocao_16-2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/618/mocao_18..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2018/262/13-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="162.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>