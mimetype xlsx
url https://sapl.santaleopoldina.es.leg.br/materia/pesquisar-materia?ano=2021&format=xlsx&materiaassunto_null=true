--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -54,2864 +54,2864 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2401/001_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2401/001_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a realização de serviços objetivando a reforma e inclusão de galerias de escoamento de água da ponte localizada próxima a residência da senhora Deuziane Foss Nunes, na comunidade de Pedra Preta, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2402/002_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2402/002_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento nas estradas da comunidade de Pedra Preta, na área rural deste Município.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2403/003_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2403/003_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalação de aparelho de ar condicionado na CAPELA MORTUÁRIA HELENA MARIA VERVLOET, localizada na sede do Município.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Jefinho, Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2404/004_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2404/004_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores JEFFERSON RODRIGUES – PDT e ROMI CARLOS FACCO MULLER - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de construção de 1 (uma) quadra poliesportiva coberta na comunidade de Holanda, neste Município.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Luzinete Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2405/005_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2405/005_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de realizar reparos nos brinquedos do Complexo Esportivo Hermínio Braz, próximo ao “Estádio Municipal Laerte Rogério Neves”, localizado na sede do município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2406/006_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2406/006_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, que tome as devidas providências junto a Companhia Espírito Santense de Saneamento – CESAN, no sentido de realizar o reparo, com a consequente correção e nivelamento nas ruas onde estão sendo feitas a execução dos serviços para implantação do Sistema de Esgotamento Sanitário de Santa Leopoldina/ES.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2407/007_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2407/007_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços de limpeza e roçagem do Complexo Esportivo Hermínio Braz, na sede do Município.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2408/008_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2408/008_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços de limpeza e retirada do bambuzal da estrada próxima a Igreja Católica da comunidade de Colina Verde, Zona Rural, bem como determinar a roçagem na vegetação existente em suas margens.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2409/009_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2409/009_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar reparos no muro de arrimo localizado em frente à propriedade do Sr. Ademir Carolino de Souza, no Bairro Vila Nova, o qual é utilizado para sustentação do percurso da Rua Tércio Correa que da acesso ao Bairro Vila Nova, neste Município.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2410/010_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2410/010_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de disponibilizar equipe de servidores para realizar serviços de limpeza, permanentemente, destinados ao bairro de Vila Nova, neste Município.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2413/011_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2413/011_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – PTB com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de construir 01 (um) bueiro na Rua Projetada, localizada no bairro de Vila Nova, próximo a residência do senhor Valdomiro José Amaral e da senhora Tereza Carlott de Paula, na área urbana deste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2415/012_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2415/012_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de instalar uma proteção lateral, na ladeira situada sobre a Praça Dalmácio Nascimento (popularmente conhecida como praça das flores), localizada no acesso à Estrada Franz Bauer, na sede do Município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2416/013_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2416/013_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO (PDT), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de reativação do banheiro localizado ao lado do Ginásio de Esportes  e em frente ao Parque da Independência, na sede deste Município.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2418/014_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2418/014_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO (PDT), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de construir passarela, na comunidade de Colina Verde, no trecho próximo à antiga fazenda do Sr. Rui Furtado, conforme abaixo-assinado (anexo).</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2419/015_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2419/015_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de reformar 1 (uma) ponte localizada próximo a Escola Municipal Fazenda Djalma Gaede, na Comunidade de Caramuru, na área rural, deste município.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2420/016_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2420/016_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de uma nova ponte, em substituição à estrutura existente na estrada localizada nas proximidades da Pedreira da Comunidade de Santo Antônio e da residência do senhor João Santana, na área rural, deste município, conforme imagem anexa.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2494/017_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2494/017_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a instalação de refletores no Campo Vereador Darcisio Ângelo Baratela, situado na Comunidade do Chaves, zona rural, neste Município.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2422/018_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2422/018_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar o calçamento dos estacionamentos localizados ao lado do Espaço conhecido como Feira da Agricultura Familiar, além do calçamento da prainha, na sede, neste Município.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2423/019_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2423/019_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a instalação de refletores no Estádio Municipal Laerte Rogério Neves, situado no Complexo Esportivo Hermínio Braz, na sede do Município.</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2495/020_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2495/020_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de construir muro de contenção no início da ladeira (atalho) que dá acesso ao Hospital Nossa Senhora da Penha, na sede do Município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Mazinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2496/021_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2496/021_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DEUCIMAR ROMAGNA - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar melhorias na estrutura de área construída, onde atualmente é cedida para a empresa Trix Engenharia Civil Ltda, localizada no complexo Esportivo Hermínio Braz, na sede deste Município, através da Lei Municipal nº 1636/2018, conforme foto anexa da referida estrutura.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2426/022_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2426/022_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de construir um vestiário ao lado do Estádio Municipal Laerte Rogério Neves, situado no Complexo Esportivo Hermínio Braz, na sede do Município.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Jefinho, Rosimar José Lahas</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2497/023_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2497/023_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ROSIMAR JOSE LAHAS – CIDADANIA e JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de reformar 1 (uma) ponte localizada na sede da Comunidade de Caramuru, na área rural, deste município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2428/024_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2428/024_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DEUCIMAR ROMAGNA - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal de Santa Leopoldina, Senhor Romero Luiz Endringer, a necessidade de realizar a limpeza dos córregos das ruas: Amaro da Penha Soave; Muniz Freire; Diretor Rudio; Alfredo Leppaus e Costa Pereira, na sede deste município.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2429/025_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2429/025_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada principal da Comunidade de Pedra Preta, no trecho próximo à residência do senhor Rodolfo Kinch, neste Município.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2430/026_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2430/026_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) banheiro público na Feira da Agricultura Familiar, na sede, neste município.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2431/027_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2431/027_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA, ao Exmo. Prefeito Municipal de Santa Leopoldina, Senhor Romero Luiz Endringer, a necessidade de reconstrução do muro de contenção na lateral da ladeira que dá acesso à Rua Diretor Rúdio, próximo à Escola Alice Holzmeister, na sede do Município.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2434/028_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2434/028_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, que tome as devidas providências junto a Companhia Espírito Santense de Saneamento – CESAN, no sentido de realizar a cobertura da elevatória de esgoto, situada na Rua Adelino Espindula, bairro Vila Nova, neste município, conforme Lei Municipal nº 1610/2017, área EEEB2, que autorizou a concessão de áreas públicas para a ampliação da ETE (estação de tratamento de esgoto de Santa Leopoldina).</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Rosimar José Lahas</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2436/029_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2436/029_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS - CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, no sentido de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento na estrada principal da Comunidade de Caramuru, na área rural deste Município.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2446/030_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2446/030_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS - CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a substituição de 1 (um) bueiro usando manilhas maiores de no mínimo 0,60 na estrada principal da Comunidade de Caramuru, no trecho próximo à residência do senhor Clemencio Bullerjahn, neste Município.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2476/031_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2476/031_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar reforma da quadra, localizada na Comunidade de Barra de Mangaraí, neste município.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2498/032_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2498/032_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de ser instalado guard rails na ladeira que dá acesso a Igreja Católica, na sede, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2499/033_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2499/033_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar Projeto de arquitetura e paisagismo, com o intuito de construir um balneário turístico, contendo uma mini represa no rio para banhistas, cabanas e quiosques para comercialização de produtos, localizado no Complexo Esportivo Hermínio Braz, em frente ao Estádio Municipal Laerte Rogério Neves, na sede do Município.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2506/034_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2506/034_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de CONSTRUÇÃO de um muro de contenção à margem da ladeira situada na Rua Natalino Teixeira, localizada no centro da cidade, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2477/035_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2477/035_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS – CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação em pavies da ladeira da Comunidade de Rio das Farinhas, próximo a residência do senhor Pedro Bankert, neste Município.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2452/036_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2452/036_-_2021.pdf</t>
   </si>
   <si>
     <t>Vereador ROSIMAR JOSE LAHAS - CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento nas estradas da comunidade de Rio das Pedras, na área rural, deste Município.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2453/037_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2453/037_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS - CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento nas estradas da comunidade de Rio das Farinhas, na área rural, deste Município.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2461/038_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2461/038_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS - CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal Sr. Romero Luiz Endringer, a necessidade de restabelecer, de forma integral, o atendimento com veículo da Secretária Municipal de Saúde aos cidadãos residentes na comunidade de Caramuru, na área rural, deste Município.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2454/039_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2454/039_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROMI CARLOS FACCO MULLER - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de ser instalada proteção no guarda corpo da Ponte localizada na Comunidade do Rio do Meio, no trecho compreendido entre a Igreja Católica e o campo de futebol da comunidade, neste Município.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2517/040_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2517/040_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a elevação de trecho no calçamento da Rua Maria Guilherme Espíndula, localizada no Bairro do Funil, na sede do Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2507/041_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2507/041_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalar placa de identificação do Complexo Esportivo Hermínio Braz, na sede do Município.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2455/042_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2455/042_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de realizar o calçamento da ladeira ao lado do antigo Posto Fiscal da comunidade de Três Pontes, zona rural, deste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2508/043_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2508/043_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO (PDT), com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de ampliação da área agraciada com e instalação de câmeras de vídeo monitoramento bem como a substituição das câmeras já instaladas, visando melhoria na definição, com Imagens (FULL HD) nas principais vias e logradouros públicos de Santa Leopoldina.</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2456/044_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2456/044_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de realizar serviços de reparos e manutenção no calçamento da Rua Projetada, localizada no bairro Vila Nova, próximo a residência do senhor Valdomiro José Amaral e da senhora Tereza Carlott de Paula, na área urbana deste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2457/045_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2457/045_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento nas estradas da comunidade do Retiro, bem como a construção de bueiro (conforme imagens anexas), no trecho próximo a propriedade do senhor Jadson Silva, na área rural deste Município.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2462/046_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2462/046_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de realizar a reforma geral do campo society, situado no Complexo Esportivo Hermínio Braz, na sede do Município.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2466/047_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2466/047_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento, além da limpeza de estrada, com início na residência da senhora Rosalina Krause, passando pela propriedade do senhor Cesar Vassoler e término na residência da senhora Silvinha, na comunidade de Caramuru, na área rural, deste Município.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Jefinho, Luzinete Leppaus, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2467/048_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2467/048_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores JEFFERSON RODRIGUES – PDT, LUZINETE DEGASPERI LEPPAUS – PTB e SERGIO ANGELI LAGO – PDT com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, no sentido de realizar a construção de uma ponte localizada sobre o córrego, nas proximidades da residência da senhora Vanda Borges do Nascimento, na comunidade de Pedra Branca, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2523/049_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2523/049_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de uma nova ponte, em substituição à estrutura existente na estrada localizada na Comunidade de Tirol, próximo a residência do senhor Augusto Reinholz, na área rural, deste município.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2524/050_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2524/050_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de construção de uma praça de lazer no bairro do Funil, na sede do Município.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2511/051_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2511/051_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS – CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços de limpeza e desobstrução das caixas secas no trecho da ladeira próximo a residência da família Kuster, na comunidade de Caramuru, neste Município.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2472/052_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2472/052_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, que realize a pintura da proteção lateral da ponte Paulo Antônio Médice, além de sua extensão que passa pelo Parque da Independência e vai até a Ponte Clarindo Lima, bem como a Ponte Graciana Vieira Dutra, localizada na sede, neste Município.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2473/053_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2473/053_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DEUCIMAR ROMAGNA - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar reparos de manutenção do muro de contenção localizado na Rua Reginaldo Terra, neste Município.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2478/054_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2478/054_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DEUCIMAR ROMAGNA - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de estudo e providências quanto a instalação de placas com os nomes dos pontos turísticos, placas com os nomes das ruas e avenidas, nos bairros e comunidades, neste Município.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2474/055_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2474/055_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, no sentido de realizar a construção de uma ponte localizada sobre o córrego, nas proximidades da residência da Doutora Albênia, na comunidade de Crubixá, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2475/056_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2475/056_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS – CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada da Comunidade de Caramuru de Baixo, no trecho da ladeira próximo à residência dos senhores Vilfredo Naitzel e Alvim Bullerjan, neste Município.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2512/057_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2512/057_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação de 150 metros na subida da Comunidade de Caramuru de Baixo, próximo a residência do senhor Claudio Plaster, neste Município.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2479/058_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2479/058_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada da Comunidade de Holanda, no trecho próximo à residência do senhor Pedro Kruger, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2480/059_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2480/059_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a atualização do mapa urbano do Município, a fim de encaminha-lo aos órgãos competentes e disponibiliza-los na página da internet da Prefeitura.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2515/060_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2515/060_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar a reabertura da estrada e serviços de patrolamento e cascalhamento, além da construção de 1 (um) bueiro, com início na residência da senhor Davi Bankert, e término na residência do Alfredo Schaeffer, na comunidade de Rio das Farinhas, na área rural, deste Município.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2518/061_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2518/061_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS – CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação de 250 metros na Comunidade de Caramuru de Baixo, próximo a residência do senhor Vandeline Foeger, neste Município.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2519/062_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2519/062_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação de trecho da Rodovia ES 264, que se inicia ao fim do calçamento do bairro Vila Nova (conforme foto anexa) até a comunidade de Ribeiro Limpo, próximo a residência do senhor Arlindo Schumacher, neste Município.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Rosimar José Lahas, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2520/063_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2520/063_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ROSIMAR JOSE LAHAS – CIDADANIA e SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a substituição de 1 (um) bueiro usando manilhas maiores da Comunidade de Regência, no trecho próximo à residência do senhor Alex Nunes Gomes, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2521/064_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2521/064_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a instalação de refletores no Campo Municipal, situado na Comunidade de Três Pontes, zona rural, neste Município.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2522/065_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2522/065_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, que disponibilize um número oficial da Secretaria Municipal de Saúde e que possua o aplicativo whatsApp com o intuito de marcação de consultas, para a Unidade de Saúde Dr. Heliomar Carpanini Gobbo, na sede, neste Município.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Rosimar José Lahas</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2525/066_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2525/066_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores ROSIMAR JOSE LAHAS – CIDADANIA e LUZINETE DEGASPERI LEPPAUS - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a substituição de 1 (um) bueiro usando manilhas maiores na Comunidade de Caramuru, no trecho próximo à residência do senhor Florentino Plaster, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2526/067_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2526/067_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação de 150 metros na Comunidade de Caramuru, próximo a residência da senhora Ecleia Ivania Schwanbach, neste Município.</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2527/068_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2527/068_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar estudo de impacto visando alterar a Lei Municipal nº 1452/2013, que institui o auxílio-alimentação no Âmbito da Administração Pública Municipal de Santa Leopoldina, para igualar o valor a ser concedido, a título de auxílio-alimentação, aos servidores do Magistério Municipal, tais como MaPa-R, MAMPA, MAMPB e Inspetor Escolar, com o conferido aos demais servidores municipais, passando, assim, o valor de R$ 80,00 (oitenta reais) para R$ 130,00 (cento e trinta reais).</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2528/069_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2528/069_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de aquisição de um mini trator cortador de grama.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2529/070_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2529/070_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento na estrada principal e vicinais da Comunidade de Boqueirão do Thomas, na área rural deste Município.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2530/071_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2530/071_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a reforma, ampliação e elevação da ponte, localizada na Rua José Machado de Alvarenga, próximo à residência da Senhora conhecida como Guerdinha, na sede deste Município.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2531/072_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2531/072_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DEUCIMAR ROMAGNA - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a possibilidade de construção de abrigos e a manutenção dos abrigos existentes nos pontos de ônibus, neste Município.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2532/073_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2532/073_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DEUCIMAR ROMAGNA - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a implantação de plano de cargos, carreira e salários para todos os funcionários públicos efetivos do Poder Executivo do Município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2533/074_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2533/074_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de uma nova ponte, em substituição à estrutura existente na estrada localizada na Comunidade de Santa Lúcia, na área rural, deste município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2534/075_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2534/075_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a construção de praça de lazer (projeto anexo) no bairro do cocal, na sede do Município.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2535/076_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2535/076_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS – CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação de 150 metros na Comunidade de Caramuru de Baixo, próximo a residência do senhor Alvim Bullerjan, neste Município.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2536/077_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2536/077_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores LUZINETE DEGASPERI LEPPAUS – PTB e ROMI CARLOS FACCO MULLER - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de realizar a recuperação e o alargamento das laterais da estrada principal da Comunidade de Rio do Meio, no trecho localizado nas proximidades da propriedade do Senhor Esio Pani, neste Município.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2538/078_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2538/078_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a construção de uma praça de lazer no bairro de Vila Nova, na sede do Município.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2539/079_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2539/079_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação de 750 metros na Comunidade de Caramuru, em frente à EMPEF Fazenda Paulo Jacob, neste Município.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2540/080_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2540/080_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a realização de serviços objetivando a reforma da ponte localizada próxima a residência da família Silva, na comunidade de Paraíso, neste Município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2541/081_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2541/081_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a construção de 1 (uma) Escola na comunidade de Rio Bonito, neste Município.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2542/082_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2542/082_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DEUCIMAR ROMAGNA - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada principal da Comunidade de Crubixá, no trecho próximo à residência da família Sene, neste Município.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2543/083_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2543/083_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS – CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação de 200 metros na Comunidade de Caramuru, próximo à residência da senhora Renato Plaster, neste Município.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2558/084_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2558/084_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realização da pavimentação da ladeira na Comunidade de Ribeirão dos Pardos, próxima à propriedade da família Pedro da Silva, neste Município.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2545/085_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2545/085_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a substituição de 1 (um) bueiro usando manilhas maiores de no mínimo 0,60 na Comunidade de Cabeceira de Rio Bonito, no trecho próximo à residência do senhor Martin Baebler, neste Município.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2546/086_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2546/086_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a construção de um Campo Society, ao lado da praça saudável no Complexo Esportivo Hermínio Braz, na sede do Município.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2547/087_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2547/087_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de contratação de 01 (um) fisioterapeuta para atender aos cidadãos residentes da comunidade de Caramuru, na área rural, deste Município.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2548/088_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2548/088_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DEUCIMAR ROMAGNA - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços objetivando a reforma da ponte de madeira (pranchão) localizada na Comunidade de Crubixá, próximo ao terreno da família Reich, neste Município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2559/089_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2559/089_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalação de um corrimão de proteção na escadaria Jair Amorim, na sede do Município.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2552/090_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2552/090_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a construção de banco de reservas no Estádio Municipal Laerte Rogério Neves, localizado no Complexo Esportivo Hermínio Braz, na sede do Município.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2553/091_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2553/091_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores LUZINETE DEGASPERI LEPPAUS – PTB e ROSIMAR JOSE LAHAS – CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada principal da Comunidade de Rio das Pedras, no trecho próximo à residência do senhor Ermindo Kuster, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2560/092_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2560/092_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS - CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento na estrada principal da comunidade de Caramuru de Baixo, no trecho compreendido entre a propriedade do senhor Vandelino Schaeffer até a propriedade do Senhor Jucelino Calot, neste Município.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2567/093_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2567/093_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS – CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada principal da Comunidade de Rio das Pedras, no trecho próximo à residência do senhor Paulo Lahass, neste Município.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Jefinho, Nelson Lichtenheld, Rosimar José Lahas</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2568/094_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2568/094_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores JEFFERSON RODRIGUES – PDT e NELSON LICHTENHELD - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de uma nova ponte, em substituição à estrutura existente na estrada localizada na Comunidade de Caramuru, área rural, deste município, próximo ao Material de Construção Boldt, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2569/095_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2569/095_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalação de 02 (dois) postes para integrar a rede de iluminação pública, no trecho próximo ao futuro comércio do senhor João Carlos (Carlinho Belarimno), na Rodovia ES080, na comunidade do Chaves, próximo a Ponte do Balanço, neste Município.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2590/096_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2590/096_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalação de diversos postes no percurso de aproximadamente 300 metros para integrar a rede de iluminação pública, no trecho próximo à Rodovia ES080, na comunidade de Monte Alegre, neste Município.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2571/097_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2571/097_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalação de 02 (duas) telas de proteção no Ginásio de Esportes, na sede do Município, conforme foto anexa.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2591/098_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2591/098_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereadore SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de elaboração e envio de Projeto de Leis a esta Colenda Casa de Leis visando a substituição do atual inventário elétrico de iluminação pública, por luminárias mais eficientes do tipo led, no município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2592/099_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2592/099_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS – CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada principal da Comunidade de Caramuru, no trecho próximo à residência do senhor Valdir Curte, neste Município.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2593/100_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2593/100_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador ROMI CARLOS FACCO MULLER - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços de pintura, reparos nas redes e na iluminação da Quadra Esportiva, localizada na Comunidade de Meia Légua, neste Município.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2596/101_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2596/101_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços objetivando a reforma da ponte de madeira (pranchão) localizada na Comunidade de Rio Bonito, próximo as residências dos senhores Severino Barth e Raulino Miranda, neste Município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Dorgival</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2597/102_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2597/102_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador DORGIVAL BATISTA FILHO – PSB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a reforma geral e ampliação da CEMEI São Judas Tadeu, localizada na Comunidade do Retiro, neste Município.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2598/103_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2598/103_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador ROMI CARLOS FACCO MULLER – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realização da pavimentação da ladeira na Comunidade de Mangaraí, próxima à Igreja Católica, neste Município.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2602/104_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2602/104_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador DORGIVAL BATISTA FILHO – PSB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realização da pavimentação do trecho compreendido entre a estrada caminhos do campo até próximo ao Centro Comunitário, na Comunidade de Retiro, neste Município.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2603/105_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2603/105_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de ser instalado guarda corpo (corrimão) na lateral da ponte localizada próximo à Granja Bromerschenkel, na Comunidade do Rio Bonito, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2605/106_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2605/106_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a instalação de placas de sinalização para estacionamento de ônibus de turismo, próximo a agência dos correios, na sede, neste Município.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2607/107_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2607/107_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a pavimentação de trecho próximo à propriedade dos senhores Belmiro e Jair Schultz, que dá acesso a Comunidade de Alto Califórnia, neste Município.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2608/108_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2608/108_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a revitalização e urbanização, incluindo calçada cidadã, iluminação, paisagismo e nova pavimentação da Ladeira Vereadora Rosalina Ribeiro Nunes, neste Município.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2609/109_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2609/109_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços objetivando a reforma da ponte de madeira (pranchão), próxima à fazenda do senhor Batista, localizada na Comunidade de Nova Coimbra, neste Município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2610/110_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2610/110_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a revitalização e urbanização, incluindo calçada cidadã, iluminação e paisagismo do Complexo Esportivo Hermínio Braz, neste Município.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2611/111_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2611/111_-_2021..pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de buscar providências junto a Escelsa visando a poda das arvores existentes na Rua Costa Pereira, na sede deste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2617/112_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2617/112_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços objetivando a reforma da ponte de madeira (pranchão) popularmente conhecida como (´´ponte do bonito``) ou substituição por ponte de concreto, próxima à propriedade do senhor Evandro Furtado, localizada na Comunidade de Mangaraí, neste Município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2618/113_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2618/113_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços de calçamento de trecho do Hospital Nossa Senhora da Penha, neste Município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2622/114_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2622/114_-_2021..pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços objetivando a reforma da ponte de madeira (pranchão) ou substituição por ponte de concreto, próxima à EMUEF Chaves, localizada na Comunidade do Chaves, neste Município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2623/115_-_2021..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2623/115_-_2021..pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação de 1200 metros na Comunidade de Caramuru, compreendido entre a residência do senhor Joaci Bellardt até a propriedade da família Krause, neste Município.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2627/116_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2627/116_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores JEFFERSON RODRIGUES – PDT e ROSIMAR JOSE LAHAS - CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realização de serviço de limpeza do córrego existente na Comunidade de Caramuru, no trecho compreendido entre a ponte próxima ao material de construção Boldt até o esterqueiro das granjas do senhor Fredolin Boldt, neste Munícipio.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2628/117_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2628/117_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DORGIVAL BATISTA FILHO – PSB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalação de 13 (treze) postes para integrar a rede de iluminação pública, em 3 trechos na comunidade do Retiro, sendo o primeiro trecho na 1º (primeira) entrada à direita da comunidade, o segundo trecho na 2º (segunda) entrada à direita e o terceiro trecho na estrada principal, próximo à Igreja Evangélica, neste Município.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2629/118_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2629/118_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação do trecho que liga a Rodovia ES-264 até a entrada do Parque Ribeirão dos Pardos, na Comunidade de Ribeirão dos Pardos, neste Município.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2630/119_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2630/119_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores JEFFERSON RODRIGUES – PDT e ROMI CARLOS FACCO MULLER - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na ponte, localizada na Comunidade de Meia-légua, área rural, deste município, próxima a entrada da Cachoeira da referida comunidade, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2631/120_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2631/120_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DEUCIMAR ROMAGNA - PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de instalação de 1 (uma) cabeça de concreto (popularmente conhecida como cabeça de bueiro) ao lado do campo da comunidade do Chaves, na área rural deste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2632/121_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2632/121_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROMI CARLOS FACCO MULLER - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a realização do calçamento na comunidade de Meia Légua, no trecho compreendido entre a Associação dos Produtores Rurais até o cemitério localizado na comunidade, na área rural deste Município.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2633/122_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2633/122_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar o retorno da modalidade do taekwondo, seguindo todos os protocolos de segurança em virtude da COVID-19, neste Município.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2636/123_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2636/123_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores DEUCIMAR ROMAGNA - PTB, DORGIVAL BATISTA FILHO - PSB, JEFFERSON RODRIGUES - PDT, LUZINETE DEGASPERI LEPPAUS - PTB, NELSON LICHTENHELD - PTB, ROMI CARLOS FACCO MULLER - PDT, ROSIMAR JOSE LAHAS - CIDADANIA, SERGIO ANGELI LAGO - PDT e VALDEMIRO BARTH - PSDB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, no sentido de promover o pagamento de abono aos profissionais/professores da Educação da Rede Municipal de Ensino de Santa Leopoldina.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2637/124_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2637/124_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento, no trecho da ladeira próximo a residência da família Kuster, na comunidade de Caramuru, neste Município.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2643/125_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2643/125_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador ROSIMAR JOSE LAHAS – CIDADANIA, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a inclusão de 2 (duas) manilhas de no mínimo 0,60cm, na Comunidade de Rio das Pedras, no trecho próximo à residência do senhor Leomar Schaeffer, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2644/126_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2644/126_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a construção de cobertura no local onde é armazenado as barracas e demais materiais utilizados pelos agricultores familiares, na Feira da Agricultura Familiar, neste Município.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2646/127_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2646/127_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DORGIVAL BATISTA FILHO – PSB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de alargar 4 (quatro) lombadas no trecho compreendido entre a residência da senhora conhecida como Guerdinha, localizada na Rua José Machado de Alvarenga, até a entrada da comunidade de Vila Nova, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2647/128_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2647/128_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços de reparos e manutenção ao longo das ruas e avenidas, na sede do Município.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2648/129_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2648/129_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de uma nova ponte, em substituição à estrutura existente na estrada localizada na Comunidade de Caramuru, área rural, próximo a Capela da Fé, neste município.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2651/130_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2651/130_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador NELSON LICHTENHELD – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a substituição de 1 (um) bueiro usando manilhas maiores de no mínimo 0,60cm, localizado entre a residência do senhor Gilson Furtado e a oficina do Mazinho, localizada na Comunidade do Chaves, área rural, neste município.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Jefinho, Mazinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2652/131_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2652/131_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores JEFFERSON RODRIGUES – PDT e DEUCIMAR ROMAGNA - PTB com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICAM ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de construir um MIRANTE com vista para o sumidouro, visando a valorização do local, situado próximo a entrada da Rua do Funil, neste Município, conforme imagem anexa.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2654/132_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2654/132_-_2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora LUZINETE DEGASPERI LEPPAUS – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realização da pavimentação da ladeira na Comunidade de Califórnia, próxima à Igreja Católica, neste Município.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2655/133_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2655/133_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DORGIVAL BATISTA FILHO – PSB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação de 400 metros na Comunidade de Ribeirão dos Pardos, compreendido entre a Cachoeira do Gonoring até a propriedade do senhor Gilberto Fernandes de Paula, neste Município.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2656/134_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2656/134_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DEUCIMAR ROMAGNA – PTB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de CONSTRUÇÃO de um muro de contenção à margem da ladeira Ricardo Luiz Pagung, situada na Rua Marechal Floriano Peixoto, localizada no centro da cidade, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2657/135_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2657/135_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, senhor Romero Luiz Endringer, que realize a criação do Conselho Municipal dos Direitos da Mulher no Munícipio de Santa Leopoldina, conforme minuta de Projeto anexo.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2661/136_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2661/136_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador SERGIO ANGELI LAGO - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de proceder junto a empresa responsável para que realize a reforma e manutenção da repetidora de tv de sinal aberto, neste Município.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2662/137_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2662/137_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação de 400 metros na Comunidade de Ribeirão dos Pardos, no trecho logo após a entrada da Cachoeira das Andorinhas, até bifurcação sentido comunidade de Luxemburgo de Baixo, neste Município.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2664/138_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2664/138_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a revitalização e urbanização, incluindo calçada cidadã, iluminação, paisagismo e nova pavimentação da Rua Costa Pereira, neste Município.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Jefinho, Luzinete Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2666/139_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2666/139_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES - PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de utilizar caminhão pipa para realização de limpeza mensal das ruas na sede, neste Município.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2667/140_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2667/140_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DORGIVAL BATISTA FILHO – PSB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizado o remanejamento dos aparelhos da praça saudável do Complexo Esportivo Hermínio Braz para a utilização da Associação de Produtores Rurais de Rio do Meio e Fumaça – APROMEF, ficando a associação responsável pela manutenção e conservação dos referidos aparelhos, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2668/141_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2668/141_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador DORGIVAL BATISTA FILHO – PSB, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, para que seja construída ponte de concreto em substituição da atual ponte de madeira, próximo a propriedade da família Sabino, localizada entre as comunidades de Rio do Meio e Meia-légua, na área rural deste Município, conforme imagem anexa.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2669/142_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2669/142_-_2021.pdf</t>
   </si>
   <si>
     <t>O Vereador JEFFERSON RODRIGUES – PDT, com fundamento no artigo 164, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, senhor Romero Luiz Endringer, a necessidade de construção de uma faixa elevada para pedestres, na Rua José de Anchieta Fontana, em frente à escadaria que fica próxima ao Jardim de Infância, neste Município.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifestam MOÇÃO DE APLAUSO, ao Instituto Capixaba de Pesquisa, Assistência Técnica e Extensão Rural ( INCAPER), por seus 65 anos de existência e de trabalho desenvolvido, ajudando e valorizando a agricultura, neste Município.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Nelson Lichtenheld, Romi Carlos Facco Muller, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2615/projeto_de_emenda_a_lei_organica_001-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2615/projeto_de_emenda_a_lei_organica_001-2021.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 54 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Romero Luiz Endringer</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2437/novo_projeto_de_lei_001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2437/novo_projeto_de_lei_001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE PARCERIA ENTRE O MUNICÍPIO DE SANTA LEOPOLDINA E A FEDERAÇÃO DE ASSOCIAÇÕES DE AGRICULTORES FAMILIARES DO MUNICÍPIO DE SANTA LEOPOLDINA - FEAFS, COM TRANSFERÊNCIA DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2438/projeto_de_lei_002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2438/projeto_de_lei_002.pdf</t>
   </si>
   <si>
     <t>INCLUI NO PPA, LEI MUNICIPAL Nº 1620/2017, PROJETO/ATIVIDADE E ELEMENTO DE DESPESA.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2439/projeto_de_lei_003.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2439/projeto_de_lei_003.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSITIVOS NA LEI MUNICIPAL Nº 1734/2020, QUE TRATA DAS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO PARA O EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2440/projeto_de_lei_004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2440/projeto_de_lei_004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DE 2021.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2447/projeto_de_lei_005.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2447/projeto_de_lei_005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE TERMO DE COLABORAÇÃO FINANCEIRA QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE DE SANTA LEOPOLDINA, PARA TRANSFERÊNCIA DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2469/006_-_projeto_de_lei.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2469/006_-_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO – CACS FUNDEB EM SUBSTITUIÇÃO AS LEIS Nº 1204/2007 E 1207/2008, TENDO EM VISTA O NOVO FUNDEB.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2493/007_-_projeto_de_lei.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2493/007_-_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE BENS MUNICIPAIS PARA TERCEIROS, DE ACORDO COM OS ARTS. 79, XXVIII, 108 E 112 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2500/projeto_de_lei_008.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2500/projeto_de_lei_008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER BOLSA DE FORMAÇÃO AOS PROFISSIONAIS DA SECRETARIA DE SAÚDE, VINCULADOS AO PROGRAMA DE QUALIFICAÇÃO DA ATENÇÃO PRIMÁRIA À SAÚDE.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2501/projeto_de_lei_009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2501/projeto_de_lei_009.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI MUNICIPAL Nº 1086/2005.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2550/projeto_de_lei_010.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2550/projeto_de_lei_010.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 6º, INCISO VI, DA LEI Nº 1629/2018 QUE CRIA O FUNDO MUNICIPAL DE EDUCAÇÃO - FME.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>Jefinho, Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2551/projeto_de_lei_011.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2551/projeto_de_lei_011.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Gengibre no Município de Santa Leopoldina/ES.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Mazinho, Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2555/projeto_de_lei_012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2555/projeto_de_lei_012.pdf</t>
   </si>
   <si>
     <t>DENOMINA "RUA DO FUNIL"</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2557/projeto_de_lei_013.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2557/projeto_de_lei_013.pdf</t>
   </si>
   <si>
     <t>INSTITUI A FESTA CULTURAL RAÍZES NO MUNÍCIPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2556/projeto_de_lei_014.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2556/projeto_de_lei_014.pdf</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2562/015_-_projeto_de_lei.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2562/015_-_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO § 1º DO ARTIGO 1º DA LEI MUNICIPAL Nº 1458/2013, QUE DISPÕE SOBRE O TICKET FEIRA.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2563/016_-_projeto_de_lei.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2563/016_-_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM A FUNDAÇÃO MÉDICO ASSISTENCIAL DO TRABALHADOR RURAL DE SANTA LEOPOLDINA, PARA COBERTURA DE DESPESAS DE CUSTEIO.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2564/017_-_projeto_de_lei.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2564/017_-_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE PREVIDÊNCIA COMPLEMENTAR NO ÂMBITO DO MUNICÍPIO DE SANTA LEOPOLDINA-ES; FIXA O LIMITE MÁXIMO PARA A CONCESSÃO DE APOSENTADORIAS E PENSÕES PELO REGIME DE PREVIDÊNCIA DE QUE TRATA O ART. 40 DA CONSTITUIÇÃO FEDERAL; AUTORIZA A ADESÃO AO PLANO DE BENEFÍCIOS DE PREVIDÊNCIA COMPLEMENTAR; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2573/pl_018.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2573/pl_018.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE TURISMO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2584/projeto_de_lei_019-2021_novo.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2584/projeto_de_lei_019-2021_novo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DO ARTESANATO POPULAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2589/projeto_de_lei_020.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2589/projeto_de_lei_020.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE INCLUSÃO DIGITAL NA EDUCAÇÃO BÁSICA E REGULAMENTA A CESSÃO DE USO DE SEUS EQUIPAMENTOS NO MUNICÍPIO DE SANTA LEOPOLDINA/ES, NO ÂMBITO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2599/novo_projeto_de_lei_021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2599/novo_projeto_de_lei_021.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE SANTA LEOPOLDINA-ES, A OBRIGATORIEDADE DE REALIZAÇÃO DE PROCESSO SELETIVO PÚBLICO PARA A CONTRATAÇÃO DE AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE ÀS ENDEMIAS (ACE).</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2600/022_-_projeto_de_lei.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2600/022_-_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 223 DA LEI MUNICIPAL Nº 735/91 QUE DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2606/projeto_de_lei_023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2606/projeto_de_lei_023.pdf</t>
   </si>
   <si>
     <t>Denomina como “Escola Municipal Pluridocente de Educação Infantil e Ensino Fundamental Lourival Krause”.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2612/projeto_de_lei_024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2612/projeto_de_lei_024.pdf</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2613/projeto_de_lei_025.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2613/projeto_de_lei_025.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSITIVOS NA LEI MUNICIPAL Nº. 1734/2020, QUE ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2614/projeto_de_lei_026.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2614/projeto_de_lei_026.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DE 2021 DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2619/mensagem_021-2021_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2619/mensagem_021-2021_aprovada.pdf</t>
   </si>
   <si>
     <t>REVOGA "IN TOTUM" A LEI N.º 1.723/2020.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2620/projeto_de_lei_028.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2620/projeto_de_lei_028.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA DOS CANOEIROS.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2624/projeto_de_lei_029.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2624/projeto_de_lei_029.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO, PARA O EXERCÍCIO DE 2022 A 2025.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2625/projeto_de_lei_030.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2625/projeto_de_lei_030.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SANTA LEOPOLDINA, ESTADO DO ESPÍRITO SANTO, PARA O EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2626/projeto_de_lei_031.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2626/projeto_de_lei_031.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS PARA O EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2634/projeto_de_lei_032.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2634/projeto_de_lei_032.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE BEM PÚBLICO MUNICIPAL PARA TERCEIROS, DE ACORDO COM OS ARTS. 79, XXVIII 108 E 112 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2635/projeto_de_lei_033.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2635/projeto_de_lei_033.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA, NO ÂMBITO DO MUNICÍPIO DE SANTA LEOPOLDINA-ES, A FORMA DE PAGAMENTO DO ADICIONAL POR PARTICIPAÇÃO CONCEDIDO AOS SERVIDORES ATUANTES NAS EQUIPES DE ESTRATÉGIA DE SAÚDE DA FAMILÍA.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>Jefinho, Dorgival, Mazinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2649/projeto_de_lei_034.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2649/projeto_de_lei_034.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA DERLINDA NASCIMENTO CELESTINO.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2650/projeto_de_lei_035.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2650/projeto_de_lei_035.pdf</t>
   </si>
   <si>
     <t>DISPÔE SOBRE A CONCESSÃO DE ABONO-FUNDEB AOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2658/projeto_de_lei_036.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2658/projeto_de_lei_036.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 89 DA LEI MUNICIPAL Nº 1424/2012, DE 29 DE OUTUBRO DE 2021, QUE DISPÕE SOBRE O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2665/projeto_de_lei_037-2021_novo.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2665/projeto_de_lei_037-2021_novo.pdf</t>
   </si>
   <si>
     <t>INSTITUI NORMAS PARA LICITAÇÕES NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, VISANDO A DESBUROCRATIZAÇÃO NAS LICITAÇÕES PÚBLICAS.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2671/mensagem_031-2021_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2671/mensagem_031-2021_aprovada.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N º 1695/2019, QUE TRATA DO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE SANTA LEOPOLDINA E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2672/projeto_de_lei_no_039-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2672/projeto_de_lei_no_039-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO CHEFE DO PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM A FUNDAÇÃO MÉDICO ASSISTENCIAL DO TRABALHADOR RURAL DE SANTA LEOPOLDINA, PARA COBERTURA DE DESPESAS DE CUSTEIO.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2673/projeto_de_lei_040-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2673/projeto_de_lei_040-2021.pdf</t>
   </si>
   <si>
     <t>INCLUI NO PPA, LEI MUNICIPAL Nº 1768/2021, UNIDADE ORÇAMENTÁRIA, PROJETO/ATIVIDADE E ELEMENTO DE DESPESA.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2674/projeto_de_lei_041-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2674/projeto_de_lei_041-2021.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSITIVOS NA LEI MUNICIPAL Nº 1769/2021, QUE ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2675/projeto_de_lei_042-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2675/projeto_de_lei_042-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DE 2022.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2676/projeto_de_lei_no_043-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2676/projeto_de_lei_no_043-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE PARCERIA ENTRE O MUNICÍPIO DE SANTA LEOPOLDINA E A FEDERAÇÃO DE ASSOCIAÇÕES DE AGRICULTORES FAMILIARES DO MUNICÍPIO DE SANTA LEOPOLDINA – FEAFS, COM TRANSFERÊNCIA DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2670/projeto_de_lei_complementar_001-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2670/projeto_de_lei_complementar_001-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DA TAXA DE MANEJO DE RESÍDUOS SÓLIDOS – TMRS NO MUNICÍPIO DE SANTA LEOPOLDINA, E DÀ OUTRAS PROVIDÊNCIAS, EM ANTENDIMENTO À LEI FEDERAL Nº 14.026/2020.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2412/projeto_de_resolucao_no_001-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2412/projeto_de_resolucao_no_001-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LAVRATURA DAS ATAS DAS SESSÕES DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2458/projeto_de_resolucao_no_002.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2458/projeto_de_resolucao_no_002.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DOS ARTIGOS 82 E 84 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA                   E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2463/projeto_de_resolucao_no_003.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2463/projeto_de_resolucao_no_003.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DOS ARTIGOS 33 E 37 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2464/projeto_de_resolucao_no_004.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2464/projeto_de_resolucao_no_004.pdf</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 89 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>Jefinho, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2465/projeto_de_resolucao_005-2021_novo.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2465/projeto_de_resolucao_005-2021_novo.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DOS ARTIGOS 23, 36, 153, 154, 155 E 158 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2574/projeto_de_resolucao_no_006.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2574/projeto_de_resolucao_no_006.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O SISTEMA DE REGISTRO DE PREÇOS NO PODER LEGISLATIVO DO MUNICÍPIO DE SANTA LEOPOLDINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2575/projeto_de_resolucao_no_007.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2575/projeto_de_resolucao_no_007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROPOSTA DAS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA – ES.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2576/projeto_de_resolucao_no_008.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2576/projeto_de_resolucao_no_008.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE FIXAÇÃO DAS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCÍCIO DO ANO 2022.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2577/projeto_de_resolucao_009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2577/projeto_de_resolucao_009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA PARA ELABORAÇÃO DO PLANO PLURIANUAL DE INVESTIMENTOS REFERENTE AO PODER LEGISLATIVO MUNICIPAL 2022 A 2025.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2586/projeto_de_resolucao_no_010.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2586/projeto_de_resolucao_no_010.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO A RESOLUÇÃO Nº. 002/2020, QUE DISPÕE SOBRE PROPOSTA DAS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA – ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2587/projeto_de_resolucao_no_011.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2587/projeto_de_resolucao_no_011.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ELEMENTO DE DESPESA A RESOLUÇÃO Nº. 003/2020, QUE DISPÕE SOBRE A PROPOSTA DE FIXAÇÃO DAS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCÍCIO DO ANO 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2588/projeto_de_resolucao_no_012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2588/projeto_de_resolucao_no_012.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ELEMENTO DE DESPESA A RESOLUÇÃO Nº. 006/2017, QUE DISPÕE SOBRE A PROPOSTA PARA ELABORAÇÃO DO PLANO PLURIANUAL DE INVESTIMENTOS REFERENTE AO PODER LEGISLATIVO MUNICIPAL 2018 A 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2663/projeto_de_resolucao_no_013-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2663/projeto_de_resolucao_no_013-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a filiação desta Câmara Municipal à Associação das Câmaras Municipais e dos Vereadores (as) do Espírito Santo – ASCAMVES, autoriza pagamento de contribuição e dá outras providencias.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Rosimar José Lahas, Dorgival, Jefinho, Luzinete Leppaus, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2399/requerimento_001-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2399/requerimento_001-2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), LUZINETE DEGASPERI LEPPAUS (PTB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168 do Regimento Interno desta Casa de Leis, vêm à presença de Vossa Excelência, REQUERER seja encaminhado ofício à empresa EDP Escelsa no sentido de solicitar providências para realizar vistoria na rede de energia elétrica da Comunidade de Caramuru de Baixo, neste Município, a fim de averiguar a causa das constantes quedas e interrupções no fornecimento de tal serviço aos consumidores daquela localidade.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>Sérgio Angeli Lago, Dorgival, Jefinho, Luzinete Leppaus, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2400/requerimento_002-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2400/requerimento_002-2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), LUZINETE DEGASPERI LEPPAUS (PTB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168 do Regimento Interno desta Casa de Leis, vêm à presença de Vossa Excelência, REQUERER seja encaminhado ofício à empresa EDP Escelsa no sentido de solicitar providências para realizar vistoria na rede de energia elétrica da Comunidade de Santo Antônio, neste Município, a fim de averiguar a causa das constantes quedas e interrupções no fornecimento de tal serviço aos consumidores daquela localidade.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2411/003_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2411/003_-_2021.pdf</t>
   </si>
   <si>
     <t>NELSON LICHTENHELD (PTB) e JEFFERSON RODRIGUES (PDT), Vereadores com assento nesta Casa Legislativa, com base no artigo 168, do Regimento Interno desta Casa de Leis, vêm REQUERER a expedição de ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, solicitando a reforma da ponte e construção de 1 (uma) passarela, bem como 1 (um) guarda corpo (corrimão) na lateral da ponte localizada na comunidade do Rio da Prata, zona rural, neste município.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2432/004_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2432/004_-_2021.pdf</t>
   </si>
   <si>
     <t>JEFFERSON RODRIGUES (PDT) e DEUCIMAR ROMAGNA (PTB), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, para que seja concluída a construção de calçadas para pedestres na rodovia que liga o bairro Funil ao Centro de Santa Leopoldina, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2433/005_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2433/005_-_2021.pdf</t>
   </si>
   <si>
     <t>JEFFERSON RODRIGUES (PDT), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, no sentido de realizar a retirada de 1 (um) bloco de pedra e a reparação do asfalto da Rodovia ES 355, próximo ao bairro do Funil, neste município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2417/006_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2417/006_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, para que seja feita a instalação de redutor de velocidade (radar) ao final da Rua Luiz Antônio de Almeida (Rodovia ES 264), na sede deste Município.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2441/007_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2441/007_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, para que seja feita a instalação de guard rail (defensa metálica) ao final da Rua Luiz Antônio de Almeida (Rodovia ES 264), na sede deste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2442/008_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2442/008_-_2021.pdf</t>
   </si>
   <si>
     <t>NELSON LICHTENHELD (PTB) e JEFFERSON RODRIGUES (PDT), Vereadores com assento nesta Casa Legislativa, com base no artigo 168, do Regimento Interno desta Casa de Leis, vêm REQUERER a expedição de ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, solicitando a reforma da ponte e construção de 1 (uma) passarela, bem como 1 (um) guarda corpo (corrimão) na lateral da ponte (popularmente conhecido como ponto do balanço) localizada na comunidade do Chaves, zona rural, neste município.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2443/009_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2443/009_-_2021.pdf</t>
   </si>
   <si>
     <t>JEFFERSON RODRIGUES (PDT), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER seja expedido ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, solicitando a realização de serviços de reparos e manutenção do guarda corpo de proteção da ponte situada nas proximidades da Usina da Suíça, neste município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2444/010_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2444/010_-_2021.pdf</t>
   </si>
   <si>
     <t>SERGIO ANGELI LAGO (PDT), vereador com assento nesta Casa Legislativa, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vêm REQUERER seja expedido ofício ao Prefeito Municipal, Sr. Romero Luiz Endringer, solicitando informação sobre o pagamento da indenização de transporte, prevista na Lei Municipal nº. 1723/2020, aos Agentes Comunitários de Saúde e aos Agentes de Combate às Endemias, do Executivo Municipal._x000D_
 _x000D_
 Caso não esteja sendo paga tal indenização, solicita providências no sentido de dar efetivo cumprimento às disposições da Lei Municipal nº. 1723/2020, mediante ato regulamentar apropriado, caso não tenha sido editado.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2445/011_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2445/011_-_2021.pdf</t>
   </si>
   <si>
     <t>SERGIO ANGELI LAGO (PDT), vereador com assento nesta Casa Legislativa, com base no artigo 168, inciso II, do Regimento Interno desta Casa de Leis, vêm REQUERER seja expedido ofício ao Prefeito Municipal, Sr. Romero Luiz Endringer, solicitando informação sobre o pagamento do piso salarial, previsto na Lei Federal nº 13.708, de 14 de agosto de 2018, aos Agentes Comunitários de Saúde e aos Agentes de Combate às Endemias, do Executivo Municipal._x000D_
 _x000D_
 Caso não esteja sendo pago, solicita providências no sentido de dar efetivo cumprimento às disposições da Lei Federal nº 13.708, de 14 de agosto de 2018.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2448/012_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2448/012_-_2021.pdf</t>
   </si>
   <si>
     <t>SERGIO ANGELI LAGO (PDT), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, com a finalizadde de tomar providências para que seja realizada a poda de árvore, localizada na propriedade do senhor Jeovane Facco (mais conhecido como Jeovane da Barra), sentido Santa Leopoldina a Barra de Mangaraí, neste município, conforme imagem anexa, tendo em vista que os galhos estão invadindo a Rodovia ES 080, colocando em risco a segurança do tráfego na rodovia citada.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2449/013_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2449/013_-_2021.pdf</t>
   </si>
   <si>
     <t>NELSON LICHTENHELD (PTB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER seja expedido ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, solicitando a realização de serviços de roçagem e limpeza nas margens da Rodovia ES 080, trecho que liga o Município de Santa Leopoldina a Santa Teresa.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2504/014_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2504/014_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER seja expedido ofício ao Prefeito Municipal, Sr. Romero Luiz Endringer, solicitando informações sobre a ocupação das casas populares, situada no Complexo Esportivo Hermínio Braz, neste Município, conforme segue:_x000D_
 _x000D_
 •	Relação completa das pessoas cadastradas para residir nas referidas casas populares, e se todos ainda ocupam as mesmas até a presente data;_x000D_
 •	Se existe alguma casa sem utilização, se afirmativa a resposta, qual o motivo da não utilização do imóvel;_x000D_
 •	Dos moradores cadastrados para a utilização dos imóveis, existe algum morando irregularmente, que não se enquadra nos critérios para utilização do referido imóvel.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2451/015_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2451/015_-_2021.pdf</t>
   </si>
   <si>
     <t>LUZINETE DEGASPERI LEPPAUS (PTB), na condição de Vereadora da Câmara Municipal de Santa Leopoldina/ES, com fundamento no artigo 168, inciso II, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem REQUERER a expedição de ofício a EDP Escelsa, no sentido de solicitar a realização de poda das árvores localizadas ao longo da rede elétrica, na Rua José Vieira, na sede, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2459/016_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2459/016_-_2021.pdf</t>
   </si>
   <si>
     <t>ROMI CARLOS FACCO MULLER (PDT), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com fundamento no artigo 168, inciso II, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem REQUERER a expedição de ofício a EDP Escelsa, no sentido de solicitar a realização de poda das árvores localizadas ao longo da rede elétrica, na Rua João Batista Veronesi, na comunidade de Barra de Mangaraí, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2460/017_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2460/017_-_2021.pdf</t>
   </si>
   <si>
     <t>JEFFERSON RODRIGUES (PDT), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER seja expedido ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, solicitando a instalação de guard rails no trecho próximo a Cachoeira Véu de Noiva, na Rodovia ES 080, que liga o Município de Santa Leopoldina a Santa Teresa.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Mazinho, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2468/018_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2468/018_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), LUZINETE DEGASPERI LEPPAUS (PTB), JEFFERSON RODRIGUES (PDT), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, vêm à presença de Vossa Excelência REQUERER, seja convocada a Presidente do Instituto de Previdência de Santa Leopoldina, Srª. Patricia Telles Leppaus, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 24 de março de 2021, às 17h00min.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2505/019_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2505/019_-_2021.pdf</t>
   </si>
   <si>
     <t>NELSON LICHTENHELD (PTB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com fundamento no artigo 168, inciso II, do Regimento Interno da Câmara Municipal de Santa Leopoldina, vem REQUERER a expedição de ofício a EDP Escelsa, no sentido de solicitar a realização de poda das árvores ao longo da rede elétrica, localizada no trecho próximo à residência da senhora Rosalina Krause, passando pela propriedade do senhor Cesar Vassoler, na Comunidade de Caramuru, neste Município.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2537/020_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2537/020_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), LUZINETE DEGASPERI LEPPAUS (PTB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168 do Regimento Interno desta Casa de Leis, vêm à presença de Vossa Excelência, REQUERER que seja expedido ofício ao Prefeito Municipal, Sr. Romero Luiz Endringer, solicitando informações sobre os profissionais das equipes do Programa de Saúde da Família do Município de Santa Leopoldina, em especial, Médicos e Enfermeiros, no período de janeiro de 2020 até a presente data, conforme segue:_x000D_
 _x000D_
 •	Relação completa do controle de frequência dos profissionais em referência;_x000D_
 •	Relação de todos os atestados médicos apresentados pelos profissionais;_x000D_
 •	Informar a carga horária exigida para cada profissional.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2554/021_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2554/021_-_2021.pdf</t>
   </si>
   <si>
     <t>SERGIO ANGELI LAGO (PDT), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168 do Regimento Interno desta Casa de Leis, vêm REQUERER seja expedido ofício ao Diretor Geral do Detran/ES, Sr. Givaldo Vieira, solicitando que seja alterada a localização da placa de sinalização de ´´proibido virar à direita`` na esquina da ladeira Cesar Muller, no Município de Santa Leopoldina, conforme foto anexa.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2565/requerimento_022-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2565/requerimento_022-2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168 do Regimento Interno desta Casa de Leis, vem requerer seja expedido ofício à Presidente do Instituto de Previdência do Município de Santa Leopoldina, Srª. Patricia Telles Leppaus, solicitando cópia da relação dos repasses pendentes, se houver, da Prefeitura Municipal para o Instituto de Previdência, no período de janeiro de 2013 até a presente data (encaminhando a relação anual).</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2566/requerimento_023-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2566/requerimento_023-2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168 do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de ofício a EDP Escelsa, solicitando as seguintes informações:_x000D_
 _x000D_
 •	De quem é a obrigação de organizar cabos e fios nos postes da rede elétrica com vistas a evitar a poluição visual?;_x000D_
 •	De quem é a obrigação de retirar cabos e fios deixados em via pública, após manutenção ou reparo da rede?;_x000D_
 •	De quem é a obrigação de retirar galhos deixados em via pública, após realização de podas no município?</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2572/requerimento_024-2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2572/requerimento_024-2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 16, inciso X, da Lei Orgânica do Município de Santa Leopoldina, vem à presença de Vossa Excelência REQUERER, seja convocado o responsável pelo setor de Transportes da Educação, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 11 de agosto de 2021, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •Complementação das ações desenvolvidas pela coordenadoria na atual administração, a partir de janeiro de 2021, bem como metas para próximos três anos, e outros assuntos correlatos_x000D_
 •Licitações realizadas e contratos administrativos relacionados a coordenadoria (Execução e Fiscalização)_x000D_
 •Condições dos veículos e manutenção da frota</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>Mazinho, Dorgival, Jefinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2578/025_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2578/025_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), Vereador com assento nesta Casa Legislativa, com fundamento no artigo 168, inciso II, do Regimento Interno da Câmara Municipal, vem  à presença de Vossa Excelência REQUERER a expedição de ofício ao Governo do Estado solicitando ao DER-ES (Departamento de Estradas de Rodagem do Estado do Espírito Santo) providência no sentido de realizar a pavimentação em REVSOL na Rodovia ES 264, que liga os Municípios de Santa Leopoldina e Fundão, nos mesmos padrões do trabalho que foi executado na ES 080, no trecho que de ligação entre os municípios de Santa Leopoldina e Santa Teresa .</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>Sérgio Angeli Lago, Dorgival, Jefinho, Mazinho, Nelson Lichtenheld, Rosimar José Lahas, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2581/026_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2581/026_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168 do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de ofício a EDP Escelsa, solicitando a substituição de poste localizado na Rua Marechal Floriano Peixoto, na sede do Município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2601/027_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2601/027_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, para que sejam realizados reparos no bueiro e alargamento das laterais da estrada principal da ES 264, no trecho próximo ao Hotel Fazenda Lua Nova, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2616/028_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2616/028_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB) Vereador com assento nesta Casa Legislativa, com base no artigo 168, do Regimento Interno desta Casa de Leis, vêm REQUERER a expedição de ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, solicitando a construção de 1 (uma) passarela na lateral da ponte (popularmente conhecido como Ponte Nazaré) localizada na Rodovia ES 080, na comunidade de Crubixá, neste município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2641/029_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2641/029_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, inciso III, do Regimento Interno desta Casa de Leis, vem REQUERER PEDIDO DE INFORMAÇÕES ao Prefeito Municipal, Senhor Romero Luiz Endringer, e ao Secretário Municipal de Obras, pra que encaminhe cópia de todo o processo (na íntegra) referente à obra realizada para construção da nova sede da Creche São Francisco de Assis, localizada neste Município, pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2653/030_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2653/030_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), na condição de Vereador da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER seja expedido ofício ao Secretário de Estado da Agricultura, Abastecimento, Aquicultura e Pesca (SEAG), Sr. Paulo Roberto Foletto, solicitando providências no sentido de realizar serviços de reparo e manutenção no calçamento, localizado no início da Rua do Funil até o final do trecho pavimentado em referência, neste Município, proveniente do projeto ´´Caminhos do Campo``.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2659/031_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2659/031_-_2021.pdf</t>
   </si>
   <si>
     <t>DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), na condição de Vereadores da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de ofício ao Delegado-geral da Polícia Civil do Estado do Espírito Santo, Dr. José Darcy Santos Arruda, solicitando a designação de 02 (dois) investigadores aprovados no concurso público nº 001/2018, para a Delegacia da Polícia Civil do Município de Santa Leopoldina,</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2660/032_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2660/032_-_2021.pdf</t>
   </si>
   <si>
     <t>LUZINETE DEGASPERI LEPPAUS (PTB), na condição de Vereadora da Câmara Municipal de Santa Leopoldina/ES, com base no artigo 168, do Regimento Interno desta Casa de Leis, vem REQUERER a expedição de ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor Luiz Cesar Maretto, solicitando providências no sentido de realizar serviços de reparo e manutenção na Rodovia ES-080, no trecho ao longo deste Município.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>Dorgival, Luzinete Leppaus, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2414/001_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2414/001_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADAIA), SERGIO ANGELI LAGO (PDT) E VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. Janeta Maria Iakel Siller, ocorrido no dia 10 de janeiro de 2021.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADAIA) E SERGIO ANGELI LAGO (PDT), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. Odete Paiva, ocorrido no dia 26 de janeiro de 2021.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2502/003_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2502/003_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) E VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. Napoleão Gouveia Marciel, ocorrido no dia 09 de abril de 2021.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2503/004_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2503/004_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) E VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. Urbano Oliveira Filho, ocorrido no dia 27 de abril de 2021.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2514/006_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2514/006_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) E VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. Alcebíades Degasperi, ocorrido no dia 10 de maio de 2021.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2516/007_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2516/007_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) E VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. Tainara de Souza Baebler, ocorrido no dia 27 de abril de 2021.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>Sérgio Angeli Lago, Dorgival, Jefinho, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2582/008_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2582/008_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) E VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. Bertha Fleger Kruger, ocorrido no dia 08 de agosto de 2021.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2583/009_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2583/009_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) E VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. Rômulo Bernardino, ocorrido no dia 09 de agosto de 2021.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2594/010_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2594/010_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) E VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. Jose Veronesi, ocorrido no dia 22 de agosto de 2021.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2595/011_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2595/011_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) E VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. Antonieta de Araujo Teles, ocorrido no dia 22 de agosto de 2021.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2604/012_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2604/012_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. Jose Luiz Bersan, ocorrido no dia 03 de setembro de 2021.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2638/013_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2638/013_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª Rosane Aparecida Simao Saager, ocorrido no dia 16 de outubro de 2021.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2639/014_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2639/014_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. André Anhert Bromerschenkel, ocorrido no dia 18 de outubro de 2021.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2640/015_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2640/015_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª Julieta Janeta Endringer Grones, ocorrido no dia 15 de outubro de 2021.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2645/017_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2645/017_-_2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado, DEUCIMAR ROMAGNA (PTB), DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) e VALDEMIRO BARTH (PSDB), com assento nesta Colenda Casa de Leis, vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr Valério Lahas Thomes, ocorrido no dia 31 de outubro de 2021.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>MoC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2513/005_-_2021.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2513/005_-_2021.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, por intermédio de seus membros, DORGIVAL BATISTA FILHO (PSB), JEFFERSON RODRIGUES (PDT), LUZINETE DEGASPERI LEPPAUS (PTB), NELSON LICHTENHELD (PTB), ROMI CARLOS FACCO MULLER (PDT), ROSIMAR JOSE LAHAS (CIDADANIA), SERGIO ANGELI LAGO (PDT) E VALDEMIRO BARTH (PSDB), com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifestam suas CONGRATULAÇÕES, à Polícia Civil de Santa Leopoldina, em especial, ao Delegado, Dr. Leandro Barbosa Morais, aos Investigadores: Elson de Oliveira Batista e Elton Luis Gomes, e à Escrivã: Leticia Maria Endringer, pelo excelente trabalho que vem desenvolvendo em nosso Município, bem como pelo êxito na condução da investigação do assassinato da advogada Marinelva Venturim de Paula e do Estilista Iraniano D´ali Atach, ocorrido na comunidade de Colina Verde, neste Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3218,67 +3218,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2401/001_-_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2402/002_-_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2403/003_-_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2404/004_-_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2405/005_-_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2406/006_-_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2407/007_-_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2408/008_-_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2409/009_-_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2410/010_-_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2413/011_-_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2415/012_-_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2416/013_-_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2418/014_-_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2419/015_-_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2420/016_-_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2494/017_-_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2422/018_-_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2423/019_-_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2495/020_-_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2496/021_-_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2426/022_-_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2497/023_-_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2428/024_-_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2429/025_-_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2430/026_-_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2431/027_-_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2434/028_-_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2436/029_-_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2446/030_-_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2476/031_-_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2498/032_-_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2499/033_-_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2506/034_-_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2477/035_-_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2452/036_-_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2453/037_-_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2461/038_-_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2454/039_-_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2517/040_-_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2507/041_-_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2455/042_-_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2508/043_-_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2456/044_-_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2457/045_-_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2462/046_-_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2466/047_-_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2467/048_-_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2523/049_-_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2524/050_-_2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2511/051_-_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2472/052_-_2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2473/053_-_2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2478/054_-_2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2474/055_-_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2475/056_-_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2512/057_-_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2479/058_-_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2480/059_-_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2515/060_-_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2518/061_-_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2519/062_-_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2520/063_-_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2521/064_-_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2522/065_-_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2525/066_-_2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2526/067_-_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2527/068_-_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2528/069_-_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2529/070_-_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2530/071_-_2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2531/072_-_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2532/073_-_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2533/074_-_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2534/075_-_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2535/076_-_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2536/077_-_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2538/078_-_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2539/079_-_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2540/080_-_2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2541/081_-_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2542/082_-_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2543/083_-_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2558/084_-_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2545/085_-_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2546/086_-_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2547/087_-_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2548/088_-_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2559/089_-_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2552/090_-_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2553/091_-_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2560/092_-_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2567/093_-_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2568/094_-_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2569/095_-_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2590/096_-_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2571/097_-_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2591/098_-_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2592/099_-_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2593/100_-_2021..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2596/101_-_2021..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2597/102_-_2021..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2598/103_-_2021..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2602/104_-_2021..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2603/105_-_2021..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2605/106_-_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2607/107_-_2021..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2608/108_-_2021..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2609/109_-_2021..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2610/110_-_2021..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2611/111_-_2021..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2617/112_-_2021..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2618/113_-_2021..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2622/114_-_2021..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2623/115_-_2021..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2627/116_-_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2628/117_-_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2629/118_-_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2630/119_-_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2631/120_-_2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2632/121_-_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2633/122_-_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2636/123_-_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2637/124_-_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2643/125_-_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2644/126_-_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2646/127_-_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2647/128_-_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2648/129_-_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2651/130_-_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2652/131_-_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2654/132_-_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2655/133_-_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2656/134_-_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2657/135_-_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2661/136_-_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2662/137_-_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2664/138_-_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2666/139_-_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2667/140_-_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2668/141_-_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2669/142_-_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2615/projeto_de_emenda_a_lei_organica_001-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2437/novo_projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2438/projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2439/projeto_de_lei_003.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2440/projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2447/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2469/006_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2493/007_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2500/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2501/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2550/projeto_de_lei_010.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2551/projeto_de_lei_011.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2555/projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2557/projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2556/projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2562/015_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2563/016_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2564/017_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2573/pl_018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2584/projeto_de_lei_019-2021_novo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2589/projeto_de_lei_020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2599/novo_projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2600/022_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2606/projeto_de_lei_023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2612/projeto_de_lei_024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2613/projeto_de_lei_025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2614/projeto_de_lei_026.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2619/mensagem_021-2021_aprovada.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2620/projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2624/projeto_de_lei_029.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2625/projeto_de_lei_030.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2626/projeto_de_lei_031.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2634/projeto_de_lei_032.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2635/projeto_de_lei_033.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2649/projeto_de_lei_034.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2650/projeto_de_lei_035.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2658/projeto_de_lei_036.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2665/projeto_de_lei_037-2021_novo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2671/mensagem_031-2021_aprovada.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2672/projeto_de_lei_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2673/projeto_de_lei_040-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2674/projeto_de_lei_041-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2675/projeto_de_lei_042-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2676/projeto_de_lei_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2670/projeto_de_lei_complementar_001-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2412/projeto_de_resolucao_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2458/projeto_de_resolucao_no_002.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2463/projeto_de_resolucao_no_003.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2464/projeto_de_resolucao_no_004.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2465/projeto_de_resolucao_005-2021_novo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2574/projeto_de_resolucao_no_006.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2575/projeto_de_resolucao_no_007.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2576/projeto_de_resolucao_no_008.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2577/projeto_de_resolucao_009.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2586/projeto_de_resolucao_no_010.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2587/projeto_de_resolucao_no_011.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2588/projeto_de_resolucao_no_012.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2663/projeto_de_resolucao_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2399/requerimento_001-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2400/requerimento_002-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2411/003_-_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2432/004_-_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2433/005_-_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2417/006_-_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2441/007_-_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2442/008_-_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2443/009_-_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2444/010_-_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2445/011_-_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2448/012_-_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2449/013_-_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2504/014_-_2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2451/015_-_2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2459/016_-_2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2460/017_-_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2468/018_-_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2505/019_-_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2537/020_-_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2554/021_-_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2565/requerimento_022-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2566/requerimento_023-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2572/requerimento_024-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2578/025_-_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2581/026_-_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2601/027_-_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2616/028_-_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2641/029_-_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2653/030_-_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2659/031_-_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2660/032_-_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2414/001_-_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2502/003_-_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2503/004_-_2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2514/006_-_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2516/007_-_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2582/008_-_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2583/009_-_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2594/010_-_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2595/011_-_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2604/012_-_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2638/013_-_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2639/014_-_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2640/015_-_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2645/017_-_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2513/005_-_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2401/001_-_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2402/002_-_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2403/003_-_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2404/004_-_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2405/005_-_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2406/006_-_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2407/007_-_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2408/008_-_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2409/009_-_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2410/010_-_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2413/011_-_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2415/012_-_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2416/013_-_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2418/014_-_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2419/015_-_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2420/016_-_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2494/017_-_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2422/018_-_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2423/019_-_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2495/020_-_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2496/021_-_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2426/022_-_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2497/023_-_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2428/024_-_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2429/025_-_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2430/026_-_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2431/027_-_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2434/028_-_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2436/029_-_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2446/030_-_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2476/031_-_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2498/032_-_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2499/033_-_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2506/034_-_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2477/035_-_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2452/036_-_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2453/037_-_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2461/038_-_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2454/039_-_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2517/040_-_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2507/041_-_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2455/042_-_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2508/043_-_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2456/044_-_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2457/045_-_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2462/046_-_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2466/047_-_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2467/048_-_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2523/049_-_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2524/050_-_2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2511/051_-_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2472/052_-_2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2473/053_-_2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2478/054_-_2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2474/055_-_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2475/056_-_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2512/057_-_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2479/058_-_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2480/059_-_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2515/060_-_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2518/061_-_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2519/062_-_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2520/063_-_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2521/064_-_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2522/065_-_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2525/066_-_2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2526/067_-_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2527/068_-_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2528/069_-_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2529/070_-_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2530/071_-_2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2531/072_-_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2532/073_-_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2533/074_-_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2534/075_-_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2535/076_-_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2536/077_-_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2538/078_-_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2539/079_-_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2540/080_-_2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2541/081_-_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2542/082_-_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2543/083_-_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2558/084_-_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2545/085_-_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2546/086_-_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2547/087_-_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2548/088_-_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2559/089_-_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2552/090_-_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2553/091_-_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2560/092_-_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2567/093_-_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2568/094_-_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2569/095_-_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2590/096_-_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2571/097_-_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2591/098_-_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2592/099_-_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2593/100_-_2021..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2596/101_-_2021..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2597/102_-_2021..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2598/103_-_2021..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2602/104_-_2021..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2603/105_-_2021..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2605/106_-_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2607/107_-_2021..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2608/108_-_2021..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2609/109_-_2021..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2610/110_-_2021..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2611/111_-_2021..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2617/112_-_2021..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2618/113_-_2021..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2622/114_-_2021..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2623/115_-_2021..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2627/116_-_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2628/117_-_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2629/118_-_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2630/119_-_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2631/120_-_2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2632/121_-_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2633/122_-_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2636/123_-_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2637/124_-_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2643/125_-_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2644/126_-_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2646/127_-_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2647/128_-_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2648/129_-_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2651/130_-_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2652/131_-_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2654/132_-_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2655/133_-_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2656/134_-_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2657/135_-_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2661/136_-_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2662/137_-_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2664/138_-_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2666/139_-_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2667/140_-_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2668/141_-_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2669/142_-_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2615/projeto_de_emenda_a_lei_organica_001-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2437/novo_projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2438/projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2439/projeto_de_lei_003.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2440/projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2447/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2469/006_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2493/007_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2500/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2501/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2550/projeto_de_lei_010.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2551/projeto_de_lei_011.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2555/projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2557/projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2556/projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2562/015_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2563/016_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2564/017_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2573/pl_018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2584/projeto_de_lei_019-2021_novo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2589/projeto_de_lei_020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2599/novo_projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2600/022_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2606/projeto_de_lei_023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2612/projeto_de_lei_024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2613/projeto_de_lei_025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2614/projeto_de_lei_026.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2619/mensagem_021-2021_aprovada.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2620/projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2624/projeto_de_lei_029.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2625/projeto_de_lei_030.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2626/projeto_de_lei_031.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2634/projeto_de_lei_032.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2635/projeto_de_lei_033.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2649/projeto_de_lei_034.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2650/projeto_de_lei_035.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2658/projeto_de_lei_036.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2665/projeto_de_lei_037-2021_novo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2671/mensagem_031-2021_aprovada.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2672/projeto_de_lei_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2673/projeto_de_lei_040-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2674/projeto_de_lei_041-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2675/projeto_de_lei_042-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2676/projeto_de_lei_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2670/projeto_de_lei_complementar_001-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2412/projeto_de_resolucao_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2458/projeto_de_resolucao_no_002.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2463/projeto_de_resolucao_no_003.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2464/projeto_de_resolucao_no_004.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2465/projeto_de_resolucao_005-2021_novo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2574/projeto_de_resolucao_no_006.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2575/projeto_de_resolucao_no_007.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2576/projeto_de_resolucao_no_008.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2577/projeto_de_resolucao_009.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2586/projeto_de_resolucao_no_010.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2587/projeto_de_resolucao_no_011.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2588/projeto_de_resolucao_no_012.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2663/projeto_de_resolucao_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2399/requerimento_001-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2400/requerimento_002-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2411/003_-_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2432/004_-_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2433/005_-_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2417/006_-_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2441/007_-_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2442/008_-_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2443/009_-_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2444/010_-_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2445/011_-_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2448/012_-_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2449/013_-_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2504/014_-_2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2451/015_-_2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2459/016_-_2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2460/017_-_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2468/018_-_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2505/019_-_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2537/020_-_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2554/021_-_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2565/requerimento_022-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2566/requerimento_023-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2572/requerimento_024-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2578/025_-_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2581/026_-_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2601/027_-_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2616/028_-_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2641/029_-_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2653/030_-_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2659/031_-_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2660/032_-_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2414/001_-_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2502/003_-_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2503/004_-_2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2514/006_-_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2516/007_-_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2582/008_-_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2583/009_-_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2594/010_-_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2595/011_-_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2604/012_-_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2638/013_-_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2639/014_-_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2640/015_-_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2645/017_-_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2021/2513/005_-_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H250"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>