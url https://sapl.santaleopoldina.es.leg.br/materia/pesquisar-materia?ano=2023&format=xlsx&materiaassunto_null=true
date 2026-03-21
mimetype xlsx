--- v0 (2026-02-01)
+++ v1 (2026-03-21)
@@ -54,2219 +54,2219 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Nelson Lichtenheld, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2892/indicacao_001-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2892/indicacao_001-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a manutenção do calçamento bastante danificado pelas fortes chuvas na comunidade da Bragança, no local próximo à cachoeira “Gruta da Onça”, neste Município.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2893/indicacao_002-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2893/indicacao_002-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de realizar a recuperação do calçamento e instalação de galerias na Rua Vereador Armando Endringer, no trecho próximo à residência do senhor Dequinha, no bairro Vila Nova, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Luzinete Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2899/indicacao_003-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2899/indicacao_003-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada uma intervenção, em conjunto do Departamento responsável, para a correção de uma placa de sinalização, próximo ao supermercado Arrudão, na sede, neste Município.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Jefinho, Luzinete Leppaus, Nelson Lichtenheld, Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2903/indicacao_04-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2903/indicacao_04-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de CONSTRUÇÃO de um muro de contenção na Escola Municipal de Educação Infantil e Ensino Fundamental Alfredo Leppaus, localizada na comunidade de Holanda, neste município</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Jefinho, Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_05-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_05-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de retorno da coleta de lixo, na comunidade de Boqueirão do Santilho, neste Município.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2905/indicacao_006-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2905/indicacao_006-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de apresentação de um Projeto de Lei, através da Secretaria de Educação constando no orçamento e nas diretrizes municipais a aquisição instalação de aparelhos de ar condicionado nas Escolas Municipais do Município de Santa Leopoldina, assim como foi regulamentado pelo governo estadual (Lei 11.603 de 03 de maio de 2022).</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2906/indicacao_007-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2906/indicacao_007-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços de limpeza urbana e retirada do mato na ladeira entre a Igreja Católica Matriz e o Cruzamento com a Rua Marechal Floriano Peixoto, bairro Centro, neste município.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2914/indicacao_008-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2914/indicacao_008-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalar o sistema de biodigestores nas escolas da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalar placa de identificação na Escola Municipal Pluridocente de Educação Infantil e Ensino Fundamental Janetta Klemz Jacob, na comunidade de Caramuru, neste Município.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de realizar a recuperação do calçamento, no trecho próximo à residência da Senhora Flora, no bairro Vila Nova, neste Município.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2925/indicacao_011-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2925/indicacao_011-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de disponibilizar o serviço de Carro Fumacê nos Bairros Centro e Barra de Mangaraí, neste município.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Rosimar José Lahas</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2921/indicacao_012-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2921/indicacao_012-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços de limpeza e roçagem no calçamento, entre o esterqueiro do Sr. Fredolin Boldt e a Vila Nass,  da comunidade de Caramuru, Zona Rural, neste Município.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2924/indicacao_013-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2924/indicacao_013-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de restabelecer, de forma integral, o atendimento, com veículo da Secretária Municipal de Saúde, aos cidadãos residentes na comunidade de Caramuru, na área rural, deste Município.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2929/indicacao_014-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2929/indicacao_014-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal de Santa Leopoldina, senhor Romero Luiz Endringer, a necessidade de construção de uma faixa elevada para pedestres, assim como a construção de uma calçada com proteção, na Rua João Batista Veronesi, em frente à Escola Municipal de Educação Infantil e Ensino Fundamental Milton Corteletti, na comunidade de Barra de Mangaraí, neste Município.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2930/indicacao_015-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2930/indicacao_015-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de implementação de um sistema de fiação subterrânea ou por dutos no Centro, deste Município.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2931/indicacao_016-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2931/indicacao_016-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de buscar providências junto a Escelsa visando a poda das arvores existentes na Rua Costa Pereira, na sede deste Município.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2939/indicacao_017-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2939/indicacao_017-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento na estrada entre a propriedade do senhor Albertinho Plaster e a propriedade da família Calott na comunidade de Caramuru de Baixo, na área rural deste Município.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2940/indicacao_018-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2940/indicacao_018-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação da rua  José Machado Alvarenga, entre a ponte da entrada do bairro Vila Nova e  a residência da senhora Glenda Groner, na Sede deste Município.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2942/indicacao_019-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2942/indicacao_019-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços de limpeza do jardim ao lado da Escadaria Jair Amorim, no Centro, deste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2943/indicacao_020-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2943/indicacao_020-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de desenvolver um Programa de Segurança Escolar nas escolas da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Mazinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2944/indicacao_021-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2944/indicacao_021-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de construção de um muro de contenção em gabião e calçada, além da substituição das árvores na Rua Luiz Antônio de Almeida, entre o escritório da CESAN e a residência do Sr. Renato Leppaus, na Sede deste município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2945/indicacao_022-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2945/indicacao_022-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada da Comunidade de Tirol, no trecho próximo à residência do senhor Daniel Siller, neste Município.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2946/indicacao_023-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2946/indicacao_023-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de ampliação da área agraciada com e instalação de câmeras de vídeo monitoramento nas principais vias de acesso e saída ao Centro de Santa Leopoldina.</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2950/indicacao_024-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2950/indicacao_024-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada da Comunidade de Caramuru, no trecho em frente ao Bar do Ilário Schneider, neste Município.</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2959/indicacao_25-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2959/indicacao_25-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, no sentido de realizar a construção de nova ponte localizada sobre o ´´Córrego do Macuco``, nas proximidades da Escola Municipal Unidocente de Ensino Fundamental da comunidade do Chaves, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2952/indicacao_026-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2952/indicacao_026-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de construção de pontos de ônibus em alvenaria no Centro, deste Município.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2953/indicacao_027-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2953/indicacao_027-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada da Comunidade de Caramuru, no trecho entre à propriedade do senhor Ervin Klempz e a propriedade do senhor Joaquim Plaster, neste Município.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2956/indicacao_028-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2956/indicacao_028-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar serviços de limpeza na arquibancada e abertura da vala lateral do Estádio Municipal Laerte Rogério Neves, no Bairro Moxafongo, neste Município.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2957/indicacao_029-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2957/indicacao_029-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de buscar providências junto a Escelsa visando a poda das árvores existentes nas imediações da Escola Alice Holzmeister, na sede do Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2958/indicacao_030-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2958/indicacao_030-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realização de serviço de limpeza do córrego existente ao lado da escola - EEEFM Alice Holzmeister, o qual que se estende até o final da Rua Alfredo Leppaus, na Sede do Município.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Jefinho, Nelson Lichtenheld, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2960/indicacao_031-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2960/indicacao_031-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que providencie a disponibilização do espaço da EMUEF Eturbides Freitas, da comunidade de Rio da Prata para utilização como ponto de referência de atendimento médico da região e como ponto de apoio ao Centro Comunitário.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2961/indicacao_032-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2961/indicacao_032-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de intervenção através dos Órgãos competentes, para que sejam realizados ações de requalificação urbana e ambiental, incluindo as ações de esgotamento sanitário, drenagem  pluvial, pavimentação das ruas, água tratada, construção de calçadas, paisagismo e construção de praças, na comunidade de Caramuru, neste Município, pois a mesma se encontra em Zona de Interesse Comercial do Município, conforme consta o inciso V do Art. 12, anexo VIII, da Lei Complementar nº 1.223, de 09 de outubro de 2007, que trata sobre o Plano Diretor Municipal de Santa Leopoldina (PDM).</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2962/indicacao_033-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2962/indicacao_033-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar reforma e ampliação da quadra, localizada na Comunidade de Barra de Mangaraí, neste município.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2967/indicacao_34-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2967/indicacao_34-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a reforma de 1 (um) bueiro na estrada da Comunidade de Rio das Pedras, próximo ao Bar da Verinha, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2968/indicacao_035-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2968/indicacao_035-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de marcação de faixas de delimitação de vagas de estacionamento situado ao lado do espaço da Feira da Agricultura Familiar, na Sede, deste Município.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2970/indicacao_36-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2970/indicacao_36-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de disponibilizar os serviços de farmácia no Posto de Saúde de Caramuru, neste Município.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2973/indicacao_037-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2973/indicacao_037-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de adoção de providências no sentido de disponibilizar transporte aos munícipes que necessitam de tal serviço na comunidade do Chaves, neste Município.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2974/indicacao_38-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2974/indicacao_38-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realização de serviços objetivando a substituição da ponte localizada próxima a Ponte do Balanço por uma nova ponte ou por um bueiro, na comunidade de Chaves, neste Município, conforme fotos anexas.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Jefinho, Dorgival, Luzinete Leppaus, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2977/indicacao_39-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2977/indicacao_39-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instituir o piso salarial dos Enfermeiros, Técnicos de Enfermagem e Auxiliares de Enfermagem, no âmbito do município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2976/indicacao_040-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2976/indicacao_040-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE ATUALIZAÇÃO DO PLANO DIRETOR MUNICIPAL – PDM DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2986/indicacao_041-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2986/indicacao_041-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de incluir no Plano Diretor Municipal – PDM, a identificação das áreas de risco no Município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2989/indicacao_042-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2989/indicacao_042-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento na estrada entre o Sítio Califórnia (Sr. Vantuil Calvi) e a Propriedade do Sr. Ricardo Siller, na comunidade de Califórnia, na área rural deste Município.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2990/indicacao_043-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2990/indicacao_043-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de providenciar junto dos órgãos competentes a disponibilização de iluminação pública no trecho da rodovia ES-080, próximo à Comunidade de Barra de Mangaraí, neste município, conforme imagens e coordenadas anexas.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2992/indicacao_044-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2992/indicacao_044-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de aderir ao programa Morar Legal, do Governo do Estado do Espírito Santo, no Município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2993/indicacao_045-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2993/indicacao_045-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de realizar a recuperação do calçamento na Rua Alfredo Leppaus, conforme imagens anexas</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, senhor Romero Luiz Endringer, a necessidade de construção de 01 (uma) lombada, na estrada principal, próximo às residências dos Srs. Adriano Facco Stheiner, Pedro Facco Stheiner e Lorival Stheiner, na comunidade de Holanda, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2997/indicacao_047-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2997/indicacao_047-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL DE SANTA LEOPOLDINA, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE REALIZAR A RECUPERAÇÃO DAS ESTRADAS RURAIS DAS COMUNIDADES DE SANTA LÚCIA E ENCANTADO, CONFORME OFÍCIO ANEXO DA ASSOCIAÇÃO DE AGRICULTORES FAMILIARES DE SANTA LÚCIA E REGIÃO.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2999/indicacao_048-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2999/indicacao_048-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a reforma total da escola EMPEIEFTI Tirol, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2995/indicacao_049-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2995/indicacao_049-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro ao lado da escola EMPEIEFTI Tirol, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3005/indicacao_050-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3005/indicacao_050-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento na estrada conhecida como Morro do César Vasoler, na comunidade de Caramuru, na área rural deste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Jefinho, Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3006/indicacao_051-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3006/indicacao_051-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que providencie a disponibilização do espaço da Escola Municipal da comunidade de Santa Lúcia para utilização como ponto de referência de atendimento médico da região.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Jefinho, Luzinete Leppaus, Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3008/indicacao_052-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3008/indicacao_052-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação em REVSOL ou PAVIES) do trecho conhecido como Morro do Emílio Schaeffer, entre as comunidades de Rio das Farinhas e Rio das Pedras, neste Município, conforme croqui anexo.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3009/indicacao_053-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3009/indicacao_053-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação em REVSOL do trecho conhecido como Morro do Hilário Schneidder, na comunidade de Caramuru, neste Município</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3015/indicacao_054-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3015/indicacao_054-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que crie o Conselho do Idoso, neste Município.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3016/indicacao_055-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3016/indicacao_055-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de transformar em sentido único o trecho compreendido entre a residência da Srª. Luzinete Degasperi Leppaus e a residência do Sr. Pastor Rodrigo André Seidel, da rua José de Anchieta Fontana, no Centro deste Município.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3017/indicacao_056-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3017/indicacao_056-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM  ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação em REVSOL do trecho de aproximadamente 700 metros, próximo à chapada do chalé, na comunidade de Paraíso, neste Município.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3018/indicacao_057-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3018/indicacao_057-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de realizar a recuperação da pavimentação em REVSOL da comunidade do Paraíso, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3019/indicacao_058-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3019/indicacao_058-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a reconstrução do muro de contenção do córrego localizado ao lado da residência da Srª. Renata Siller Thebaldi, na rua José de Anchieta Fontana, no Centro deste município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3030/indicacao_059-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3030/indicacao_059-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, senhor Romero Luiz Endringer, que realize a implementação do controle populacional de animais e da promoção do bem-estar animal no âmbito do município de Santa Leopoldina, conforme minuta de Projeto anexo.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Dorgival</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3031/indicacao_060-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3031/indicacao_060-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL DE SANTA LEOPOLDINA, SENHOR ROMERO LUIZ ENDRINGER, QUE PROVIDENCIE A CRIAÇÃO DE UM ABRIGO PARA MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Jefinho, Luzinete Leppaus, Nelson Lichtenheld, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3032/indicacao_061-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3032/indicacao_061-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM AO EXMO. PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE REFORMA TOTAL, INCLUINDO O MURO, E A CONSTRUÇÃO DE UM MURO DE CONTENÇÃO, ALÉM DA CORREÇÃO EM CARÁTER DE URGÊNCIA DOS VIDROS QUEBRADOS DAS JANELAS E GRADES ENFERRUJADAS, NA ESCOLA MUNICIPAL PLURIDOCENTE DE EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL LUXEMBURGO, LOCALIZADA NA COMUNIDADE DE LUXEMBURGO, NESTE MUNICÍPIO, CONFORME IMAGENS ANEXAS</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Jefinho, Luzinete Leppaus, Nelson Lichtenheld, Rosimar José Lahas</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3033/indicacao_062-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3033/indicacao_062-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM AO EXMO. PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE ENVERNIZAR PORTAS E JANELAS, INSTALAÇÃO DE BIODIGESTORES, AUMENTAR O TELHADO, COMPLETAR A INSTALAÇÃO DA ENERGIA SOLAR COM PAINEL ADEQUADO, CORRIGIR O ESPAÇO DA CAIXA D´AGUA, E INSTALAÇÃO DE UM PARQUINHO, NA ESCOLA MUNICIPAL PLURIDOCENTE DE EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL JANETTA KLEMZ JACOB, LOCALIZADA NA COMUNIDADE DE CARAMURU, NESTE MUNICÍPIO, CONFORME IMAGENS ANEXAS</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3034/indicacao_063-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3034/indicacao_063-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM AO EXMO. PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE VIABILIZAR A CONSTRUÇÃO DE UM HELIPONTO PARA REMOÇÃO DE PACIENTES NA LOCALIDADE DO COCAL, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3065/indicacao_064-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3065/indicacao_064-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE REALIZAR A ATUALIZAÇÃO E ADEQUAÇÃO DO ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3044/indicacao_065-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3044/indicacao_065-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de um bueiro, além de realizar a contenção com pedras de uma erosão na estrada próxima à propriedade do Senhor Agenor Kuster, na comunidade de Caramuru, neste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3047/indicacao_066-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3047/indicacao_066-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de realizar instalação de placas de identificação com o nome das ruas do município</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Jefinho, Luzinete Leppaus, Nelson Lichtenheld, Rosimar José Lahas, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3050/indicacao_067-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3050/indicacao_067-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de reforma total, principalmente da cozinha e dos banheiros, colocando novo piso e retirando as grades enferrujadas e vidros quebrados,  na Escola Municipal Pluridocente de Educação Infantil e Ensino Fundamental Rio das Farinhas, localizada na comunidade de Rio das Farinhas, neste município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Jefinho, Luzinete Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3053/indicacao_068-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3053/indicacao_068-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada uma intervenção, em conjunto do Departamento responsável, para a correção de uma placa de sinalização, na ponte Paulo Antônio Médice, na sede, neste Município, conforme imagens anexas</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3054/indicacao_069-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3054/indicacao_069-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE INSTALAÇÃO DE UM PORTÃO DE AÇO NA ENTRADA DA ESCOLA, INSTALAÇÃO DE APARELHOS DE AR-CONDICIONADO OU VENTILADORES NAS SALAS, ALÉM DE REALIZAR UMA MELHORIA NO PÁTIO COM A INSTALAÇÃO DE COBERTURA E BRINQUEDOS, NA ESCOLA MUNICIPAL UNIDOCENTE DE EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL ALFREDO KEMPIM, LOCALIZADA NA COMUNIDADE DE RIO DAS PEDRAS, NESTE MUNICÍPIO, CONFORME IMAGENS ANEXAS.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3055/indicacao_070-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3055/indicacao_070-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM AO EXMO. PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, QUE SEJA REALIZADA A PAVIMENTAÇÃO EM REVSOL DO TRECHO CONHECIDO COMO MORRO DO JOSÉ LAHAS, NA COMUNIDADE DE CARAMURU, NESTE MUNICÍPIO, CONFORME IMAGENS ANEXAS.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3064/indicacao_071-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3064/indicacao_071-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de vistoria da equipe de engenharia da prefeitura para fiscalização e monitoramento de uma rachadura na estrutura da escola, além de realizar o aumento do telhado, da Escola Municipal Pluridocente de Educação Infantil e Ensino Fundamental Djalma Gaede, localizada na comunidade de Caramuru, neste município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3070/indicacao_072-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3070/indicacao_072-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalação de aparelhos de ar-condicionado ou ventiladores nas salas, além de realizar a ampliação do pátio com  a instalação de cobertura e brinquedos,  na Escola Municipal Unidocente de Educação Infantil e Ensino Fundamental Rio das Pedras, localizada próximo à propriedade do senhor Almeida Foeger, na comunidade de Rio das Pedras, neste município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Mazinho, Rosimar José Lahas</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3071/indicacao_073-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3071/indicacao_073-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de construção de uma calçada cidadã entre a Creche São Francisco de Assis e a residência do Sr. Paulo Victor Espindula Lambert, na Rua Vereador Sebastião José Siller, na Sede, neste Município.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3077/indicacao_074-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3077/indicacao_074-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento na estrada entre o cemitério próximo à propriedade do senhor Linos Bellart e a propriedade do senhor Julineu Stheiner,  na comunidade de Caramuru, na área rural deste Município.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3072/indicacao_075-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3072/indicacao_075-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM AO EXMO. PREFEITO MUNICIPAL DE SANTA LEOPOLDINA, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE PAVIMENTAÇÃO EM REVSOL DO TRECHO CONHECIDO COMO MORRO DO GERALDO MANZIOLI, NA COMUNIDADE DE PEDRA BRANCA, NA ÁREA RURAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3073/indicacao_no_076-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3073/indicacao_no_076-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE DISPONIBILIZAR O TRANSPORTE UNIVERSITÁRIO PARA OS ALUNOS DO CURSO SUPERIOR EM ADMINISTRAÇÃO DO IFES CAMPUS CENTRO-SERRANO, ALÉM DE REALIZAR UMA CAMPANHA DE DIVULGAÇÃO DO CURSO PARA QUE MAIS LEOPOLDINENSES TENHAM ACESSO A UMA FORMAÇÃO EM NÍVEL SUPERIOR.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3078/indicacao_077-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3078/indicacao_077-2023.pdf</t>
   </si>
   <si>
     <t>INDICAM AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE REALIZAR SERVIÇOS DE LIMPEZA E ROÇAGEM DE TODOS OS TRECHOS DE CALÇAMENTO, NA COMUNIDADE DE BRAGANÇA, ZONA RURAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3080/indicacao_no_078-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3080/indicacao_no_078-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL DE SANTA LEOPOLDINA, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE DISPONIBILIZAR MÁQUINAS COM A FINALIDADE DE REALIZAR SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO DE ESTRADAS, NA COMUNIDADE DE RIO DAS PERDRAS, NA ÁREA RURAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3083/indicacao_no_079-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3083/indicacao_no_079-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL DE SANTA LEOPOLDINA, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE IDENTIFICAR OS POSTES DE ILUMINAÇÃO PÚBLICA COM NUMERAÇÃO PARA FACILITAR A IDENTIFICAÇÃO DE PROBLEMAS, NO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3084/indicacao_no_080-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3084/indicacao_no_080-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada da Comunidade de Caramuru, no trecho próximo à residência do senhor Clemente Bullerjahn, neste Município.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3088/indicacao_no_081-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3088/indicacao_no_081-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de roçagem e retirada de entulho na rua Amaro da Penha Soave, na Sede deste Município, conforme imagens anexas.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3089/indicacao_no_082-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3089/indicacao_no_082-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE REALIZAR A ATUALIZAÇÃO DO PLANO DIRETOR MUNICIPAL (PDM), PARA A INCLUSÃO DO TRECHO ENTRE AS CASAS POPULARES DO MOXAFONGO E O SÍTIO DA IZAILDA SIMON NA COMUNIDADE DE PARAÍSO, NA ZONA URBANA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3094/indicacao_no_083-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3094/indicacao_no_083-2023.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de fazer um levantamento dos munícipes que necessitam de vacina para Herpes e a disponibilização da vacinação para essas pessoas.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3097/indicacao_no_084-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3097/indicacao_no_084-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE REALIZAR A ANÁLISE DA ÁGUA DE TODAS AS ESCOLAS MUNICIPAIS DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Mazinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3100/indicacao_no_085-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3100/indicacao_no_085-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL DE SANTA LEOPOLDINA, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE REALIZAR A LIMPEZA DAS CAIXAS SECAS NO TRECHO DE REVSOL DA COMUNIDADE DO PARAÍSO, NA ÁREA RURAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3101/indicacao_no_086-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3101/indicacao_no_086-2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE CRIAR UM PROGRAMA DE INCENTIVO AO PRODUTORES DE GENGIBRE DE SANTA LEOPOLDINA, VISANDO A RECUPERAÇÃO DE NASCENTES, CONSTRUÇÃO DE CAIXAS SECAS, CONSTRUÇÃO DE RESERVATÓRIOS DE ÁGUA, MELHORA NO SISTEMA DE IRRIGAÇÃO, SANEAMENTO RURAL E TRATAMENTO DA ÁGUA RESIDUAL DO GENGIBRE.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2926/projeto_decreto_legislativo_001-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2926/projeto_decreto_legislativo_001-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LEOPOLDINENSE.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2927/projeto_decreto_legislativo_002-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2927/projeto_decreto_legislativo_002-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
     <t>Jefinho, Luzinete Leppaus, Mazinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2928/pdl_003_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2928/pdl_003_aprovado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA REFERENTE AO EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2947/projeto_decreto_legislativo_004-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2947/projeto_decreto_legislativo_004-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA REFERENTE AO EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3025/projeto_de_decreto_legislativo_005-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3025/projeto_de_decreto_legislativo_005-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA REFERENTE AO EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3045/projeto_decreto_legislativo_06-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3045/projeto_decreto_legislativo_06-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA REFERENTE AO EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Romero Luiz Endringer</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2890/projeto_de_lei_01-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2890/projeto_de_lei_01-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO CHEFE DO PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM A FUNDAÇÃO MÉDICO ASSISTENCIAL DO TRABALHADOR RURAL DE SANTA LEOPOLDINA, PARA COBERTURA DE DESPESAS DE CUSTEIO.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2894/mensagem_02-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2894/mensagem_02-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS BÁSICOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DOS SUBSÍDIOS DE QUE TRATA O § 4º DO ART. 39 DA CONSTITUIÇÃO DA REPÚBLICA, NOS TERMOS DO INCISO X DO ART. 37 DA CONSTITUIÇÃO FEDERAL, DE 1988 E DO ART. 100 DA LEI ORGÂNICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2902/projeto_de_lei_003-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2902/projeto_de_lei_003-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Turismo de Santa Leopoldina (FUMTUR) e dá outras providências.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2911/projeto_de_lei_004-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2911/projeto_de_lei_004-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE COOPERATIVISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2912/projeto_de_lei_005-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2912/projeto_de_lei_005-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ACESSIBILIDADE DE PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2919/mensagem_003-2022_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2919/mensagem_003-2022_aprovada.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE BEM MUNICIPAL, DISCRIMINADO NO ANEXO I, PARA TERCEIROS, DE ACORDO COM OS ARTS. 79, XXVIII, 108 E 112 DA LEI MUNICIPAL MEDIANTE ACORDO DE COOPERAÇÃO.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2920/mensagem_004-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2920/mensagem_004-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>FIXA NOVO VALOR AO TICKET-FEIRA, INSTITUIDO PELA LEI Nº 1458/2013, DE 25 DE SETEMBRO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2922/mensagem_05-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2922/mensagem_05-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA AS ATRIBUIÇÕES DOS AGENTES PÚBLICOS QUE ATUARÃO NOS TERMOS DO ART. 8º DA LEI 14.133/2021 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2923/mensagem_006-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2923/mensagem_006-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO OS ARTS. 1º E 2º DA LEI MUNICIPAL Nº 1.452/2013, QUE DISPÕE SOBRE O AUXÍLIO-ALIMENTAÇÃO NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2932/mensagem_007-2023_nova.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2932/mensagem_007-2023_nova.pdf</t>
   </si>
   <si>
     <t>REORGANIZA A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL - COMPDEC, DO MUNICÍPIO DE SANTA LEOPOLDINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2933/mensagem_008-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2933/mensagem_008-2023.pdf</t>
   </si>
   <si>
     <t>INCLUI NO PPA, LEI MUNICIPAL Nº 1768/2021, PROJETO/ATIVIDADE E ELEMENTOS DE DESPESAS NA COMPDEC.</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2934/mensagem_009-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2934/mensagem_009-2023.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSITIVOS NA LEI MUNICIPAL Nº 1822/2022, QUE ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2935/mensagem_010-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2935/mensagem_010-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DE 2023.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2938/mensagem_011-2023_1_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2938/mensagem_011-2023_1_aprovada.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO CHEFE DO PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM A ASSOCIAÇÃO EVANGÉLICA BENEFICENTE ESPÍRITO SANTESE – AEBES, PARA COBERTURA DE DESPESAS DE CUSTEIO.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2964/mensagem_012-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2964/mensagem_012-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA À LEI MUNICIPAL Nº 675/1990 E SUAS ALTERAÇÕES, O CARGO DE ASSISTENTE SOCIAL EDUCACIONAL E PSICÓLOGO EDUCACIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2965/mensagem_013-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2965/mensagem_013-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE TERMO DE CESSÃO DE USO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE SANTA LEOPOLDINA E ASSOCIAÇÃO EVANGÉLICA BENEFICENTE ESPÍRITO SANTENSE - AEBES.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2966/mensagem_014-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2966/mensagem_014-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ART. 1º DA LEI MUNICIPAL Nº 1226/2007, QUE AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO TÉCNICA COM OUTROS ÓRGÃOS, OBJETIVANDO A CESSÃO DE SERVIDORES E ESTAGIÁRIOS.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2971/mensagem_015-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2971/mensagem_015-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>INCLUI NO PPA, LEI MUNICIPAL Nº 1768/2021, ELEMENTO DE DESPESA.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2972/mensagem_016-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2972/mensagem_016-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2980/mensagem_017-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2980/mensagem_017-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSITIVOS NA LEI MUNICIPAL Nº 1.822/2022, QUE ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SANTA LEOPOLDINA</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2984/projeto_de_lei_021-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2984/projeto_de_lei_021-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Bovinocultura de Leite e de Corte no Município de Santa Leopoldina – ES, e dá outras providências.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2985/mensagem_018-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2985/mensagem_018-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE ACOMPANHAMENTO E FISCALIZAÇÃO DE EXECUÇÃO – COMAFE DOS RECURSOS PROVENIENTES DO FUNPAES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2991/projeto_de_lei_023-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2991/projeto_de_lei_023-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS AGENTES POLÍTICOS MUNICIPAIS, PARA A PERÍODO DE 1º DE JANEIRO DE 2025 A 31 DE DEZEMBRO DE 2028 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2994/mensagem_019-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2994/mensagem_019-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO TRIBUTÁRIA POR TEMPO DETERMINADO DE IMPOSTO PREDIAL E TERRITORIAL URBANO – IPTU – PARA FUTUROS PARCELAMENTOS DO SOLO NA MODALIDADE DE LOTEAMENTOS OU DE CONDOMÍNIO DE LOTES A SEREM APROVADOS, ASSIM COMO, OS PARCELAMENTOS DE SOLO NA MODALIDADE DE LOTEAMENTOS OU CONDOMÍNIO DE LOTES JÁ APROVADOS E REGISTRADOS NA ÁREA URBANA E/OU DE EXPANSÃO URBANA DO MUNICÍPIO DE SANTA LEOPOLDINA/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2998/projeto_de_lei_025-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2998/projeto_de_lei_025-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ASSEGURAR A CRIANÇA E AO ADOLESCENTE COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E DEMAIS DEFICIÊNCIAS INTELECTUAIS, PRIORIDADE NAS CONSULTAS COM PSIQUIATRA, PSICÓLOGO, CLINICO GERAL E DESTISTA NA REDE MUNICIPAL DE SAÚDE DO MUNICÍPIO DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3002/mensagem_020-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3002/mensagem_020-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FESTIVAL DAS ETNIAS NO MUNICÍPIO DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3003/mensagem_021-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3003/mensagem_021-2023.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA MUNICIPAL DE INCENTIVO E ASSISTÊNCIA AO AGRICULTOR NO ÂMBITO DO MUNICÍPIO DE SANTA LEOPOLDINA/ES</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3007/mensagem_022-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3007/mensagem_022-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO DE INSPEÇÃO MUNICIPAL – S.I.M E DISPÕE SOBRE O REGISTRO, A INSPEÇÃO E A FISCALIZAÇÃO DAS AGROINDÚSTRIAS QUE FABRICAM PRODUTOS E SUBPRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE SANTA LEOPOLDINA - ES.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3013/mensagem_023-2032_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3013/mensagem_023-2032_aprovada.pdf</t>
   </si>
   <si>
     <t>RATIFICA DELIBERAÇÃO DA ASSEMBLEIA GERAL CIM POLINORTE QUE AUTORIZA O INGRESSO DE NOVO MUNICÍPIO CONSORCIADO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3014/mensagem_024-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3014/mensagem_024-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CUSTEAR AS DESPESAS ADMINISTRATIVAS DO INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE SANTA LEOPOLDINA - IPSL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3021/projeto_de_lei_031-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3021/projeto_de_lei_031-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3022/projeto_de_lei_032-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3022/projeto_de_lei_032-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE CARGOS, CARREIRA E VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3023/projeto_de_lei_033-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3023/projeto_de_lei_033-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO, O " DIA MUNICIPAL DA MOBILIZAÇÃO PELO ENFRENTAMENTO E CONSCIENTIZAÇÃO PELO FIM DA VIOLÊNCIA CONTRA AS MULHERES", NO MUNICÍPIO DE SANTA LEOPOLDINA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3024/mensagem_no_025-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3024/mensagem_no_025-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>RATIFICA A REDAÇÃO DO PROTOCOLO DE INTENÇÕES DA AGÊNCIA REGULADORA INTERMUNICIPAL DE SANEAMENTO BÁSICO DO ESPÍRITO SANTO (ARIES) E RATIFICA O INGRESSO DO MUNICÍPIO DE SANTA LEOPOLDINA NO CONSÓRCIO.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3037/mensagem_026-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3037/mensagem_026-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 69 DA LEI MUNICIPAL Nº 735, DE 18 DE NOVEMBRO DE 1991, E ACRESCENTA OS ARTS. 69-A E 69-B E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3039/mensagem_027-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3039/mensagem_027-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA O PODER EXECUTIVO MUNICIPAL CEDER SERVIDORES PÚBLICOS EFETIVOS, A TÍTULO DE COOPERAÇÃO, AO INSTITUTO DE PREVIDÊNCIA DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3040/mensagem_028-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3040/mensagem_028-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 89 DA LEI MUNICIPAL Nº 1424, DE 29 DE OUTUBRO DE 2012, QUE DISPÕE SOBRE O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3048/projeto_de_lei_038-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3048/projeto_de_lei_038-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA PECUÁRIA DE LEITE E DE CORTE NO MUNICÍPIO DE SANTA LEOPOLDINA – ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3049/mensagem_029-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3049/mensagem_029-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 27, 30 E 32 DA LEI Nº 1.342, DE 18 DE AGOSTO DE 2010, QUE INSTITUI O PLANO DE CARREIRA E VENCIMENTOS DO MAGISTÉRIO PÚBLICO DE SANTA LEOPOLDINA/ES.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3051/mensagem_030-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3051/mensagem_030-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS HONORÁRIOS ADVOCATÍCIOS ORIUNDOS DO PRINCÍPIO DA SUCUMBÊNCIA, POR ARBITRAMENTO, ACORDO JUDICIAL E/OU EXTRAJUDICIAL, NAS AÇÕES, CAUSAS E PROCEDIMENTOS EM QUE O MUNICÍPIO DE SANTA LEOPOLDINA FOR REPRESENTADO POR SUA PROCURADORIA GERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3057/mensagem_no_031-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3057/mensagem_no_031-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SANTA LEOPOLDINA, ESTADO DO ESPÍRITO SANTO, PARA O EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3058/mensagem_no_032-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3058/mensagem_no_032-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS PARA O EXERCÍCIO FINANCEIRO DE 2024.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3059/mensagem_033-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3059/mensagem_033-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CELEBRAR ACORDO DE COOPERAÇÃO ENTRE O MUNICÍPIO DE SANTA LEOPOLDINA E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXEPCIONAIS DE SANTA LEOPOLDINA/APAE.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3060/mensagem_034-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3060/mensagem_034-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REPASSE EM DETRIMENTO A PORTARIA GM/MS Nº 1.135/2023 AOS SERVIDORES MUNICIPAIS EFETIVOS E CONTRATADOS REFERENTE À ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DA UNIÃO DESTINADA AO CUMPRIMENTO DO PISO SALARIAL NACIONAL DE ENFERMEIROS, TÉCNICOS E AUXILIARES DE ENFERMAGEM, PREVISTA NA LEI FEDERAL Nº 14.581, DE 11 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3061/mensagem_035-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3061/mensagem_035-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>INCLUI NO PPA, LEI MUNICIPAL Nº 1.768, DE 28 DE DEZEMBRO DE 2021, ELEMENTO DE DESPESA.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3062/mensagem_036-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3062/mensagem_036-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSITIVOS NA LEI MUNICIPAL Nº 1.822, DE 25 DE NOVEMBRO DE 2022, QUE ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3063/mensagem_037-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3063/mensagem_037-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3066/mensagem_no_038-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3066/mensagem_no_038-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 3º, PARÁGRAFO ÚNICO E ART. 7º DA LEI 1.429/2012 QUE DISPÕE SOBRE A AUTORIZAÇÃO PARA ALTERAÇÃO DA ALÍQUOTA PATRONAL PARA 22% A PARTIR DE 01/01/2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3067/mensagem_039-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3067/mensagem_039-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO CHEFE DO PODER EXECUTIVO A REALIZAR O PAGAMENTO RETROATIVO REFERENTE AO PISO SALARIAL PROFISSIONAL NACIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE E AOS AGENTES DE COMBATE ÀS ENDEMIAS.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3068/pl_050.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3068/pl_050.pdf</t>
   </si>
   <si>
     <t>PROÍBE A PRODUÇÃO DE MUDAS E O PLANTIO DA SPATHODEA CAMPANULATA, E INCENTIVA A SUBSTITUIÇÃO DAS EXISTENTES NO MUNICÍPIO DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3086/mensagem_no_040-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3086/mensagem_no_040-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA FAMÍLIA ACOLHEDORA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3087/projeto_de_lei_no_052-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3087/projeto_de_lei_no_052-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO, O “DIA MUNICIPAL DE MOBILIZAÇÃO DOS HOMENS PELO FIM DA VIOLÊNCIA CONTRA AS MULHERES” NO MUNICÍPIO DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3091/mensagem_no_041-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3091/mensagem_no_041-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS, INATIVOS E PENSIONISTAS DO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3092/mensagem_no_042-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3092/mensagem_no_042-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE SALARIAL AOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DO MUNICÍPIO DE SANTA LEOPOLDINA/ES.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3093/projeto_de_lei_no_055-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3093/projeto_de_lei_no_055-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO AOS SERVIDORES DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA/ES.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3098/projeto_de_lei_no_056-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3098/projeto_de_lei_no_056-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>GARANTE AOS ESTUDANTES COM TRANSTORNO DO ESPECTRO AUTISTA – TEA O DIREITO AO ACOMPANHAMENTO ESPECIALIZADO POR EQUIPE MULTIDISCIPLINAR NAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE SANTA LEOPOLDINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3099/mensagem_no_043-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3099/mensagem_no_043-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO CHEFE DO PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM A ASSOCIAÇÃO EVANGÉLICA BENEFICENTE ESPÍRITO SANTENSE – AEBES, PARA COBERTURA DE DESPESAS DE CUSTEIO.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3079/projeto_de_lei_complementar_no_001-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3079/projeto_de_lei_complementar_no_001-2023.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REGRAS DE USO DO SOLO DO MUNICÍPIO DE SANTA LEOPOLDINA, PARA SEREM RESPEITADAS NO PLANTIO DE ÁRVORES DE ESPÉCIES EXÓTICAS DE GRANDE PORTE, COMO O EUCALÍPTO, E CONFORME O USO ATUAL DO SOLO DE TERRENOS DE VIZINHOS E DE INSTALAÇÕES DE INFRAESTRUTURA PÚBLICA OU PRIVADA PREVIAMENTE ESTABELECIDAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2913/projeto_de_resolucao_001-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2913/projeto_de_resolucao_001-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O BANCO DE IDEIAS LEGISLATIVAS NO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2955/projeto_de_resolucao_002-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2955/projeto_de_resolucao_002-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DOS ARTIGOS 85 E 87 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA                   E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3026/projeto_de_resolucao_003-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3026/projeto_de_resolucao_003-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REGULAMENTAÇÃO DA LEI Nº 14.133 DE 1º ABRIL DE 2021 (NOVA LEI DE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS – NLLC) NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL POR MEIO DE INSTRUÇÃO NORMATIVA (IN).</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3027/projeto_de_resolucao_004-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3027/projeto_de_resolucao_004-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ELEMENTO DE DESPESA A RESOLUÇÃO Nº. 008, DE 26 DE AGOSTO DE 2021, QUE DISPÕE SOBRE A PROPOSTA PARA ELABORAÇÃO DO PLANO PLURIANUAL DE INVESTIMENTOS REFERENTE AO PODER LEGISLATIVO MUNICIPAL 2022 A 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3028/projeto_de_resolucao_005-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3028/projeto_de_resolucao_005-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE FIXAÇÃO DAS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCÍCIO DO ANO 2024.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3029/projeto_de_resolucao_006-2023_aprovada.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3029/projeto_de_resolucao_006-2023_aprovada.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROPOSTA DAS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO QUANTO A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA – ES.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3041/projeto_resolucao_007-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3041/projeto_resolucao_007-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A TRANSFERIR VEÍCULOS AO PATRIMÔNIO DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA/ES</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_de_resolucao_no_008-2023_aprovado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_de_resolucao_no_008-2023_aprovado.pdf</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2895/requerimento_01-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2895/requerimento_01-2023.pdf</t>
   </si>
   <si>
     <t>Vem REQUERER a expedição de ofício ao Diretor Geral do Departamento de Estradas e Rodagem (DER-ES), senhor Luiz Cesar Maretto Coura, solicitando providências no sentido de realizar uma intervenção na Rodovia ES 080, na localidade conhecida como Cachoeira das Sete Quedas, na comunidade do Rio da Prata, conforme coordenadas geográficas e imagens anexas.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2896/requerimento_02-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2896/requerimento_02-2023.pdf</t>
   </si>
   <si>
     <t>Vem REQUERER a expedição de ofício ao Diretor Geral do Departamento de Estradas e Rodagem (DER-ES), senhor Luiz Cesar Maretto Coura, solicitando providências no sentido de fazer a correção ou a troca de uma ponte na Rodovia ES 080, na comunidade de Rio da Prata, conforme coordenadas geográficas e imagens anexas.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2897/requerimento_03-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2897/requerimento_03-2023.pdf</t>
   </si>
   <si>
     <t>Vem REQUERER a expedição de ofício ao Diretor Geral do Departamento de Estradas e Rodagem (DER-ES), senhor Luiz Cesar Maretto Coura, solicitando providências no sentido de realizar uma intervenção na Rodovia ES 080, na comunidade do Rio da Prata, conforme coordenadas geográficas e imagens anexas.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2898/requerimento_04-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2898/requerimento_04-2023.pdf</t>
   </si>
   <si>
     <t>REQUERER que seja encaminhado ofício à empresa EDP Escelsa, no sentido de solicitar providências para disponibilizar aos produtores rurais da comunidade de Rio das Pedras, entre a Escola EMUEF Rio das Pedras e a propriedade da senhora Ofélia Detmann, neste Município, a possibilidade de instalação de redes trifásicas em suas propriedades.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2948/requerimento_005-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2948/requerimento_005-2023.pdf</t>
   </si>
   <si>
     <t>Vem REQUERER seja convocado o Secretário Municipal de Obras e Serviços Públicos, Sr. Anderson Raash, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 26 de abril de 2023, às 17h00min, a fim de prestar esclarecimentos e responder às indagações dos vereadores acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2023, bem como metas para o próximo ano, e outros assuntos correlatos._x000D_
 •	Contratos administrativos relacionados a secretaria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2949/requerimento_006-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2949/requerimento_006-2023.pdf</t>
   </si>
   <si>
     <t>Vem REQUERER seja expedido ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor José Eustáquio de Freitas, solicitando a realização de serviços de roçagem e limpeza nas margens da Rodovia ES 080, trecho que liga o Município de Santa Leopoldina a Santa Teresa.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2969/requerimento_07-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2969/requerimento_07-2023.pdf</t>
   </si>
   <si>
     <t>Vem REQUERER, seja convocado a Secretária Municipal de Saúde, senhora Sigrid Stuhr, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 31 de maio de 2023, às 17h00min, a fim de prestar esclarecimentos acerca dos seguintes assuntos: _x000D_
 _x000D_
 •	Ações promovidas pela secretaria na atual administração, a partir de janeiro de 2021, bem como metas para os próximos anos, e outros assuntos correlatos;_x000D_
 •	Ações desenvolvidas no combate ao mosquito Aedes Aegypti;_x000D_
 •	Contratos administrativos relacionados à secretaria (Execução e Fiscalização).</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2987/requerimento_008-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2987/requerimento_008-2023.pdf</t>
   </si>
   <si>
     <t>Vem REQUERER seja expedido ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor José Eustáquio de Freitas, solicitando a construção de um ponto de ônibus as margens da rodovia ES-080, na comunidade de Barra de Mangaraí, próximo ao estabelecimento Parada Pomerana, no sentido da pista que liga Barra de Mangaraí – Santa Leopoldina.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3000/requerimento_009-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3000/requerimento_009-2023.pdf</t>
   </si>
   <si>
     <t>vem REQUERER seja expedido ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor José Eustáquio de Freitas, solicitando a elaboração de um projeto de sinalização e instalação de lombadas  em todo o percurso de REVSOL abrangido pelo Projeto do Rio Mangaraí.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3035/requerimento_010-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3035/requerimento_010-2023.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER SEJA EXPEDIDO OFÍCIO AO SECRETÁRIO DE SEGURANÇA PÚBLICA E DEFESA SOCIAL DO ESTADO DO ESPÍRITO SANTO, SENHOR ALEXANDRE OFRANTI RAMALHO, SOLICITANDO A DISPONIBILIZAÇÃO DE POLICIAIS MULHERES PARA ATUAREM NO MUNICÍPIO DE SANTA LEOPOLDINA</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3036/requerimento_011-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3036/requerimento_011-2023.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER A EXPEDIÇÃO DE OFÍCIO AO DIRETOR GERAL DO DEPARTAMENTO DE ESTRADAS E RODAGEM (DER-ES), SENHOR JOSÉ EUSTÁQUIO DE FREITAS, SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE REALIZAR UMA INTERVENÇÃO NA RODOVIA ES 264, NA COMUNIDADE DA SUIÇA, CONFORME COORDENADAS GEOGRÁFICAS E IMAGENS ANEXAS.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3042/requerimento_012-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3042/requerimento_012-2023.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER SEJA EXPEDIDO OFÍCIO AO DIRETOR PRESIDENTE DO DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DO ESPÍRITO SANTO (DER-ES), SENHOR JOSÉ EUSTÁQUIO DE FREITAS, SOLICITANDO A RETIRADA DE UMA PLACA DE SINALIZAÇÃO QUE ESTÁ EM LOCAL EQUIVOCADO NA _x000D_
 LOCALIDADE DE CHAVES E A INSTALAÇÃO DELA NO LOCAL CORRETO, NA RODOVIA QUE LIGA SANTA LEOPOLDINA A SANTA TERESA, NESTE MUNICÍPIO, CONFORME ESTABELECE A LEI ESTADUAL Nº 11.841, DE 06 DE JUNHO DE 2023, CONFORME IMAGEM ANEXA.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3046/requerimento_013-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3046/requerimento_013-2023.pdf</t>
   </si>
   <si>
     <t>Vem REQUERER seja expedido ofício ao Prefeito Municipal de Santa Leopoldina, senhor Romero Luiz Endringer, solicitando informações sobre a instituição do Piso do Magistério no município.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3052/requerimento_014-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3052/requerimento_014-2023.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER A EXPEDIÇÃO DE OFÍCIO AO DIRETOR GERAL DO DEPARTAMENTO DE ESTRADAS E RODAGEM (DER-ES), SENHOR JOSÉ EUSTÁQUIO DE FREITAS, SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE REALIZAR UMA INTERVENÇÃO NA RODOVIA ES 080, NA LOCALIDADE DE MONTE ALEGRE, CONFORME COORDENADAS GEOGRÁFICAS E IMAGENS ANEXAS.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3056/requerimento_015-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3056/requerimento_015-2023.pdf</t>
   </si>
   <si>
     <t>Vem REQUERER seja expedido ofício ao Diretor Presidente do Departamento de Estradas de Rodagem do Estado do Espírito Santo (DER-ES), senhor José Eustáquio de Freitas, solicitando a troca e reposição de sinalizadores ´´Olho de Gato``, além da instalação nos trechos que ainda não contam com essa sinalização, na rodovia ES 080 entre os municípios de Santa Leopoldina e Cariacica.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3069/requerimento_016-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3069/requerimento_016-2023.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER QUE SEJA EXPEDIDO OFÍCIO AO PRESIDENTE DA COMPANHIA ESPIRITO-SANTENSE DE SANEAMENTO (CESAN), SENHOR MUNIR ABUD DE OLIVEIRA, SOLICITANDO A CONSTRUÇÃO DE UMA REDE (ESTAÇÃO) DE DISTRIBUIÇÃO DE ÁGUA, COMEÇANDO APÓS A ESTAÇÃO DE TRATAMENTO DE ÁGUA DE SANTA LEOPOLDINA ATÉ A LOCALIDADE DA FAMÍLIA VIEIRA, NA SEDE, DESTE MUNICÍPIO, CONFORME COORDENADAS ANEXAS.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3074/requerimento_no017-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3074/requerimento_no017-2023.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER QUE SEJA EXPEDIDO OFÍCIO AO PREFEITO MUNICIPAL DE SANTA LEOPOLDINA, SENHOR ROMERO LUIZ ENDRINGER, SOLICITANDO INFORMAÇÕES SOBRE OS GASTOS COM A FROTA DE VEÍCULOS DA PREFEITURA, INCLUINDO OS GASTOS COM PEÇAS E SERVIÇOS DE MANUTENÇÃO, DURANTE O PERÍODO DE JANEIRO DE 2022 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3075/requerimento_no018-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3075/requerimento_no018-2023.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER QUE SEJA EXPEDIDO OFÍCIO AO PRESIDENTE DA COMPANHIA ESPÍRITO-SANTENSE DE SANEAMENTO (CESAN), SENHOR MUNIR ABUD DE OLIVEIRA, SOLICITANDO A EXTENSÃO DA REDE DE ÁGUA TRATADA PARA A COMUNIDADE DO PARAÍSO, NESTE MUNICÍPIO, CONFORME COORDENADAS ANEXAS.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3081/requerimento_no_019-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3081/requerimento_no_019-2023.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER A EXPEDIÇÃO DE OFÍCIO À COMPANHIA DE ENERGIA ELÉTRICA EDP, SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE REALIZAR SERVIÇOS DE LIMPEZA E PODA DE ÁRVORES NA REDE DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA, NA COMUNIDADE DE RIO DAS PEDRAS, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3095/requerimento_020.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3095/requerimento_020.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER QUE SEJA EXPEDIDO OFÍCIO AO DIRETOR PRESIDENTE DA COMPANHIA ESTADUAL DE TRANSPORTES COLETIVOS DE PASSAGEIROS DO ESTADO DO ESPÍRITO SANTO (CETURB-ES), SENHOR MARCOS BRUNO BASTOS, SOLICITANDO A REGULARIZAÇÃO DOS ÔNIBUS INTERMUNICIPAIS QUE ATENDEM O MUNICÍPIO DE SANTA LEOPOLDINA, VOLTANDO AOS HORÁRIOS PRATICADOS ANTES DA PANDEMIA DE COVID-19, ALÉM DE ABRIR UMA CONSULTA À POPULAÇÃO PARA A DISPONIBILIZAÇÃO DE NOVOS HORÁRIOS DE ÔNIBUS.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3096/requerimento_no_021-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3096/requerimento_no_021-2023.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER QUE SEJA CONVOCADO O SECRETÁRIO MUNICIPAL DE OBRAS E SERVIÇOS PÚBLICOS, SR. ANDERSON RAASH, PARA COMPARECER NO PLENÁRIO DESTA CÂMARA MUNICIPAL, NA SESSÃO ORDINÁRIA DO DIA 07 DE FEVEREIRO DE 2024, ÀS 17H00MIN, APÓS O RECESSO PARLAMENTAR, A FIM DE PRESTAR ESCLARECIMENTOS E RESPONDER ÀS INDAGAÇÕES DOS VEREADORES ACERCA DOS SEGUINTES ASSUNTOS: _x000D_
 _x000D_
 •	AÇÕES PROMOVIDAS PELA SECRETARIA NA ATUAL ADMINISTRAÇÃO, A PARTIR DE JANEIRO DE 2023, BEM COMO METAS PARA O ANO DE 2024, E OUTROS ASSUNTOS CORRELATOS._x000D_
 •	CONTRATOS ADMINISTRATIVOS RELACIONADOS A SECRETARIA MUNICIPAL OBRAS E SERVIÇOS PÚBLICOS (EXECUÇÃO E FISCALIZAÇÃO).</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2907/mocao_de_pesar_02-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2907/mocao_de_pesar_02-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. IDEMAR JAIR ENTRINGER, ocorrido no dia 21 de fevereiro de 2023.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2908/mocao_de_pesar_03-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2908/mocao_de_pesar_03-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ESMAEL DE SOUZA, ocorrido no dia 16 de fevereiro de 2023.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2909/mocao_de_pesar_04-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2909/mocao_de_pesar_04-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. EDNA APARECIDA KRÜGER BOONE, ocorrido no dia 16 de fevereiro de 2023.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2910/mocao_de_pesar_05-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2910/mocao_de_pesar_05-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LAURO FACCO, ocorrido no dia 07 de fevereiro de 2023.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2936/mocao_de_pesar_006-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2936/mocao_de_pesar_006-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. DIONATHA SCHEREIBER, ocorrido no dia 21 de março de 2023.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2941/mocao_de_pesar_008-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2941/mocao_de_pesar_008-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. NATHÁLIA PONATH BELLART, ocorrido no dia 10 de abril de 2023.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2954/mocao_de_pesar_009-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2954/mocao_de_pesar_009-2023.pdf</t>
   </si>
   <si>
     <t>vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. RAMON RODRIGUES, ocorrido no dia 15 de abril de 2023.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2963/mocao_de_pesar_010.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2963/mocao_de_pesar_010.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. LUCINEIA BARTH OZZA, ocorrido no dia 30 de abril de 2023.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2978/mocao_de_pesar_011-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2978/mocao_de_pesar_011-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. AMÉLIA BARTH OZZA, ocorrido no dia 10 de maio de 2023.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2979/mocao_de_pesar_012-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2979/mocao_de_pesar_012-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOÃO VENDELINO FOEGER, ocorrido no dia 19 de maio de 2023.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2981/mocao_de_pesar_013-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2981/mocao_de_pesar_013-2023.pdf</t>
   </si>
   <si>
     <t>vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. MARTIN GRÖNER, ocorrido no dia 23 de maio de 2023</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2982/mocao_de_pesar_014-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2982/mocao_de_pesar_014-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. JOÃO SIMÃO, ocorrido no dia 16 de maio de 2023</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3010/mocao_de_pesar_015-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3010/mocao_de_pesar_015-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. DURVAL ROMAGNA, ocorrido no dia 17 de junho de 2023</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3011/mocao_de_pesar_016-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3011/mocao_de_pesar_016-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. Jamir Coutinho, ocorrido no dia 08 de julho de 2023</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3012/mocao_de_pesar_017-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3012/mocao_de_pesar_017-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. Angélica Shumacker, ocorrido no dia 08 de julho de 2023.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3020/mocao_de_pesar_018-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3020/mocao_de_pesar_018-2023.pdf</t>
   </si>
   <si>
     <t>Vêm de conformidade com as normas regimentais e as disposições da Lei Orgânica Municipal, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ARÃO SCHNEIDER, ocorrido no dia 29 de julho de 2023.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>MoC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2901/mocao_de_congratulacao_001-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2901/mocao_de_congratulacao_001-2023.pdf</t>
   </si>
   <si>
     <t>Manifestam suas CONGRATULAÇÕES, ao Pastor Rodrigo André Seidel, pelos 25 anos de ordenamento ao Ministério Pastoral na Igreja Evangélica de Confissão Luterana no Brasil (IECLB).</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2937/mocao_de_congratulacao_007-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2937/mocao_de_congratulacao_007-2023.pdf</t>
   </si>
   <si>
     <t>Manifestam suas CONGRATULAÇÕES, aos membros da última diretoria do Hospital Nossa Senhora da Penha (Fundação Médico Assistencial do Trabalhador Rural de Santa Leopoldina), Sr. Genivaldo Potratz (Presidente), Sr. Anderson Valger (Tesoureiro), Srª. Marilim Teles Vieira (Secretária) e o Sr. Pastor Rodrigo André Seidel (Vogal), pelos trabalhos prestados ao povo leopoldinense de forma voluntária durante toda a gestão à frente da extinta fundação.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3038/mocao_de_congratulacao_019-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3038/mocao_de_congratulacao_019-2023.pdf</t>
   </si>
   <si>
     <t>Manifesta suas CONGRATULAÇÕES, aos membros da augusta e respeitável Loja Maçônica ARLS Justiça e Caridade, filiada ao Grande Oriente do Brasil – ES, em especial à atual diretoria, composta pelos senhores Benilson Freixo Cacholi (Venerável Mestre – Presidente), Antônio Clélio Vendramini (1º Vigilante – 1º Vice-Presidente), Paulo Bento Ponche (2º Vigilante – 2º Vice-Presidente) e Pedro Arnal Busato (Deputado Federal) , pelos 10 anos de fundação, completados no dia 30 de agosto de 2023.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3076/mocao_de_congratulacao_020-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3076/mocao_de_congratulacao_020-2023.pdf</t>
   </si>
   <si>
     <t>MANIFESTA SUAS CONGRATULAÇÕES, AOS MEMBROS DO GRUPO MOVIMENTAÇÕES, EM ESPECIAL AOS LÍDERES DO GRUPO, SRª ELIAMARA EVITO RIBEIRO E O SR. JANDER DO NASCIMENTO, PELAS DIVERSAS AÇÕES CULTURAIS REALIZADAS NO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3090/mocao_de_congratulacao_no_021-2023.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3090/mocao_de_congratulacao_no_021-2023.pdf</t>
   </si>
   <si>
     <t>MANIFESTA SUAS CONGRATULAÇÕES, AO ESTUDANTE ARTHUR PITTOL POTRATZ, PELA APROVAÇÃO E SELEÇÃO PARA O PROGRAMA JOVENS EMBAIXADORES.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer Prévio</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA, REFERENTE AO EXERCÍCIO DE 2018 SOB A RESPONSABILIDADE DO SR. VALDEMAR LUIZ HOLBERT COUTINHO</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL EXERCÍCIO 2021.</t>
   </si>
@@ -2594,67 +2594,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2892/indicacao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2893/indicacao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2899/indicacao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2903/indicacao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2905/indicacao_006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2906/indicacao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2914/indicacao_008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2925/indicacao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2921/indicacao_012-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2924/indicacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2929/indicacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2930/indicacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2931/indicacao_016-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2939/indicacao_017-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2940/indicacao_018-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2942/indicacao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2943/indicacao_020-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2944/indicacao_021-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2945/indicacao_022-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2946/indicacao_023-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2950/indicacao_024-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2959/indicacao_25-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2952/indicacao_026-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2953/indicacao_027-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2956/indicacao_028-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2957/indicacao_029-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2958/indicacao_030-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2960/indicacao_031-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2961/indicacao_032-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2962/indicacao_033-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2967/indicacao_34-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2968/indicacao_035-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2970/indicacao_36-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2973/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2974/indicacao_38-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2977/indicacao_39-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2976/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2986/indicacao_041-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2989/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2990/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2992/indicacao_044-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2993/indicacao_045-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2997/indicacao_047-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2999/indicacao_048-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2995/indicacao_049-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3005/indicacao_050-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3006/indicacao_051-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3008/indicacao_052-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3009/indicacao_053-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3015/indicacao_054-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3016/indicacao_055-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3017/indicacao_056-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3018/indicacao_057-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3019/indicacao_058-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3030/indicacao_059-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3031/indicacao_060-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3032/indicacao_061-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3033/indicacao_062-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3034/indicacao_063-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3065/indicacao_064-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3044/indicacao_065-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3047/indicacao_066-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3050/indicacao_067-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3053/indicacao_068-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3054/indicacao_069-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3055/indicacao_070-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3064/indicacao_071-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3070/indicacao_072-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3071/indicacao_073-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3077/indicacao_074-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3072/indicacao_075-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3073/indicacao_no_076-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3078/indicacao_077-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3080/indicacao_no_078-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3083/indicacao_no_079-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3084/indicacao_no_080-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3088/indicacao_no_081-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3089/indicacao_no_082-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3094/indicacao_no_083-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3097/indicacao_no_084-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3100/indicacao_no_085-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3101/indicacao_no_086-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2926/projeto_decreto_legislativo_001-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2927/projeto_decreto_legislativo_002-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2928/pdl_003_aprovado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2947/projeto_decreto_legislativo_004-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3025/projeto_de_decreto_legislativo_005-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3045/projeto_decreto_legislativo_06-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2890/projeto_de_lei_01-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2894/mensagem_02-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2902/projeto_de_lei_003-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2911/projeto_de_lei_004-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2912/projeto_de_lei_005-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2919/mensagem_003-2022_aprovada.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2920/mensagem_004-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2922/mensagem_05-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2923/mensagem_006-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2932/mensagem_007-2023_nova.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2933/mensagem_008-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2934/mensagem_009-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2935/mensagem_010-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2938/mensagem_011-2023_1_aprovada.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2964/mensagem_012-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2965/mensagem_013-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2966/mensagem_014-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2971/mensagem_015-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2972/mensagem_016-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2980/mensagem_017-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2984/projeto_de_lei_021-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2985/mensagem_018-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2991/projeto_de_lei_023-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2994/mensagem_019-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2998/projeto_de_lei_025-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3002/mensagem_020-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3003/mensagem_021-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3007/mensagem_022-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3013/mensagem_023-2032_aprovada.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3014/mensagem_024-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3021/projeto_de_lei_031-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3022/projeto_de_lei_032-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3023/projeto_de_lei_033-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3024/mensagem_no_025-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3037/mensagem_026-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3039/mensagem_027-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3040/mensagem_028-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3048/projeto_de_lei_038-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3049/mensagem_029-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3051/mensagem_030-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3057/mensagem_no_031-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3058/mensagem_no_032-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3059/mensagem_033-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3060/mensagem_034-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3061/mensagem_035-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3062/mensagem_036-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3063/mensagem_037-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3066/mensagem_no_038-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3067/mensagem_039-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3068/pl_050.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3086/mensagem_no_040-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3087/projeto_de_lei_no_052-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3091/mensagem_no_041-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3092/mensagem_no_042-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3093/projeto_de_lei_no_055-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3098/projeto_de_lei_no_056-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3099/mensagem_no_043-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3079/projeto_de_lei_complementar_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2913/projeto_de_resolucao_001-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2955/projeto_de_resolucao_002-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3026/projeto_de_resolucao_003-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3027/projeto_de_resolucao_004-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3028/projeto_de_resolucao_005-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3029/projeto_de_resolucao_006-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3041/projeto_resolucao_007-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_de_resolucao_no_008-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2895/requerimento_01-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2896/requerimento_02-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2897/requerimento_03-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2898/requerimento_04-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2948/requerimento_005-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2949/requerimento_006-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2969/requerimento_07-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2987/requerimento_008-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3000/requerimento_009-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3035/requerimento_010-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3036/requerimento_011-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3042/requerimento_012-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3046/requerimento_013-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3052/requerimento_014-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3056/requerimento_015-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3069/requerimento_016-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3074/requerimento_no017-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3075/requerimento_no018-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3081/requerimento_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3095/requerimento_020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3096/requerimento_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2907/mocao_de_pesar_02-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2908/mocao_de_pesar_03-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2909/mocao_de_pesar_04-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2910/mocao_de_pesar_05-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2936/mocao_de_pesar_006-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2941/mocao_de_pesar_008-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2954/mocao_de_pesar_009-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2963/mocao_de_pesar_010.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2978/mocao_de_pesar_011-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2979/mocao_de_pesar_012-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2981/mocao_de_pesar_013-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2982/mocao_de_pesar_014-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3010/mocao_de_pesar_015-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3011/mocao_de_pesar_016-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3012/mocao_de_pesar_017-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3020/mocao_de_pesar_018-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2901/mocao_de_congratulacao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2937/mocao_de_congratulacao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3038/mocao_de_congratulacao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3076/mocao_de_congratulacao_020-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3090/mocao_de_congratulacao_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2892/indicacao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2893/indicacao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2899/indicacao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2903/indicacao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2904/indicacao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2905/indicacao_006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2906/indicacao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2914/indicacao_008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2925/indicacao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2921/indicacao_012-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2924/indicacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2929/indicacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2930/indicacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2931/indicacao_016-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2939/indicacao_017-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2940/indicacao_018-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2942/indicacao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2943/indicacao_020-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2944/indicacao_021-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2945/indicacao_022-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2946/indicacao_023-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2950/indicacao_024-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2959/indicacao_25-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2952/indicacao_026-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2953/indicacao_027-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2956/indicacao_028-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2957/indicacao_029-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2958/indicacao_030-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2960/indicacao_031-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2961/indicacao_032-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2962/indicacao_033-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2967/indicacao_34-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2968/indicacao_035-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2970/indicacao_36-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2973/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2974/indicacao_38-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2977/indicacao_39-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2976/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2986/indicacao_041-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2989/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2990/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2992/indicacao_044-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2993/indicacao_045-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2997/indicacao_047-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2999/indicacao_048-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2995/indicacao_049-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3005/indicacao_050-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3006/indicacao_051-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3008/indicacao_052-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3009/indicacao_053-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3015/indicacao_054-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3016/indicacao_055-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3017/indicacao_056-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3018/indicacao_057-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3019/indicacao_058-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3030/indicacao_059-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3031/indicacao_060-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3032/indicacao_061-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3033/indicacao_062-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3034/indicacao_063-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3065/indicacao_064-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3044/indicacao_065-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3047/indicacao_066-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3050/indicacao_067-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3053/indicacao_068-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3054/indicacao_069-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3055/indicacao_070-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3064/indicacao_071-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3070/indicacao_072-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3071/indicacao_073-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3077/indicacao_074-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3072/indicacao_075-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3073/indicacao_no_076-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3078/indicacao_077-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3080/indicacao_no_078-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3083/indicacao_no_079-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3084/indicacao_no_080-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3088/indicacao_no_081-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3089/indicacao_no_082-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3094/indicacao_no_083-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3097/indicacao_no_084-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3100/indicacao_no_085-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3101/indicacao_no_086-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2926/projeto_decreto_legislativo_001-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2927/projeto_decreto_legislativo_002-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2928/pdl_003_aprovado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2947/projeto_decreto_legislativo_004-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3025/projeto_de_decreto_legislativo_005-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3045/projeto_decreto_legislativo_06-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2890/projeto_de_lei_01-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2894/mensagem_02-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2902/projeto_de_lei_003-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2911/projeto_de_lei_004-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2912/projeto_de_lei_005-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2919/mensagem_003-2022_aprovada.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2920/mensagem_004-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2922/mensagem_05-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2923/mensagem_006-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2932/mensagem_007-2023_nova.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2933/mensagem_008-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2934/mensagem_009-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2935/mensagem_010-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2938/mensagem_011-2023_1_aprovada.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2964/mensagem_012-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2965/mensagem_013-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2966/mensagem_014-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2971/mensagem_015-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2972/mensagem_016-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2980/mensagem_017-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2984/projeto_de_lei_021-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2985/mensagem_018-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2991/projeto_de_lei_023-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2994/mensagem_019-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2998/projeto_de_lei_025-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3002/mensagem_020-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3003/mensagem_021-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3007/mensagem_022-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3013/mensagem_023-2032_aprovada.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3014/mensagem_024-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3021/projeto_de_lei_031-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3022/projeto_de_lei_032-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3023/projeto_de_lei_033-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3024/mensagem_no_025-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3037/mensagem_026-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3039/mensagem_027-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3040/mensagem_028-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3048/projeto_de_lei_038-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3049/mensagem_029-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3051/mensagem_030-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3057/mensagem_no_031-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3058/mensagem_no_032-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3059/mensagem_033-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3060/mensagem_034-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3061/mensagem_035-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3062/mensagem_036-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3063/mensagem_037-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3066/mensagem_no_038-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3067/mensagem_039-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3068/pl_050.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3086/mensagem_no_040-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3087/projeto_de_lei_no_052-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3091/mensagem_no_041-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3092/mensagem_no_042-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3093/projeto_de_lei_no_055-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3098/projeto_de_lei_no_056-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3099/mensagem_no_043-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3079/projeto_de_lei_complementar_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2913/projeto_de_resolucao_001-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2955/projeto_de_resolucao_002-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3026/projeto_de_resolucao_003-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3027/projeto_de_resolucao_004-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3028/projeto_de_resolucao_005-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3029/projeto_de_resolucao_006-2023_aprovada.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3041/projeto_resolucao_007-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3085/projeto_de_resolucao_no_008-2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2895/requerimento_01-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2896/requerimento_02-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2897/requerimento_03-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2898/requerimento_04-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2948/requerimento_005-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2949/requerimento_006-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2969/requerimento_07-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2987/requerimento_008-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3000/requerimento_009-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3035/requerimento_010-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3036/requerimento_011-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3042/requerimento_012-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3046/requerimento_013-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3052/requerimento_014-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3056/requerimento_015-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3069/requerimento_016-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3074/requerimento_no017-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3075/requerimento_no018-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3081/requerimento_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3095/requerimento_020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3096/requerimento_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2907/mocao_de_pesar_02-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2908/mocao_de_pesar_03-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2909/mocao_de_pesar_04-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2910/mocao_de_pesar_05-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2936/mocao_de_pesar_006-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2941/mocao_de_pesar_008-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2954/mocao_de_pesar_009-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2963/mocao_de_pesar_010.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2978/mocao_de_pesar_011-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2979/mocao_de_pesar_012-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2981/mocao_de_pesar_013-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2982/mocao_de_pesar_014-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3010/mocao_de_pesar_015-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3011/mocao_de_pesar_016-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3012/mocao_de_pesar_017-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3020/mocao_de_pesar_018-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2901/mocao_de_congratulacao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/2937/mocao_de_congratulacao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3038/mocao_de_congratulacao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3076/mocao_de_congratulacao_020-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2023/3090/mocao_de_congratulacao_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H203"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>