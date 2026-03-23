--- v0 (2026-02-02)
+++ v1 (2026-03-23)
@@ -54,1153 +54,1153 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rosimar José Lahas</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3115/indicacao_no_001-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3115/indicacao_no_001-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de restabelecer, de forma integral, o atendimento, com veículo da Secretária Municipal de Saúde, aos cidadãos residentes na comunidade de Caramuru, na área rural, deste Município.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Luzinete Leppaus</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3116/indicacao_no_002-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3116/indicacao_no_002-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de aumento número de vagas para atendimento de profissional de Fisioterapia, na Unidade de Saúde Dr. Heliomar Carpanini Gobbo, na sede, deste Município.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Jefinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3118/indicacao_no_004-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3118/indicacao_no_004-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de criação de um Programa de atendimento de Fisioterapia Domiciliar no Município de Santa Leopoldina/ES.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Romi Carlos Facco Muller</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacao_no_005-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacao_no_005-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de adoção de providências no sentido de disponibilizar transporte aos munícipes que necessitam de tal serviço na comunidade de Meia-légua, neste Município.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3123/indicacao_no_006-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3123/indicacao_no_006-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação em REVSOL de trecho próximo à propriedade do senhor Inimar Ponath, na comunidade de Caramuru, neste Município.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3124/indicacao_no_007-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3124/indicacao_no_007-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, que seja realizada a pavimentação em REVSOL de trecho próximo à propriedade do senhor Izaias Hifner, na comunidade de Caramuru, neste Município.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_no_008-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_no_008-2024.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a construção de 1 (um) bueiro na estrada principal sentido Pedra Branca, depois do comércio do Zé Correia.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3134/indicacao_no_009-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3134/indicacao_no_009-2024.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar o cascalhamento do trecho compreendido entre o morro do Pilger até a propriedade do senho Geraldo Manziolli na comunidade de Pedra Branca, na área rural, deste Município.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3129/indicacao_no_010-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3129/indicacao_no_010-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de criação de banco de horas extras para os servidores públicos municipais.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3133/indicacao_no_011-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3133/indicacao_no_011-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de expansão da rede de iluminação pública ao longo do ponto turístico denominado “Caminho das Tropas”, trecho compreendido entre o início da Rodovia Bernardino Monteiro e o Bairro do Cocal, neste Município.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3132/indicacao_no_012-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3132/indicacao_no_012-2024.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, tendo em vista a solicitação dos moradores da comunidade de Santo Antônio, através do canal da OUVIDORIA do Poder Legislativo Municipal, para que seja realizada a pavimentação em REVSOL de trecho próximo a antiga fazenda Bremenkamp, na comunidade de Santo Antônio, zona rural, neste Município.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3136/indicacao_no_013-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3136/indicacao_no_013-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalar guard rails nos trechos mais críticos na ladeira da Bragança, zona rural deste Município.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3142/indicacao_no_014-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3142/indicacao_no_014-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de criação do plano de mobilidade rural neste Município.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3143/indicacao_no_015-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3143/indicacao_no_015-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a instalação de 01 (um) bebedouro na Unidade de Saúde UB ESF Rio das Farinhas.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Dorgival</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3161/016_-_2024_-_indicacao_cascalhamento_.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3161/016_-_2024_-_indicacao_cascalhamento_.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar o cascalhamento na estrada da comunidade do Retiro, especialmente na ladeira entre a casa do senhor Claumir e o local onde é realizado o podcast Quilombo. Além disso, solicita-se a manutenção até o final da ladeira, e também no trecho onde termina o calçamento próximo ao Centro Comunitário da comunidade.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Mazinho, Rosimar José Lahas</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3173/indicacao__017_-_2024_.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3173/indicacao__017_-_2024_.pdf</t>
   </si>
   <si>
     <t>INDICAM AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE FISCALIZAR CUMPRIMENTO DO CONTRATO DA LICITAÇÃO POR CONCORRÊNCIA ELETRÔNICA N° 003/2023, PROCESSO ADMINISTRATIVO N° 001376/2022 A RESPEITO DO ANDAMENTO DA OBRA DE PAVIMENTAÇÃO E ESTACIONAMENTO NA RUA DOS CANOEIROS.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3174/indicacao_18.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3174/indicacao_18.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE ILUMINAÇÃO PÚBLICA NO TRECHO COMPREENDIDO ENTRE A IGREJA EVANGÉLICA QUADRANGULAR ATÉ A MERCEARIA DO SENHOR ÉSIO, NA COMUNIDADE DO RIO DO MEIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3175/indicacao_019-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3175/indicacao_019-2024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE AMPLIAÇÃO DA CARGA HORÁRIA DE FUNCIONAMENTO DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL (CEMEI) SÃO FRANCISCO DE ASSIS, LOCALIZADO NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3176/indicacao_20_.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3176/indicacao_20_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE AUMENTO NÚMERO DE VAGAS PARA ATENDIMENTO DE ASSISTÊNCIA SOCIAL, NA UNIDADE DE SAÚDE DR. HELIOMAR CARPININI GOBBO, NA SEDE, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Jefinho, Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3177/021__-_gratificacao_dos_motoristas_-_jefinho_e_nelson.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3177/021__-_gratificacao_dos_motoristas_-_jefinho_e_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de fazer um estudo para incluir a “gratificação de atividades especiais” prevista para os motoristas da Secretaria de Transportes, e estender a referida gratificação aos motoristas da Secretaria de Saúde (transporte sanitário), Educação (transporte escolar) e Assistência Social (motorista de apoio as atividades sociais), conforme PL 010 – 2024, aprovado na Sessão 2197 de 29/05/2024.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3181/indicacao_no_022.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3181/indicacao_no_022.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar o patrolamento e cascalhamento do trecho compreendido como morro do Cristo (João Cristo) na comunidade de Caioaba, na área rural, deste Município.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3183/indicacao_no_023_.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3183/indicacao_no_023_.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de implementação do Plano de Mobilidade Urbana no Município de Santa Leopoldina, conforme justificativa abaixo alinhada.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Mazinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3185/indicacao_024_-_2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3185/indicacao_024_-_2024.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE: PRÓXIMO A FÁBRICA DE PALMITO (COMUNIDADE DE HOLANDA); ESCOLA MUNICIPAL (COMUNIDADE DE HOLANDA); PRÓXIMO A IGREJA LUTERANA (COMUNIDADE DE HOLANDINHA).</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3187/indicacao_025_-_2024_.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3187/indicacao_025_-_2024_.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de melhoria na ponte localizada na comunidade de Santa Lúcia, no Município de Santa Leopoldina conforme imagens anexas.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3188/indicacao_no_026.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3188/indicacao_no_026.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal de Santa Leopoldina, Sr. Romero Luiz Endringer, a necessidade de disponibilizar máquinas com a finalidade de realizar serviços de patrolamento e cascalhamento nas estradas entre as propriedades dos senhores Antônio (Ninico) e senhora Aparecida (Cidinha) e propriedade do senhor Antônio (Toninho) até a ponte na comunidade de Pedra Branca, na área rural deste Município.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3189/indicacao_no_027.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3189/indicacao_no_027.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, que solicite ao setor competente a realização de um estudo sobre a possibilidade de reestruturação da Secretaria de Agricultura de Santa Leopoldina.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3190/indicacao_no_028.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3190/indicacao_no_028.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de iluminação pública no trecho do calçamento próximo ao estabelecimento do Carlos Constante Pittol, até o final do calçamento próximo a antiga oficina, na comunidade do Chaves zona rural neste município.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3191/indicacao_no_029_-_2024_-_bebedouro_conselho_tutelar_-_luzinete.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3191/indicacao_no_029_-_2024_-_bebedouro_conselho_tutelar_-_luzinete.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de realizar a instalação de 01 (um) bebedouro na Sede do Conselho Tutelar.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de fazer uma revisão nos Direitos previsto no Estatuto do Servidor Público.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_no_031.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_no_031.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de substituir a areia do playground instalado na Praça da Independência por grama sintética própria para playground. A areia atualmente oferece vários transtornos às crianças que utilizam o local, conforme imagens anexas.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Nelson Lichtenheld</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3197/indicacao_no_032.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3197/indicacao_no_032.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Sr. Romero Luiz Endringer, a criação do Programa “Amigo Animal” com o objetivo de promover a castração de cães e gatos no Município de Santa Leopoldina, conforme a minuta do Projeto de Lei anexa.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3200/indicacao_no_033.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3200/indicacao_no_033.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, SR. ROMERO LUIZ ENDRINGER, A NECESSIDADE DE PRESERVAÇÃO E REVITALIZAÇÃO DO CAIS 17 DE ABRIL E DA BICA DOS CANOEIROS NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3204/indicacao_no_034.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3204/indicacao_no_034.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de fazer um estudo para fomentar recursos, como aporte financeiro, para cooperativa de gengibre de Santa Leopoldina.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3217/indicacao_no_037_-_2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3217/indicacao_no_037_-_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de encaminhar Projeto de Lei para incluir a Câmara Municipal no rol de instituições aptas a receber servidores e estagiários, conforme previsto na Lei nº 1.226/2007, para a cessão de servidores do Executivo ao Legislativo Municipal.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3223/indicacao_no_39_-_2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3223/indicacao_no_39_-_2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de criação do Programa Bolsa Atleta, no município de Santa Leopoldina/ES.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Jefinho, Mazinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_no_042-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_no_042-2024.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal, Sr. Romero Luiz Endringer, a necessidade de instalação de iluminação pública no estacionamento da Rua dos Canoeiros, bem como no estacionamento ao lado do espaço da Feira da Agricultura Familiar, na sede deste Município.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3250/indicacao_no_042-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3250/indicacao_no_042-2024.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Presidente da Câmara Municipal, Sr. Nelson Lichtenheld, que encaminhe à próxima Mesa Diretora, gestão 2025/2026, a proposta de nomear a rua localizada ao lado do cemitério municipal como Rua Alcebíades Pinto Barcellos, conforme minuta de Projeto anexa.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Jefinho, Luzinete Leppaus, Nelson Lichtenheld, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3130/projeto_de_decreto_legislativo_no_001-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3130/projeto_de_decreto_legislativo_no_001-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LEOPOLDINENSE.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3131/projeto_de_decreto_legislativo_no_002-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3131/projeto_de_decreto_legislativo_no_002-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Luzinete Leppaus, Jefinho, Mazinho</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3165/decreto_legislativo_003assinado.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3165/decreto_legislativo_003assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA REFERENTE AO EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Romero Luiz Endringer</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3102/mensagem_no_001-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3102/mensagem_no_001-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE PARCERIA ENTRE O MUNICÍPIO DE SANTA LEOPOLDINA E A FEDERAÇÃO DE ASSOCIAÇÕES DE AGRICULTORES FAMILIARES DO MUNICÍPIO DE SANTA LEOPOLDINA – FEAFS, COM TRANSFERÊNCIA DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3107/mensagem_no_002-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3107/mensagem_no_002-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS BÁSICOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DOS SUBSÍDIOS DE QUE TRATA O § 4° DO ART. 39 DA CONSTITUIÇÃO DA REPÚBLICA, NOS TERMOS DO INCISO X DO ART. 37 DA CONSTITUIÇÃO FEDERAL, DE 1988 E DO ART. 100 DA LEI ORGÂNICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3108/mensagem_003-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3108/mensagem_003-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º DA LEI MUNICIPAL Nº 1.452, DE 13 DE AGOSTO DE 2013, QUE DISPÕE SOBRE O AUXÍLIO-ALIMENTAÇÃO, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE SANTA LEOPOLDINA/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3125/mensagem_004_-_2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3125/mensagem_004_-_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS LEIS N°S 675 DE 31 DE JULHO DE 1990 E 1.189 DE 30 DE NOVEMBRO DE 2006, QUE TRATAM DO PLANO DE CLASSIFICAÇÃO DE CARGOS E VENCIMENTOS DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3126/mensagens_005_-_2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3126/mensagens_005_-_2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DA ADMINISTRAÇÃO DIRETA E INDIRETA, GRATIFICAÇÃO DE RESPONSABILIDADE TÉCNICA POR ENVIO DE REMESSAS AO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO TCE-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3127/pl_-_mensagem_no_006_-assinado_1.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3127/pl_-_mensagem_no_006_-assinado_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DO PODER EXECUTIVO MUNICIPAL A ABSORVER OS TRECHOS RODOVIÁRIOS ESTADUAIS URBANOS QUE SÃO DE RESPONSABILIDADE DO DEPARTAMENTO DE EDIFICAÇÕES E DE RODOVIAS DO ESTADO DO ESPIRITO SANTO - DER-ES.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3148/mensagem_e__pl7.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3148/mensagem_e__pl7.pdf</t>
   </si>
   <si>
     <t>ALTERA NOMENCLATURA DO CARGO DE FARMACÊUTICO-BIOQUÍMICO CONSTANTE NA LEI Nº 681/90, QUE TRATA DA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3151/mensagem_pl_9.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3151/mensagem_pl_9.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS LEIS NºS 675/90, 681/90, 737/91, 834/94 E 1079/05, QUE TRATAM DO PLANO DE CLASSIFICAÇÃO DE CARGOS E VENCIMENTOS E DA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3153/mensagem_pl_10.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3153/mensagem_pl_10.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 65 DA LEI Nº 735/91 PARA INSTITUIR A GRATIFICAÇÃO DE ATIVIDADES ESPECIAIS, NO ÂMBITO DO PODER EXECUTIVO DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3147/mensagem_e_pl_11.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3147/mensagem_e_pl_11.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS LEIS N°S 675/90, 681/90, 737/91, 834/94 E 1079/05, QUE TRATAM DO PLANO DE CLASSIFICAÇÃO DE CARGOS E VENCIMENTOS E DA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3149/mensagem_e_pl_12.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3149/mensagem_e_pl_12.pdf</t>
   </si>
   <si>
     <t>INCLUI NO PPA, LEI MUNICIPAL N° 1768/2021 UNIDADE ORÇAMENTÁRIA, PROJETO/ATIVIDADE E ELEMENTOS DE DESPESAS NA COORDENADORIA DE INFRAESTRUTURA VIÁRIA MUNICIPAL.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3152/mensagem_e_pl_13.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3152/mensagem_e_pl_13.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSITIVOS NA LEI MUNICIPAL N° 1.879, DE 24 DE NOVEMBRO DE 2023, QUE ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3154/mensagem_e_pl_14.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3154/mensagem_e_pl_14.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DE 2024.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3155/mensagem_e_pl_15.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3155/mensagem_e_pl_15.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE BENS MUNICIPAIS PARA TERCEIROS, DE ACORDO COM OS ARTS. 79, XXVIII, 108 E 112 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3163/mensagem_016.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3163/mensagem_016.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE BENS MUNICIPAIS PARA TERCEIROS, DE ACORDO COM OS ARTS. 79 XXVIII, 108 E 112 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3164/pl_-_mensagem_no_017_-_readequadaassinado_1.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3164/pl_-_mensagem_no_017_-_readequadaassinado_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DA COORDENADORIA DE CONTROLE E TRANSPARÊNCIA (CCT), ÓRGÃO CENTRAL DO SISTEMA DE CONTROLE INTERNO DO PODER EXECUTIVO, NOS TERMOS DO DISPOSTO NO ART. 60 DA LEI ORGÂNICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3170/pl_18_-_2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3170/pl_18_-_2024.pdf</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3172/pl_019_-_2024_-_disque_silencio_aprovado_.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3172/pl_019_-_2024_-_disque_silencio_aprovado_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DISQUE-SILÊNCIO NO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3178/pl_20_-_2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3178/pl_20_-_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º E REVOGA O ART. 5º DA LEI MUNICIPAL Nº 1565, DE 13 DE OUTUBRO DE 2016 QUE DISPÕE SOBRE A CRIAÇÃO DO APORTE FINANCEIRO PARA EQUACIONAMENTO DO DÉFICIT ATUARIAL DO REGIME PRÓPRIO DE PREVIDÊNCIA DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3179/pl_021_-_2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3179/pl_021_-_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE BENS MUNICIPAIS PARA TERCEIROS, DE ACORDO COM OS ARTS. 79, XXVIII, 108 E 112 DA LEI ORGÃNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3184/pl_022.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3184/pl_022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE QUE O MUNICÍPIO DE SANTA LEOPOLDINA DISPONIBILIZARÁ O CÓDIGO DE BARRAS BIDIMENSIONAL QUICK RESPONSE (QR CODE) NAS PLACAS DE OBRAS PÚBLICAS EXECUTADAS POR SUA ADMINISTRAÇÃO DIRETA E ADMINISTRAÇÃO INDIRETA OU POR EMPRESAS TERCEIRIZADAS.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3193/mensagem_no_022-2024_0001.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3193/mensagem_no_022-2024_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SANTA LEOPOLDINA A REALIZAR CESSÃO DE USO DE BENS PÚBLICOS MUNICIPAIS À COMPANHIA ESPÍRITO SANTENSE DE SANEAMENTO – CESAN PARA IMPLEMENTAR E OPERAR OS SISTEMAS DE ABASTECIMENTO DE ÁGUA E ESGOTAMENTO SANITÁRIO NA LOCALIDADE DE BARRA DE MANGARAÍ, ZONA DE EXPANSÃO URBANA, DO MUNICÍPIO DE SANTA LEOPOLDINA/ES</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3194/mensagem_21________pl_025_-_2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3194/mensagem_21________pl_025_-_2024.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL Nº 13.460, DE 26 DE JUNHO DE 2017, INSTITUI O CONSELHO MUNICIPAL DOS USUÁRIOS DE SERVIÇOS PÚBLICOS (COMUSP), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3198/projeto_de_lei_no_26_de_2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3198/projeto_de_lei_no_26_de_2024.pdf</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3236/pl_040-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3236/pl_040-2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA PREFEITO HELMAR POTRATZ.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3237/pl_no_041_-_2024..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3237/pl_no_041_-_2024..pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.862, DE 28 DE AGOSTO DE 2023, QUE TRATA DO PLANO DE CARGOS, CARREIRA E VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3244/pl_047-2024..pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3244/pl_047-2024..pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA PREFEITO INIMAH PONCHE</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3128/projeto_de_lei_complementar_no_001-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3128/projeto_de_lei_complementar_no_001-2024.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA INCISOS VII E VIII AO ART. 7° DA LEI COMPLEMENTAR N° 1.223, DE 08 DE OUTUBRO DE 2007.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3156/pr_001-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3156/pr_001-2024.pdf</t>
   </si>
   <si>
     <t>FIXA OS VALORES DE DIÁRIAS PARA SERVIDORES DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3158/projeto_de_resolucao_002-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3158/projeto_de_resolucao_002-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL DE SANTA LEOPOLDINA A TRANSFERIR BENS AO PATRIMÔNIO DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3180/pr_0003.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3180/pr_0003.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 81 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3182/projeto_de_resolucao_no_004-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3182/projeto_de_resolucao_no_004-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA PARLAMENTO JOVEM NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE SANTA LEOPOLDINA.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3213/projeto_de_resolucao_no_005-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3213/projeto_de_resolucao_no_005-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ARTIGO 37 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_resocao_0062024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_resocao_0062024.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE FIXAÇÃO DAS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCÍCIO DO ANO 2025.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>ACRESCENTA ELEMENTO DE DESPESA A RESOLUÇÃO Nº. 004, DE 29 DE AGOSTO DE 2024, QUE DISPÕE SOBRE A PROPOSTA DE FIXAÇÃO DAS DESPESAS DA CÂMARA MUNICIPAL DE SANTA LEOPOLDINA PARA O EXERCÍCIO DO ANO 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3225/projeto_de_resolucao_no_11-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3225/projeto_de_resolucao_no_11-2024.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ELEMENTO DE DESPESA A RESOLUÇÃO Nº. 008, DE 26 DE AGOSTO DE 2021, QUE DISPÕE SOBRE A PROPOSTA PARA ELABORAÇÃO DO PLANO PLURIANUAL DE INVESTIMENTOS REFERENTE AO PODER LEGISLATIVO MUNICIPAL 2022 A 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3111/requerimento_no_001-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3111/requerimento_no_001-2024.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER QUE SEJA CONVOCADO A SECRETÁRIA MUNICIPAL DE SAÚDE, SENHORA SIGRID STUHR, PARA COMPARECER NO PLENÁRIO DESTA CÂMARA MUNICIPAL, NA SESSÃO ORDINÁRIA DO DIA 28 DE FEVEREIRO DE 2024, ÀS 17H00MIN, A FIM DE PRESTAR ESCLARECIMENTOS ACERCA DOS SEGUINTES ASSUNTOS: AÇÕES PROMOVIDAS PELA SECRETARIA NA ATUAL ADMINISTRAÇÃO, A PARTIR DE JANEIRO DE 2023, BEM COMO METAS PARA O PRÓXIMO ANO, E OUTROS ASSUNTOS CORRELATOS; AÇÕES DESENVOLVIDAS NO COMBATE AO MOSQUITO AEDES AEGYPTI; CONTRATOS ADMINISTRATIVOS RELACIONADOS À SECRETARIA (EXECUÇÃO E FISCALIZAÇÃO).</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>Jefinho, Luzinete Leppaus, Mazinho, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3120/requerimento_no_002-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3120/requerimento_no_002-2024.pdf</t>
   </si>
   <si>
     <t>vem REQUERER a expedição de ofício ao Secretário de Estado da Agricultura, Abastecimento, Aquicultura e Pesca, senhor Enio Bergoli da Costa, solicitando providências no sentido de realizar serviços de reparo e restauração de todo o trecho da Rodovia Caminhos do Campo da comunidade de Mangaraí.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3140/requerimento_no_003-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3140/requerimento_no_003-2024.pdf</t>
   </si>
   <si>
     <t>REQUERER, seja convocado o Secretário de Ação Social, Sr. José Ronildo Silveira, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 24 de abril de 2024, às 17 horas.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3141/requerimento_no_004-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3141/requerimento_no_004-2024.pdf</t>
   </si>
   <si>
     <t>REQUERER, seja convocado o Coordenador da Defesa Civil de Santa Leopoldina/ES, Senhor Wagner Ponciano Correa, para comparecer no Plenário desta Câmara Municipal, na sessão ordinária do dia 08 de maio de 2024, às 17 horas.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
     <t>Jefinho, Dorgival, Luzinete Leppaus, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago, Valdemiro Barth</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3222/requerimento_no_007.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3222/requerimento_no_007.pdf</t>
   </si>
   <si>
     <t>REQUER A EXPEDIÇÃO DE OFÍCIO AO DIRETOR GERAL DO DEPARTAMENTO DE ESTRADAS E RODAGEM (DER-ES), SENHOR JOSÉ EUSTÁQUIO DE FREITAS, SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE REALIZAR RECUPERAÇÃO ASFÁLTICA DO TRECHO DA RODOVIA ES 080, LOCALIZADO PRÓXIMO AO ESTABELECIMENTO CANTINHO DA ROÇA, NO TRECHO QUE LIGA O MUNICÍPIO DE SANTA LEOPOLDINA A CARIACICA, CONFORME COORDENADAS GEOGRÁFICAS E IMAGENS ANEXAS.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3247/requerimento_no_008.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3247/requerimento_no_008.pdf</t>
   </si>
   <si>
     <t>REQUERER a expedição de ofício ao Diretor Geral do Departamento de Estradas e Rodagem (DER-ES), senhor José Eustáquio de Freitas, solicitando a realização de serviços de roçagem e limpeza nas margens da Rodovia ES 080, trecho que liga o Município de Santa Leopoldina até a divisa com Santa Teresa, conforme coordenadas geográficas e imagens anexas.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3248/requerimento_no_009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3248/requerimento_no_009.pdf</t>
   </si>
   <si>
     <t>REQUERER a expedição de ofício ao Diretor Geral do Departamento de Estradas e Rodagem (DER-ES), senhor José Eustáquio de Freitas, solicitando a realização de serviços de roçagem e limpeza nas margens da Rodovia ES 080, trecho compreendido entre o Canaã Campestre Clube até a ponte (popularmente conhecida como Ponte Nazaré), conforme coordenadas geográficas e imagem anexa.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>MoP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>Dorgival, Jefinho, Luzinete Leppaus, Mazinho, Nelson Lichtenheld, Romi Carlos Facco Muller, Rosimar José Lahas, Sérgio Angeli Lago</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3112/mocao_de_pesar_no_002-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3112/mocao_de_pesar_no_002-2024.pdf</t>
   </si>
   <si>
     <t>vêm de conformidade com fundamento no artigo 170, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. ADÉLIA LÚCIA FOEGER BARTH, ocorrido no dia 12 de fevereiro de 2024.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3113/mocao_de_pesar_no_003-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3113/mocao_de_pesar_no_003-2024.pdf</t>
   </si>
   <si>
     <t>vêm de conformidade com fundamento no artigo 170, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento da Srª. BRUNA PAGUNG RECHINELLI, ocorrido no dia 30 de janeiro de 2024.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3114/mocao_de_pesar_004.docx</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3114/mocao_de_pesar_004.docx</t>
   </si>
   <si>
     <t>vêm de conformidade com fundamento no artigo 170, do Regimento Interno da Câmara Municipal de Santa Leopoldina/ES, apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. AUGUSTO ABRAHÃO LAURETT, ocorrido no dia 19 de fevereiro de 2024.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3137/mocao_de_pesar_no_005-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3137/mocao_de_pesar_no_005-2024.pdf</t>
   </si>
   <si>
     <t>Apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LUCIANO DA SILVA PATRÍCIO , ocorrido no dia 02 de abril de 2024.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>Apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ANDRE LUIZ COUTINHO MONJARDIM, ocorrido no dia 05 de abril de 2024.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3139/mocao_de_pesar_no_007-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3139/mocao_de_pesar_no_007-2024.pdf</t>
   </si>
   <si>
     <t>Apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. HELMAR POTRATZ, ocorrido no dia 09 de abril de 2024.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3171/mocao_de_pesar_008.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3171/mocao_de_pesar_008.pdf</t>
   </si>
   <si>
     <t>Apresentar MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. ADRIANO ALVARENGA, ocorrido no dia 14 de maio de 2024.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, a enlutada família, pelo falecimento do Sr. LUCIANO LICHTENHELD, ocorrido no dia 31 de outubro de 2024.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>MoC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3109/mocao_de_congratulacao_no_001-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3109/mocao_de_congratulacao_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Manifestam suas CONGRATULAÇÕES, ao Pastor Arnaldo Candeias, Presidente da Convenção das Assembleias de Deus no ES (CADEESO), pelos relevantes serviços prestados ao reino de Deus e ao Município de Santa Leopoldina.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3122/mocao_de_congratulacao_no_002-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3122/mocao_de_congratulacao_no_002-2024.pdf</t>
   </si>
   <si>
     <t>Manifestam suas CONGRATULAÇÕES, ao Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3144/mocao_008.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3144/mocao_008.pdf</t>
   </si>
   <si>
     <t>Manifestam suas CONGRATULAÇÕES a Banda Alma Di Vaneira pelo lançamento do seu primeiro videoclipe.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3212/mocao_009.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3212/mocao_009.pdf</t>
   </si>
   <si>
     <t>com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifestam suas CONGRATULAÇÕES à Doutora NAYARA CLAUDIA RAMOS FELIPE, pelos relevantes serviços prestados à saúde pública e pelo destacado percurso acadêmico e profissional.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao_011.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao_011.pdf</t>
   </si>
   <si>
     <t>Com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifestam suas CONGRATULAÇÕES, aos notáveis feitos dos alunos e profissionais da EMEF Milton Corteletti, que, com dedicação, empenho e talento, se destacaram em competições acadêmicas e educacionais. Essas conquistas elevam o nome da instituição e demonstram o verdadeiro valor da educação e da perseverança.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3246/mocao_012.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3246/mocao_012.pdf</t>
   </si>
   <si>
     <t>com fundamento no artigo 170 do Regimento Interno desta Casa de Leis, manifestam publicamente suas CONGRATULAÇÕES à Professora Tatiana Souto Wolkart de Sousa, pela conquista do título de Melhor Professora Alfabetizadora do Município de Santa Leopoldina e Prêmio Professora Alfabetizadora da SRE de Cariacica, reconhecendo seu empenho, dedicação e compromisso com a educação de qualidade.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3110/manifestacao_juridica_no_01-2024.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3110/manifestacao_juridica_no_01-2024.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI N° 056/2023._x000D_
 EMENTA: GARANTE AOS ESTUDANTES COM TRANSTORNO DO ESPECTRO AUTISTA – TEA O DIREITO AO ACOMPANHAMENTO ESPECIALIZADO POR EQUIPE MULTIDISCIPLINAR NAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE SANTA LEOPOLDINA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI COMPLEMENTAR N° 001/2023</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer Prévio</t>
   </si>
   <si>
-    <t>https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3215/parecer_previo_0086_-_2024_.pdf</t>
+    <t>http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3215/parecer_previo_0086_-_2024_.pdf</t>
   </si>
   <si>
     <t>OFÍCIO 3952/2024-6 E DO PARECER PRÉVIO 00086/2024-5 – 1ª CÂMARA (CONTAS ROMERO 2022)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1507,67 +1507,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3115/indicacao_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3116/indicacao_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3118/indicacao_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacao_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3123/indicacao_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3124/indicacao_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3134/indicacao_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3129/indicacao_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3133/indicacao_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3132/indicacao_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3136/indicacao_no_013-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3142/indicacao_no_014-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3143/indicacao_no_015-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3161/016_-_2024_-_indicacao_cascalhamento_.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3173/indicacao__017_-_2024_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3174/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3175/indicacao_019-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3176/indicacao_20_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3177/021__-_gratificacao_dos_motoristas_-_jefinho_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3181/indicacao_no_022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3183/indicacao_no_023_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3185/indicacao_024_-_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3187/indicacao_025_-_2024_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3188/indicacao_no_026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3189/indicacao_no_027.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3190/indicacao_no_028.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3191/indicacao_no_029_-_2024_-_bebedouro_conselho_tutelar_-_luzinete.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_no_031.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3197/indicacao_no_032.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3200/indicacao_no_033.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3204/indicacao_no_034.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3217/indicacao_no_037_-_2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3223/indicacao_no_39_-_2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_no_042-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3250/indicacao_no_042-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3130/projeto_de_decreto_legislativo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3131/projeto_de_decreto_legislativo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3165/decreto_legislativo_003assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3102/mensagem_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3107/mensagem_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3108/mensagem_003-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3125/mensagem_004_-_2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3126/mensagens_005_-_2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3127/pl_-_mensagem_no_006_-assinado_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3148/mensagem_e__pl7.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3151/mensagem_pl_9.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3153/mensagem_pl_10.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3147/mensagem_e_pl_11.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3149/mensagem_e_pl_12.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3152/mensagem_e_pl_13.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3154/mensagem_e_pl_14.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3155/mensagem_e_pl_15.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3163/mensagem_016.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3164/pl_-_mensagem_no_017_-_readequadaassinado_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3170/pl_18_-_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3172/pl_019_-_2024_-_disque_silencio_aprovado_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3178/pl_20_-_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3179/pl_021_-_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3184/pl_022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3193/mensagem_no_022-2024_0001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3194/mensagem_21________pl_025_-_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3198/projeto_de_lei_no_26_de_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3236/pl_040-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3237/pl_no_041_-_2024..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3244/pl_047-2024..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3128/projeto_de_lei_complementar_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3156/pr_001-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3158/projeto_de_resolucao_002-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3180/pr_0003.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3182/projeto_de_resolucao_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3213/projeto_de_resolucao_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_resocao_0062024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3225/projeto_de_resolucao_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3111/requerimento_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3120/requerimento_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3140/requerimento_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3141/requerimento_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3222/requerimento_no_007.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3247/requerimento_no_008.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3248/requerimento_no_009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3112/mocao_de_pesar_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3113/mocao_de_pesar_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3114/mocao_de_pesar_004.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3137/mocao_de_pesar_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3139/mocao_de_pesar_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3171/mocao_de_pesar_008.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3109/mocao_de_congratulacao_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3122/mocao_de_congratulacao_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3144/mocao_008.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3212/mocao_009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao_011.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3246/mocao_012.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3110/manifestacao_juridica_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3215/parecer_previo_0086_-_2024_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3115/indicacao_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3116/indicacao_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3118/indicacao_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacao_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3123/indicacao_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3124/indicacao_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3134/indicacao_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3129/indicacao_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3133/indicacao_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3132/indicacao_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3136/indicacao_no_013-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3142/indicacao_no_014-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3143/indicacao_no_015-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3161/016_-_2024_-_indicacao_cascalhamento_.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3173/indicacao__017_-_2024_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3174/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3175/indicacao_019-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3176/indicacao_20_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3177/021__-_gratificacao_dos_motoristas_-_jefinho_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3181/indicacao_no_022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3183/indicacao_no_023_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3185/indicacao_024_-_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3187/indicacao_025_-_2024_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3188/indicacao_no_026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3189/indicacao_no_027.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3190/indicacao_no_028.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3191/indicacao_no_029_-_2024_-_bebedouro_conselho_tutelar_-_luzinete.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_no_031.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3197/indicacao_no_032.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3200/indicacao_no_033.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3204/indicacao_no_034.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3217/indicacao_no_037_-_2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3223/indicacao_no_39_-_2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_no_042-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3250/indicacao_no_042-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3130/projeto_de_decreto_legislativo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3131/projeto_de_decreto_legislativo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3165/decreto_legislativo_003assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3102/mensagem_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3107/mensagem_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3108/mensagem_003-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3125/mensagem_004_-_2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3126/mensagens_005_-_2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3127/pl_-_mensagem_no_006_-assinado_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3148/mensagem_e__pl7.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3151/mensagem_pl_9.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3153/mensagem_pl_10.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3147/mensagem_e_pl_11.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3149/mensagem_e_pl_12.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3152/mensagem_e_pl_13.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3154/mensagem_e_pl_14.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3155/mensagem_e_pl_15.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3163/mensagem_016.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3164/pl_-_mensagem_no_017_-_readequadaassinado_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3170/pl_18_-_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3172/pl_019_-_2024_-_disque_silencio_aprovado_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3178/pl_20_-_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3179/pl_021_-_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3184/pl_022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3193/mensagem_no_022-2024_0001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3194/mensagem_21________pl_025_-_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3198/projeto_de_lei_no_26_de_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3236/pl_040-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3237/pl_no_041_-_2024..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3244/pl_047-2024..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3128/projeto_de_lei_complementar_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3156/pr_001-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3158/projeto_de_resolucao_002-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3180/pr_0003.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3182/projeto_de_resolucao_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3213/projeto_de_resolucao_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3205/projeto_de_resocao_0062024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3225/projeto_de_resolucao_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3111/requerimento_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3120/requerimento_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3140/requerimento_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3141/requerimento_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3222/requerimento_no_007.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3247/requerimento_no_008.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3248/requerimento_no_009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3112/mocao_de_pesar_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3113/mocao_de_pesar_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3114/mocao_de_pesar_004.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3137/mocao_de_pesar_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3139/mocao_de_pesar_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3171/mocao_de_pesar_008.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3109/mocao_de_congratulacao_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3122/mocao_de_congratulacao_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3144/mocao_008.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3212/mocao_009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao_011.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3246/mocao_012.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3110/manifestacao_juridica_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santaleopoldina.es.leg.br/media/sapl/public/materialegislativa/2024/3215/parecer_previo_0086_-_2024_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>